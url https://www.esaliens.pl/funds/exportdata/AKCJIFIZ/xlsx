--- v0 (2025-10-09)
+++ v1 (2025-11-06)
@@ -4,2108 +4,2117 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESA Akcji Skoncentrowany FIZ" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="688">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="691" uniqueCount="691">
   <si>
     <t>ESA Akcji Skoncentrowany FIZ</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>1668.58</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>1639.65</t>
   </si>
   <si>
-    <t>2</t>
+    <t>3</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>1599.43</t>
   </si>
   <si>
-    <t>3</t>
+    <t>4</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>1590.16</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>1533.79</t>
   </si>
   <si>
-    <t>5</t>
+    <t>6</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>1520.34</t>
   </si>
   <si>
-    <t>6</t>
+    <t>7</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>1528.82</t>
   </si>
   <si>
-    <t>7</t>
+    <t>8</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>1452.87</t>
   </si>
   <si>
-    <t>8</t>
+    <t>9</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>1485.00</t>
   </si>
   <si>
-    <t>9</t>
+    <t>10</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>1440.86</t>
   </si>
   <si>
-    <t>10</t>
+    <t>11</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>1353.73</t>
   </si>
   <si>
-    <t>11</t>
+    <t>12</t>
   </si>
   <si>
     <t>2024-12-31</t>
   </si>
   <si>
     <t>1310.05</t>
   </si>
   <si>
-    <t>12</t>
+    <t>13</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>1302.86</t>
   </si>
   <si>
-    <t>13</t>
+    <t>14</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>1320.01</t>
   </si>
   <si>
-    <t>14</t>
+    <t>15</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>1275.38</t>
   </si>
   <si>
-    <t>15</t>
+    <t>16</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
     <t>1349.58</t>
   </si>
   <si>
-    <t>16</t>
+    <t>17</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>1404.01</t>
   </si>
   <si>
-    <t>17</t>
+    <t>18</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>1415.00</t>
   </si>
   <si>
-    <t>18</t>
+    <t>19</t>
   </si>
   <si>
     <t>2024-06-30</t>
   </si>
   <si>
     <t>1480.99</t>
   </si>
   <si>
-    <t>19</t>
+    <t>20</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>1468.34</t>
   </si>
   <si>
-    <t>20</t>
+    <t>21</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
     <t>1423.76</t>
   </si>
   <si>
-    <t>21</t>
+    <t>22</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
     <t>1313.22</t>
   </si>
   <si>
-    <t>22</t>
+    <t>23</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
     <t>1243.77</t>
   </si>
   <si>
-    <t>23</t>
+    <t>24</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>1292.16</t>
   </si>
   <si>
-    <t>24</t>
+    <t>25</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>1318.75</t>
   </si>
   <si>
-    <t>25</t>
+    <t>26</t>
   </si>
   <si>
     <t>2023-12-31</t>
   </si>
   <si>
     <t>1337.82</t>
   </si>
   <si>
-    <t>26</t>
+    <t>27</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>1343.87</t>
   </si>
   <si>
-    <t>27</t>
+    <t>28</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>1323.29</t>
   </si>
   <si>
-    <t>28</t>
+    <t>29</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>1331.02</t>
   </si>
   <si>
-    <t>29</t>
+    <t>30</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>1394.04</t>
   </si>
   <si>
-    <t>30</t>
+    <t>31</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>1500.53</t>
   </si>
   <si>
-    <t>31</t>
+    <t>32</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>1497.13</t>
   </si>
   <si>
-    <t>32</t>
+    <t>33</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>1506.32</t>
   </si>
   <si>
-    <t>33</t>
+    <t>34</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>1491.09</t>
   </si>
   <si>
-    <t>34</t>
+    <t>35</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>1410.40</t>
   </si>
   <si>
-    <t>35</t>
+    <t>36</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>1402.11</t>
   </si>
   <si>
-    <t>36</t>
+    <t>37</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>1327.49</t>
   </si>
   <si>
-    <t>37</t>
+    <t>38</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>1396.86</t>
   </si>
   <si>
-    <t>38</t>
+    <t>39</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>1384.98</t>
   </si>
   <si>
-    <t>39</t>
+    <t>40</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>1305.13</t>
   </si>
   <si>
-    <t>40</t>
+    <t>41</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>1267.92</t>
   </si>
   <si>
-    <t>41</t>
+    <t>42</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
     <t>1257.55</t>
   </si>
   <si>
-    <t>42</t>
+    <t>43</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>1188.04</t>
   </si>
   <si>
-    <t>43</t>
+    <t>44</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>1202.68</t>
   </si>
   <si>
-    <t>44</t>
+    <t>45</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>1277.80</t>
   </si>
   <si>
-    <t>45</t>
+    <t>46</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>1147.45</t>
   </si>
   <si>
-    <t>46</t>
+    <t>47</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>1105.85</t>
   </si>
   <si>
-    <t>47</t>
+    <t>48</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
     <t>1112.52</t>
   </si>
   <si>
-    <t>48</t>
+    <t>49</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
     <t>1225.10</t>
   </si>
   <si>
-    <t>49</t>
+    <t>50</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>1260.98</t>
   </si>
   <si>
-    <t>50</t>
+    <t>51</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>1365.49</t>
   </si>
   <si>
-    <t>51</t>
+    <t>52</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>1329.89</t>
   </si>
   <si>
-    <t>52</t>
+    <t>53</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
     <t>1417.03</t>
   </si>
   <si>
-    <t>53</t>
+    <t>54</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>1535.77</t>
   </si>
   <si>
-    <t>54</t>
+    <t>55</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>1511.25</t>
   </si>
   <si>
-    <t>55</t>
+    <t>56</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
     <t>1567.22</t>
   </si>
   <si>
-    <t>56</t>
+    <t>57</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>1631.18</t>
   </si>
   <si>
-    <t>57</t>
+    <t>58</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
     <t>1614.97</t>
   </si>
   <si>
-    <t>58</t>
+    <t>59</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>1543.31</t>
   </si>
   <si>
-    <t>59</t>
+    <t>60</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>1593.08</t>
   </si>
   <si>
-    <t>60</t>
+    <t>61</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>1556.31</t>
   </si>
   <si>
-    <t>61</t>
+    <t>62</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>1481.97</t>
   </si>
   <si>
-    <t>62</t>
+    <t>63</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>1504.58</t>
   </si>
   <si>
-    <t>63</t>
+    <t>64</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
     <t>1500.97</t>
   </si>
   <si>
-    <t>64</t>
+    <t>65</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>1417.64</t>
   </si>
   <si>
-    <t>65</t>
+    <t>66</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>1311.13</t>
   </si>
   <si>
-    <t>66</t>
+    <t>67</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>1315.47</t>
   </si>
   <si>
-    <t>67</t>
+    <t>68</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
     <t>1316.82</t>
   </si>
   <si>
-    <t>68</t>
+    <t>69</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>1217.19</t>
   </si>
   <si>
-    <t>69</t>
+    <t>70</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>1097.93</t>
   </si>
   <si>
-    <t>70</t>
+    <t>71</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>1156.54</t>
   </si>
   <si>
-    <t>71</t>
+    <t>72</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>1186.59</t>
   </si>
   <si>
-    <t>72</t>
+    <t>73</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
     <t>1206.88</t>
   </si>
   <si>
-    <t>73</t>
+    <t>74</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>1192.26</t>
   </si>
   <si>
-    <t>74</t>
+    <t>75</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>1239.36</t>
   </si>
   <si>
-    <t>75</t>
+    <t>76</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>1149.78</t>
   </si>
   <si>
-    <t>76</t>
+    <t>77</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>1144.98</t>
   </si>
   <si>
-    <t>77</t>
+    <t>78</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>978.04</t>
   </si>
   <si>
-    <t>78</t>
+    <t>79</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>1288.22</t>
   </si>
   <si>
-    <t>79</t>
+    <t>80</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
     <t>1264.87</t>
   </si>
   <si>
-    <t>80</t>
+    <t>81</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>1106.50</t>
   </si>
   <si>
-    <t>81</t>
+    <t>82</t>
   </si>
   <si>
     <t>2019-11-27</t>
   </si>
   <si>
     <t>1109.15</t>
   </si>
   <si>
-    <t>82</t>
+    <t>83</t>
   </si>
   <si>
     <t>2019-10-30</t>
   </si>
   <si>
     <t>1055.36</t>
   </si>
   <si>
-    <t>83</t>
+    <t>84</t>
   </si>
   <si>
     <t>2019-09-25</t>
   </si>
   <si>
     <t>1073.48</t>
   </si>
   <si>
-    <t>84</t>
+    <t>85</t>
   </si>
   <si>
     <t>2019-08-28</t>
   </si>
   <si>
     <t>1054.58</t>
   </si>
   <si>
-    <t>85</t>
+    <t>86</t>
   </si>
   <si>
     <t>2019-07-31</t>
   </si>
   <si>
     <t>1099.96</t>
   </si>
   <si>
-    <t>86</t>
+    <t>87</t>
   </si>
   <si>
     <t>2019-06-30</t>
   </si>
   <si>
     <t>1102.92</t>
   </si>
   <si>
-    <t>87</t>
+    <t>88</t>
   </si>
   <si>
     <t>2019-06-26</t>
   </si>
   <si>
     <t>1078.75</t>
   </si>
   <si>
-    <t>88</t>
+    <t>89</t>
   </si>
   <si>
     <t>2019-05-29</t>
   </si>
   <si>
     <t>1081.44</t>
   </si>
   <si>
-    <t>89</t>
+    <t>90</t>
   </si>
   <si>
     <t>2019-04-24</t>
   </si>
   <si>
     <t>1073.12</t>
   </si>
   <si>
-    <t>90</t>
+    <t>91</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
     <t>1032.75</t>
   </si>
   <si>
-    <t>91</t>
+    <t>92</t>
   </si>
   <si>
     <t>2019-02-27</t>
   </si>
   <si>
     <t>999.12</t>
   </si>
   <si>
-    <t>92</t>
+    <t>93</t>
   </si>
   <si>
     <t>2019-01-30</t>
   </si>
   <si>
     <t>1035.00</t>
   </si>
   <si>
-    <t>93</t>
+    <t>94</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
     <t>982.09</t>
   </si>
   <si>
-    <t>94</t>
+    <t>95</t>
   </si>
   <si>
     <t>2018-12-27</t>
   </si>
   <si>
     <t>976.51</t>
   </si>
   <si>
-    <t>95</t>
+    <t>96</t>
   </si>
   <si>
     <t>2018-11-28</t>
   </si>
   <si>
     <t>993.18</t>
   </si>
   <si>
-    <t>96</t>
+    <t>97</t>
   </si>
   <si>
     <t>2018-10-31</t>
   </si>
   <si>
     <t>1032.07</t>
   </si>
   <si>
-    <t>97</t>
+    <t>98</t>
   </si>
   <si>
     <t>2018-09-26</t>
   </si>
   <si>
     <t>1062.12</t>
   </si>
   <si>
-    <t>98</t>
+    <t>99</t>
   </si>
   <si>
     <t>2018-08-29</t>
   </si>
   <si>
     <t>1114.86</t>
   </si>
   <si>
-    <t>99</t>
+    <t>100</t>
   </si>
   <si>
     <t>2018-07-25</t>
   </si>
   <si>
     <t>1193.73</t>
   </si>
   <si>
-    <t>100</t>
+    <t>101</t>
   </si>
   <si>
     <t>2018-06-30</t>
   </si>
   <si>
     <t>1198.46</t>
   </si>
   <si>
-    <t>101</t>
+    <t>102</t>
   </si>
   <si>
     <t>2018-06-27</t>
   </si>
   <si>
     <t>1172.59</t>
   </si>
   <si>
-    <t>102</t>
+    <t>103</t>
   </si>
   <si>
     <t>2018-05-30</t>
   </si>
   <si>
     <t>1177.92</t>
   </si>
   <si>
-    <t>103</t>
+    <t>104</t>
   </si>
   <si>
     <t>2018-04-25</t>
   </si>
   <si>
     <t>1186.78</t>
   </si>
   <si>
-    <t>104</t>
+    <t>105</t>
   </si>
   <si>
     <t>2018-03-28</t>
   </si>
   <si>
     <t>1144.12</t>
   </si>
   <si>
-    <t>105</t>
+    <t>106</t>
   </si>
   <si>
     <t>2018-02-28</t>
   </si>
   <si>
     <t>1193.84</t>
   </si>
   <si>
-    <t>106</t>
+    <t>107</t>
   </si>
   <si>
     <t>2018-01-31</t>
   </si>
   <si>
     <t>1288.82</t>
   </si>
   <si>
-    <t>107</t>
+    <t>108</t>
   </si>
   <si>
     <t>2017-12-31</t>
   </si>
   <si>
     <t>1324.39</t>
   </si>
   <si>
-    <t>108</t>
+    <t>109</t>
   </si>
   <si>
     <t>2017-12-27</t>
   </si>
   <si>
     <t>1313.84</t>
   </si>
   <si>
-    <t>109</t>
+    <t>110</t>
   </si>
   <si>
     <t>2017-11-29</t>
   </si>
   <si>
     <t>1338.88</t>
   </si>
   <si>
-    <t>110</t>
+    <t>111</t>
   </si>
   <si>
     <t>2017-10-25</t>
   </si>
   <si>
     <t>1357.58</t>
   </si>
   <si>
-    <t>111</t>
+    <t>112</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>1372.38</t>
   </si>
   <si>
-    <t>112</t>
+    <t>113</t>
   </si>
   <si>
     <t>2017-08-30</t>
   </si>
   <si>
     <t>1433.02</t>
   </si>
   <si>
-    <t>113</t>
+    <t>114</t>
   </si>
   <si>
     <t>2017-07-26</t>
   </si>
   <si>
     <t>1471.86</t>
   </si>
   <si>
-    <t>114</t>
+    <t>115</t>
   </si>
   <si>
     <t>2017-06-30</t>
   </si>
   <si>
     <t>1467.02</t>
   </si>
   <si>
-    <t>115</t>
+    <t>116</t>
   </si>
   <si>
     <t>2017-06-28</t>
   </si>
   <si>
     <t>1466.24</t>
   </si>
   <si>
-    <t>116</t>
+    <t>117</t>
   </si>
   <si>
     <t>2017-05-31</t>
   </si>
   <si>
     <t>1455.81</t>
   </si>
   <si>
-    <t>117</t>
+    <t>118</t>
   </si>
   <si>
     <t>2017-04-26</t>
   </si>
   <si>
     <t>1445.61</t>
   </si>
   <si>
-    <t>118</t>
+    <t>119</t>
   </si>
   <si>
     <t>2017-03-29</t>
   </si>
   <si>
     <t>1437.30</t>
   </si>
   <si>
-    <t>119</t>
+    <t>120</t>
   </si>
   <si>
     <t>2017-02-22</t>
   </si>
   <si>
     <t>1438.38</t>
   </si>
   <si>
-    <t>120</t>
+    <t>121</t>
   </si>
   <si>
     <t>2017-01-25</t>
   </si>
   <si>
     <t>1357.41</t>
   </si>
   <si>
-    <t>121</t>
+    <t>122</t>
   </si>
   <si>
     <t>2016-12-31</t>
   </si>
   <si>
     <t>1312.58</t>
   </si>
   <si>
-    <t>122</t>
+    <t>123</t>
   </si>
   <si>
     <t>2016-12-28</t>
   </si>
   <si>
     <t>1293.48</t>
   </si>
   <si>
-    <t>123</t>
+    <t>124</t>
   </si>
   <si>
     <t>2016-11-30</t>
   </si>
   <si>
     <t>1323.87</t>
   </si>
   <si>
-    <t>124</t>
+    <t>125</t>
   </si>
   <si>
     <t>2016-10-26</t>
   </si>
   <si>
     <t>1331.58</t>
   </si>
   <si>
-    <t>125</t>
+    <t>126</t>
   </si>
   <si>
     <t>2016-09-28</t>
   </si>
   <si>
     <t>1297.64</t>
   </si>
   <si>
-    <t>126</t>
+    <t>127</t>
   </si>
   <si>
     <t>2016-08-31</t>
   </si>
   <si>
     <t>1354.99</t>
   </si>
   <si>
-    <t>127</t>
+    <t>128</t>
   </si>
   <si>
     <t>2016-07-27</t>
   </si>
   <si>
     <t>1349.74</t>
   </si>
   <si>
-    <t>128</t>
+    <t>129</t>
   </si>
   <si>
     <t>2016-06-30</t>
   </si>
   <si>
     <t>1335.81</t>
   </si>
   <si>
-    <t>129</t>
+    <t>130</t>
   </si>
   <si>
     <t>2016-06-29</t>
   </si>
   <si>
     <t>1317.18</t>
   </si>
   <si>
-    <t>130</t>
+    <t>131</t>
   </si>
   <si>
     <t>2016-05-25</t>
   </si>
   <si>
     <t>1279.86</t>
   </si>
   <si>
-    <t>131</t>
+    <t>132</t>
   </si>
   <si>
     <t>2016-04-27</t>
   </si>
   <si>
     <t>1262.67</t>
   </si>
   <si>
-    <t>132</t>
+    <t>133</t>
   </si>
   <si>
     <t>2016-03-30</t>
   </si>
   <si>
     <t>1197.88</t>
   </si>
   <si>
-    <t>133</t>
+    <t>134</t>
   </si>
   <si>
     <t>2016-02-24</t>
   </si>
   <si>
     <t>1150.10</t>
   </si>
   <si>
-    <t>134</t>
+    <t>135</t>
   </si>
   <si>
     <t>2016-01-27</t>
   </si>
   <si>
     <t>1093.39</t>
   </si>
   <si>
-    <t>135</t>
+    <t>136</t>
   </si>
   <si>
     <t>2015-12-31</t>
   </si>
   <si>
     <t>1162.11</t>
   </si>
   <si>
-    <t>136</t>
+    <t>137</t>
   </si>
   <si>
     <t>2015-12-30</t>
   </si>
   <si>
     <t>1162.02</t>
   </si>
   <si>
-    <t>137</t>
+    <t>138</t>
   </si>
   <si>
     <t>2015-11-25</t>
   </si>
   <si>
     <t>1167.55</t>
   </si>
   <si>
-    <t>138</t>
+    <t>139</t>
   </si>
   <si>
     <t>2015-10-28</t>
   </si>
   <si>
     <t>1266.57</t>
   </si>
   <si>
-    <t>139</t>
+    <t>140</t>
   </si>
   <si>
     <t>2015-09-30</t>
   </si>
   <si>
     <t>1216.62</t>
   </si>
   <si>
-    <t>140</t>
+    <t>141</t>
   </si>
   <si>
     <t>2015-08-26</t>
   </si>
   <si>
     <t>1217.09</t>
   </si>
   <si>
-    <t>141</t>
+    <t>142</t>
   </si>
   <si>
     <t>2015-07-29</t>
   </si>
   <si>
     <t>1309.93</t>
   </si>
   <si>
-    <t>142</t>
+    <t>143</t>
   </si>
   <si>
     <t>2015-06-30</t>
   </si>
   <si>
     <t>1328.32</t>
   </si>
   <si>
-    <t>143</t>
+    <t>144</t>
   </si>
   <si>
     <t>2015-06-24</t>
   </si>
   <si>
     <t>1340.93</t>
   </si>
   <si>
-    <t>144</t>
+    <t>145</t>
   </si>
   <si>
     <t>2015-05-27</t>
   </si>
   <si>
     <t>1335.53</t>
   </si>
   <si>
-    <t>145</t>
+    <t>146</t>
   </si>
   <si>
     <t>2015-04-29</t>
   </si>
   <si>
     <t>1372.06</t>
   </si>
   <si>
-    <t>146</t>
+    <t>147</t>
   </si>
   <si>
     <t>2015-03-25</t>
   </si>
   <si>
     <t>1309.70</t>
   </si>
   <si>
-    <t>147</t>
+    <t>148</t>
   </si>
   <si>
     <t>2015-02-25</t>
   </si>
   <si>
     <t>1298.53</t>
   </si>
   <si>
-    <t>148</t>
+    <t>149</t>
   </si>
   <si>
     <t>2015-01-28</t>
   </si>
   <si>
     <t>1268.33</t>
   </si>
   <si>
-    <t>149</t>
+    <t>150</t>
   </si>
   <si>
     <t>2015-01-02</t>
   </si>
   <si>
     <t>1287.39</t>
   </si>
   <si>
-    <t>150</t>
+    <t>151</t>
   </si>
   <si>
     <t>2014-12-31</t>
   </si>
   <si>
     <t>1281.20</t>
   </si>
   <si>
-    <t>151</t>
+    <t>152</t>
   </si>
   <si>
     <t>2014-11-26</t>
   </si>
   <si>
     <t>1288.47</t>
   </si>
   <si>
-    <t>152</t>
+    <t>153</t>
   </si>
   <si>
     <t>2014-10-29</t>
   </si>
   <si>
     <t>1221.56</t>
   </si>
   <si>
-    <t>153</t>
+    <t>154</t>
   </si>
   <si>
     <t>2014-09-24</t>
   </si>
   <si>
     <t>1281.66</t>
   </si>
   <si>
-    <t>154</t>
+    <t>155</t>
   </si>
   <si>
     <t>2014-08-27</t>
   </si>
   <si>
     <t>1281.60</t>
   </si>
   <si>
-    <t>155</t>
+    <t>156</t>
   </si>
   <si>
     <t>2014-07-30</t>
   </si>
   <si>
     <t>1264.78</t>
   </si>
   <si>
-    <t>156</t>
+    <t>157</t>
   </si>
   <si>
     <t>2014-06-30</t>
   </si>
   <si>
     <t>1350.78</t>
   </si>
   <si>
-    <t>157</t>
+    <t>158</t>
   </si>
   <si>
     <t>2014-06-25</t>
   </si>
   <si>
     <t>1341.88</t>
   </si>
   <si>
-    <t>158</t>
+    <t>159</t>
   </si>
   <si>
     <t>2014-05-28</t>
   </si>
   <si>
     <t>1327.23</t>
   </si>
   <si>
-    <t>159</t>
+    <t>160</t>
   </si>
   <si>
     <t>2014-04-30</t>
   </si>
   <si>
     <t>1386.21</t>
   </si>
   <si>
-    <t>160</t>
+    <t>161</t>
   </si>
   <si>
     <t>2014-03-26</t>
   </si>
   <si>
     <t>1386.05</t>
   </si>
   <si>
-    <t>161</t>
+    <t>162</t>
   </si>
   <si>
     <t>2014-02-26</t>
   </si>
   <si>
     <t>1466.89</t>
   </si>
   <si>
-    <t>162</t>
+    <t>163</t>
   </si>
   <si>
     <t>2014-02-25</t>
   </si>
   <si>
     <t>1472.95</t>
   </si>
   <si>
-    <t>163</t>
+    <t>164</t>
   </si>
   <si>
     <t>2014-01-29</t>
   </si>
   <si>
     <t>1424.49</t>
   </si>
   <si>
-    <t>164</t>
+    <t>165</t>
   </si>
   <si>
     <t>2013-12-31</t>
   </si>
   <si>
     <t>1469.68</t>
   </si>
   <si>
-    <t>165</t>
+    <t>166</t>
   </si>
   <si>
     <t>2013-12-27</t>
   </si>
   <si>
     <t>1462.59</t>
   </si>
   <si>
-    <t>166</t>
+    <t>167</t>
   </si>
   <si>
     <t>2013-11-27</t>
   </si>
   <si>
     <t>1511.63</t>
   </si>
   <si>
-    <t>167</t>
+    <t>168</t>
   </si>
   <si>
     <t>2013-10-30</t>
   </si>
   <si>
     <t>1589.22</t>
   </si>
   <si>
-    <t>168</t>
+    <t>169</t>
   </si>
   <si>
     <t>2013-09-25</t>
   </si>
   <si>
     <t>1461.23</t>
   </si>
   <si>
-    <t>169</t>
+    <t>170</t>
   </si>
   <si>
     <t>2013-09-02</t>
   </si>
   <si>
     <t>1458.63</t>
   </si>
   <si>
-    <t>170</t>
+    <t>171</t>
   </si>
   <si>
     <t>2013-08-28</t>
   </si>
   <si>
     <t>1439.68</t>
   </si>
   <si>
-    <t>171</t>
+    <t>172</t>
   </si>
   <si>
     <t>2013-07-31</t>
   </si>
   <si>
     <t>1359.03</t>
   </si>
   <si>
-    <t>172</t>
+    <t>173</t>
   </si>
   <si>
     <t>2013-06-30</t>
   </si>
   <si>
     <t>1404.06</t>
   </si>
   <si>
-    <t>173</t>
+    <t>174</t>
   </si>
   <si>
     <t>2013-06-26</t>
   </si>
   <si>
     <t>1415.30</t>
   </si>
   <si>
-    <t>174</t>
+    <t>175</t>
   </si>
   <si>
     <t>2013-05-29</t>
   </si>
   <si>
     <t>1386.54</t>
   </si>
   <si>
-    <t>175</t>
+    <t>176</t>
   </si>
   <si>
     <t>2013-04-24</t>
   </si>
   <si>
     <t>1245.48</t>
   </si>
   <si>
-    <t>176</t>
+    <t>177</t>
   </si>
   <si>
     <t>2013-03-27</t>
   </si>
   <si>
     <t>1271.23</t>
   </si>
   <si>
-    <t>177</t>
+    <t>178</t>
   </si>
   <si>
     <t>2013-02-27</t>
   </si>
   <si>
     <t>1237.86</t>
   </si>
   <si>
-    <t>178</t>
+    <t>179</t>
   </si>
   <si>
     <t>2013-01-30</t>
   </si>
   <si>
     <t>1177.66</t>
   </si>
   <si>
-    <t>179</t>
+    <t>180</t>
   </si>
   <si>
     <t>2012-12-31</t>
   </si>
   <si>
     <t>1113.31</t>
   </si>
   <si>
-    <t>180</t>
+    <t>181</t>
   </si>
   <si>
     <t>2012-12-27</t>
   </si>
   <si>
     <t>1104.47</t>
   </si>
   <si>
-    <t>181</t>
+    <t>182</t>
   </si>
   <si>
     <t>2012-11-28</t>
   </si>
   <si>
     <t>1052.23</t>
   </si>
   <si>
-    <t>182</t>
+    <t>183</t>
   </si>
   <si>
     <t>2012-10-31</t>
   </si>
   <si>
     <t>1076.63</t>
   </si>
   <si>
-    <t>183</t>
+    <t>184</t>
   </si>
   <si>
     <t>2012-09-26</t>
   </si>
   <si>
     <t>1046.44</t>
   </si>
   <si>
-    <t>184</t>
+    <t>185</t>
   </si>
   <si>
     <t>2012-08-29</t>
   </si>
   <si>
     <t>1055.62</t>
   </si>
   <si>
-    <t>185</t>
+    <t>186</t>
   </si>
   <si>
     <t>2012-07-25</t>
   </si>
   <si>
     <t>1017.44</t>
   </si>
   <si>
-    <t>186</t>
+    <t>187</t>
   </si>
   <si>
     <t>2012-06-30</t>
   </si>
   <si>
     <t>1064.15</t>
   </si>
   <si>
-    <t>187</t>
+    <t>188</t>
   </si>
   <si>
     <t>2012-06-27</t>
   </si>
   <si>
     <t>1051.75</t>
   </si>
   <si>
-    <t>188</t>
+    <t>189</t>
   </si>
   <si>
     <t>2012-05-30</t>
   </si>
   <si>
     <t>1023.48</t>
   </si>
   <si>
-    <t>189</t>
+    <t>190</t>
   </si>
   <si>
     <t>2012-04-25</t>
   </si>
   <si>
     <t>1056.33</t>
   </si>
   <si>
-    <t>190</t>
+    <t>191</t>
   </si>
   <si>
     <t>2012-03-28</t>
   </si>
   <si>
     <t>1142.24</t>
   </si>
   <si>
-    <t>191</t>
+    <t>192</t>
   </si>
   <si>
     <t>2012-02-29</t>
   </si>
   <si>
     <t>1120.76</t>
   </si>
   <si>
-    <t>192</t>
+    <t>193</t>
   </si>
   <si>
     <t>2012-01-25</t>
   </si>
   <si>
     <t>1039.00</t>
   </si>
   <si>
-    <t>193</t>
+    <t>194</t>
   </si>
   <si>
     <t>2011-12-31</t>
   </si>
   <si>
     <t>986.49</t>
   </si>
   <si>
-    <t>194</t>
+    <t>195</t>
   </si>
   <si>
     <t>2011-12-28</t>
   </si>
   <si>
     <t>987.64</t>
   </si>
   <si>
-    <t>195</t>
+    <t>196</t>
   </si>
   <si>
     <t>2011-11-30</t>
   </si>
   <si>
     <t>1003.53</t>
   </si>
   <si>
-    <t>196</t>
+    <t>197</t>
   </si>
   <si>
     <t>2011-10-26</t>
   </si>
   <si>
     <t>1022.46</t>
   </si>
   <si>
-    <t>197</t>
+    <t>198</t>
   </si>
   <si>
     <t>2011-09-28</t>
   </si>
   <si>
     <t>988.40</t>
   </si>
   <si>
-    <t>198</t>
+    <t>199</t>
   </si>
   <si>
     <t>2011-08-31</t>
   </si>
   <si>
     <t>1085.84</t>
   </si>
   <si>
-    <t>199</t>
+    <t>200</t>
   </si>
   <si>
     <t>2011-07-27</t>
   </si>
   <si>
     <t>1168.51</t>
   </si>
   <si>
-    <t>200</t>
+    <t>201</t>
   </si>
   <si>
     <t>2011-06-30</t>
   </si>
   <si>
     <t>1221.74</t>
   </si>
   <si>
-    <t>201</t>
+    <t>202</t>
   </si>
   <si>
     <t>2011-06-29</t>
   </si>
   <si>
     <t>1215.47</t>
   </si>
   <si>
-    <t>202</t>
+    <t>203</t>
   </si>
   <si>
     <t>2011-05-25</t>
   </si>
   <si>
     <t>1234.44</t>
   </si>
   <si>
-    <t>203</t>
+    <t>204</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
   <si>
     <t>1296.33</t>
   </si>
   <si>
-    <t>204</t>
+    <t>205</t>
   </si>
   <si>
     <t>2011-04-27</t>
   </si>
   <si>
     <t>1301.31</t>
   </si>
   <si>
-    <t>205</t>
+    <t>206</t>
   </si>
   <si>
     <t>2011-03-30</t>
   </si>
   <si>
     <t>1307.30</t>
   </si>
   <si>
-    <t>206</t>
+    <t>207</t>
   </si>
   <si>
     <t>2011-02-23</t>
   </si>
   <si>
     <t>1290.29</t>
   </si>
   <si>
-    <t>207</t>
+    <t>208</t>
   </si>
   <si>
     <t>2011-01-26</t>
   </si>
   <si>
     <t>1299.62</t>
   </si>
   <si>
-    <t>208</t>
+    <t>209</t>
   </si>
   <si>
     <t>2010-12-31</t>
   </si>
   <si>
     <t>1307.01</t>
   </si>
   <si>
-    <t>209</t>
+    <t>210</t>
   </si>
   <si>
     <t>2010-12-29</t>
   </si>
   <si>
     <t>1318.95</t>
   </si>
   <si>
-    <t>210</t>
+    <t>211</t>
   </si>
   <si>
     <t>2010-11-24</t>
   </si>
   <si>
     <t>1233.12</t>
   </si>
   <si>
-    <t>211</t>
+    <t>212</t>
   </si>
   <si>
     <t>2010-10-27</t>
   </si>
   <si>
     <t>1266.21</t>
   </si>
   <si>
-    <t>212</t>
+    <t>213</t>
   </si>
   <si>
     <t>2010-09-29</t>
   </si>
   <si>
     <t>1192.00</t>
   </si>
   <si>
-    <t>213</t>
+    <t>214</t>
   </si>
   <si>
     <t>2010-08-25</t>
   </si>
   <si>
     <t>1147.17</t>
   </si>
   <si>
-    <t>214</t>
+    <t>215</t>
   </si>
   <si>
     <t>2010-07-28</t>
   </si>
   <si>
     <t>1146.41</t>
   </si>
   <si>
-    <t>215</t>
+    <t>216</t>
   </si>
   <si>
     <t>2010-06-30</t>
   </si>
   <si>
     <t>1111.94</t>
   </si>
   <si>
-    <t>216</t>
+    <t>217</t>
   </si>
   <si>
     <t>2010-06-10</t>
   </si>
   <si>
     <t>1141.42</t>
   </si>
   <si>
-    <t>217</t>
+    <t>218</t>
   </si>
   <si>
     <t>2010-05-26</t>
   </si>
   <si>
     <t>1131.51</t>
   </si>
   <si>
-    <t>218</t>
+    <t>219</t>
   </si>
   <si>
     <t>2010-04-28</t>
   </si>
   <si>
     <t>1151.67</t>
   </si>
   <si>
-    <t>219</t>
+    <t>220</t>
   </si>
   <si>
     <t>2010-03-31</t>
   </si>
   <si>
     <t>1140.04</t>
   </si>
   <si>
-    <t>220</t>
+    <t>221</t>
   </si>
   <si>
     <t>2010-02-24</t>
   </si>
   <si>
     <t>1027.28</t>
   </si>
   <si>
-    <t>221</t>
+    <t>222</t>
   </si>
   <si>
     <t>2010-01-27</t>
   </si>
   <si>
     <t>1002.00</t>
   </si>
   <si>
-    <t>222</t>
+    <t>223</t>
   </si>
   <si>
     <t>2009-12-31</t>
   </si>
   <si>
     <t>973.49</t>
   </si>
   <si>
-    <t>223</t>
+    <t>224</t>
   </si>
   <si>
     <t>2009-12-30</t>
   </si>
   <si>
     <t>969.01</t>
   </si>
   <si>
-    <t>224</t>
+    <t>225</t>
   </si>
   <si>
     <t>2009-11-25</t>
   </si>
   <si>
     <t>993.12</t>
   </si>
   <si>
-    <t>225</t>
+    <t>226</t>
   </si>
   <si>
     <t>2009-10-28</t>
   </si>
   <si>
     <t>1005.59</t>
   </si>
   <si>
-    <t>226</t>
+    <t>227</t>
   </si>
   <si>
     <t>2009-09-30</t>
   </si>
   <si>
     <t>1024.82</t>
   </si>
   <si>
-    <t>227</t>
+    <t>228</t>
   </si>
   <si>
     <t>2009-08-26</t>
   </si>
   <si>
     <t>1020.45</t>
   </si>
   <si>
-    <t>228</t>
+    <t>229</t>
   </si>
   <si>
     <t>2009-08-03</t>
   </si>
   <si>
     <t>1000.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2116,51 +2125,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C230"/>
+  <dimension ref="A1:C231"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4646,29 +4655,40 @@
         <v>681</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>682</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>683</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>685</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>686</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>687</v>
       </c>
     </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>690</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>