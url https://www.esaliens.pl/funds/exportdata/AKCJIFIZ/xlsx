--- v1 (2025-11-06)
+++ v2 (2025-12-07)
@@ -4,2117 +4,2126 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESA Akcji Skoncentrowany FIZ" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="691" uniqueCount="691">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="694" uniqueCount="694">
   <si>
     <t>ESA Akcji Skoncentrowany FIZ</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>1683.63</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>1668.58</t>
   </si>
   <si>
-    <t>2</t>
+    <t>3</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>1639.65</t>
   </si>
   <si>
-    <t>3</t>
+    <t>4</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>1599.43</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>1590.16</t>
   </si>
   <si>
-    <t>5</t>
+    <t>6</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>1533.79</t>
   </si>
   <si>
-    <t>6</t>
+    <t>7</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>1520.34</t>
   </si>
   <si>
-    <t>7</t>
+    <t>8</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>1528.82</t>
   </si>
   <si>
-    <t>8</t>
+    <t>9</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>1452.87</t>
   </si>
   <si>
-    <t>9</t>
+    <t>10</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>1485.00</t>
   </si>
   <si>
-    <t>10</t>
+    <t>11</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>1440.86</t>
   </si>
   <si>
-    <t>11</t>
+    <t>12</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>1353.73</t>
   </si>
   <si>
-    <t>12</t>
+    <t>13</t>
   </si>
   <si>
     <t>2024-12-31</t>
   </si>
   <si>
     <t>1310.05</t>
   </si>
   <si>
-    <t>13</t>
+    <t>14</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>1302.86</t>
   </si>
   <si>
-    <t>14</t>
+    <t>15</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>1320.01</t>
   </si>
   <si>
-    <t>15</t>
+    <t>16</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>1275.38</t>
   </si>
   <si>
-    <t>16</t>
+    <t>17</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
     <t>1349.58</t>
   </si>
   <si>
-    <t>17</t>
+    <t>18</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>1404.01</t>
   </si>
   <si>
-    <t>18</t>
+    <t>19</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>1415.00</t>
   </si>
   <si>
-    <t>19</t>
+    <t>20</t>
   </si>
   <si>
     <t>2024-06-30</t>
   </si>
   <si>
     <t>1480.99</t>
   </si>
   <si>
-    <t>20</t>
+    <t>21</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>1468.34</t>
   </si>
   <si>
-    <t>21</t>
+    <t>22</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
     <t>1423.76</t>
   </si>
   <si>
-    <t>22</t>
+    <t>23</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
     <t>1313.22</t>
   </si>
   <si>
-    <t>23</t>
+    <t>24</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
     <t>1243.77</t>
   </si>
   <si>
-    <t>24</t>
+    <t>25</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>1292.16</t>
   </si>
   <si>
-    <t>25</t>
+    <t>26</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>1318.75</t>
   </si>
   <si>
-    <t>26</t>
+    <t>27</t>
   </si>
   <si>
     <t>2023-12-31</t>
   </si>
   <si>
     <t>1337.82</t>
   </si>
   <si>
-    <t>27</t>
+    <t>28</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>1343.87</t>
   </si>
   <si>
-    <t>28</t>
+    <t>29</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>1323.29</t>
   </si>
   <si>
-    <t>29</t>
+    <t>30</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>1331.02</t>
   </si>
   <si>
-    <t>30</t>
+    <t>31</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>1394.04</t>
   </si>
   <si>
-    <t>31</t>
+    <t>32</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>1500.53</t>
   </si>
   <si>
-    <t>32</t>
+    <t>33</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>1497.13</t>
   </si>
   <si>
-    <t>33</t>
+    <t>34</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>1506.32</t>
   </si>
   <si>
-    <t>34</t>
+    <t>35</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>1491.09</t>
   </si>
   <si>
-    <t>35</t>
+    <t>36</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>1410.40</t>
   </si>
   <si>
-    <t>36</t>
+    <t>37</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>1402.11</t>
   </si>
   <si>
-    <t>37</t>
+    <t>38</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>1327.49</t>
   </si>
   <si>
-    <t>38</t>
+    <t>39</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>1396.86</t>
   </si>
   <si>
-    <t>39</t>
+    <t>40</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>1384.98</t>
   </si>
   <si>
-    <t>40</t>
+    <t>41</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>1305.13</t>
   </si>
   <si>
-    <t>41</t>
+    <t>42</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>1267.92</t>
   </si>
   <si>
-    <t>42</t>
+    <t>43</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
     <t>1257.55</t>
   </si>
   <si>
-    <t>43</t>
+    <t>44</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>1188.04</t>
   </si>
   <si>
-    <t>44</t>
+    <t>45</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>1202.68</t>
   </si>
   <si>
-    <t>45</t>
+    <t>46</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>1277.80</t>
   </si>
   <si>
-    <t>46</t>
+    <t>47</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>1147.45</t>
   </si>
   <si>
-    <t>47</t>
+    <t>48</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>1105.85</t>
   </si>
   <si>
-    <t>48</t>
+    <t>49</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
     <t>1112.52</t>
   </si>
   <si>
-    <t>49</t>
+    <t>50</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
     <t>1225.10</t>
   </si>
   <si>
-    <t>50</t>
+    <t>51</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>1260.98</t>
   </si>
   <si>
-    <t>51</t>
+    <t>52</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>1365.49</t>
   </si>
   <si>
-    <t>52</t>
+    <t>53</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>1329.89</t>
   </si>
   <si>
-    <t>53</t>
+    <t>54</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
     <t>1417.03</t>
   </si>
   <si>
-    <t>54</t>
+    <t>55</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>1535.77</t>
   </si>
   <si>
-    <t>55</t>
+    <t>56</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>1511.25</t>
   </si>
   <si>
-    <t>56</t>
+    <t>57</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
     <t>1567.22</t>
   </si>
   <si>
-    <t>57</t>
+    <t>58</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>1631.18</t>
   </si>
   <si>
-    <t>58</t>
+    <t>59</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
     <t>1614.97</t>
   </si>
   <si>
-    <t>59</t>
+    <t>60</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>1543.31</t>
   </si>
   <si>
-    <t>60</t>
+    <t>61</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>1593.08</t>
   </si>
   <si>
-    <t>61</t>
+    <t>62</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>1556.31</t>
   </si>
   <si>
-    <t>62</t>
+    <t>63</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>1481.97</t>
   </si>
   <si>
-    <t>63</t>
+    <t>64</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>1504.58</t>
   </si>
   <si>
-    <t>64</t>
+    <t>65</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
     <t>1500.97</t>
   </si>
   <si>
-    <t>65</t>
+    <t>66</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>1417.64</t>
   </si>
   <si>
-    <t>66</t>
+    <t>67</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>1311.13</t>
   </si>
   <si>
-    <t>67</t>
+    <t>68</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>1315.47</t>
   </si>
   <si>
-    <t>68</t>
+    <t>69</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
     <t>1316.82</t>
   </si>
   <si>
-    <t>69</t>
+    <t>70</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>1217.19</t>
   </si>
   <si>
-    <t>70</t>
+    <t>71</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>1097.93</t>
   </si>
   <si>
-    <t>71</t>
+    <t>72</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>1156.54</t>
   </si>
   <si>
-    <t>72</t>
+    <t>73</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>1186.59</t>
   </si>
   <si>
-    <t>73</t>
+    <t>74</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
     <t>1206.88</t>
   </si>
   <si>
-    <t>74</t>
+    <t>75</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>1192.26</t>
   </si>
   <si>
-    <t>75</t>
+    <t>76</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>1239.36</t>
   </si>
   <si>
-    <t>76</t>
+    <t>77</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>1149.78</t>
   </si>
   <si>
-    <t>77</t>
+    <t>78</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>1144.98</t>
   </si>
   <si>
-    <t>78</t>
+    <t>79</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>978.04</t>
   </si>
   <si>
-    <t>79</t>
+    <t>80</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>1288.22</t>
   </si>
   <si>
-    <t>80</t>
+    <t>81</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
     <t>1264.87</t>
   </si>
   <si>
-    <t>81</t>
+    <t>82</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>1106.50</t>
   </si>
   <si>
-    <t>82</t>
+    <t>83</t>
   </si>
   <si>
     <t>2019-11-27</t>
   </si>
   <si>
     <t>1109.15</t>
   </si>
   <si>
-    <t>83</t>
+    <t>84</t>
   </si>
   <si>
     <t>2019-10-30</t>
   </si>
   <si>
     <t>1055.36</t>
   </si>
   <si>
-    <t>84</t>
+    <t>85</t>
   </si>
   <si>
     <t>2019-09-25</t>
   </si>
   <si>
     <t>1073.48</t>
   </si>
   <si>
-    <t>85</t>
+    <t>86</t>
   </si>
   <si>
     <t>2019-08-28</t>
   </si>
   <si>
     <t>1054.58</t>
   </si>
   <si>
-    <t>86</t>
+    <t>87</t>
   </si>
   <si>
     <t>2019-07-31</t>
   </si>
   <si>
     <t>1099.96</t>
   </si>
   <si>
-    <t>87</t>
+    <t>88</t>
   </si>
   <si>
     <t>2019-06-30</t>
   </si>
   <si>
     <t>1102.92</t>
   </si>
   <si>
-    <t>88</t>
+    <t>89</t>
   </si>
   <si>
     <t>2019-06-26</t>
   </si>
   <si>
     <t>1078.75</t>
   </si>
   <si>
-    <t>89</t>
+    <t>90</t>
   </si>
   <si>
     <t>2019-05-29</t>
   </si>
   <si>
     <t>1081.44</t>
   </si>
   <si>
-    <t>90</t>
+    <t>91</t>
   </si>
   <si>
     <t>2019-04-24</t>
   </si>
   <si>
     <t>1073.12</t>
   </si>
   <si>
-    <t>91</t>
+    <t>92</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
     <t>1032.75</t>
   </si>
   <si>
-    <t>92</t>
+    <t>93</t>
   </si>
   <si>
     <t>2019-02-27</t>
   </si>
   <si>
     <t>999.12</t>
   </si>
   <si>
-    <t>93</t>
+    <t>94</t>
   </si>
   <si>
     <t>2019-01-30</t>
   </si>
   <si>
     <t>1035.00</t>
   </si>
   <si>
-    <t>94</t>
+    <t>95</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
     <t>982.09</t>
   </si>
   <si>
-    <t>95</t>
+    <t>96</t>
   </si>
   <si>
     <t>2018-12-27</t>
   </si>
   <si>
     <t>976.51</t>
   </si>
   <si>
-    <t>96</t>
+    <t>97</t>
   </si>
   <si>
     <t>2018-11-28</t>
   </si>
   <si>
     <t>993.18</t>
   </si>
   <si>
-    <t>97</t>
+    <t>98</t>
   </si>
   <si>
     <t>2018-10-31</t>
   </si>
   <si>
     <t>1032.07</t>
   </si>
   <si>
-    <t>98</t>
+    <t>99</t>
   </si>
   <si>
     <t>2018-09-26</t>
   </si>
   <si>
     <t>1062.12</t>
   </si>
   <si>
-    <t>99</t>
+    <t>100</t>
   </si>
   <si>
     <t>2018-08-29</t>
   </si>
   <si>
     <t>1114.86</t>
   </si>
   <si>
-    <t>100</t>
+    <t>101</t>
   </si>
   <si>
     <t>2018-07-25</t>
   </si>
   <si>
     <t>1193.73</t>
   </si>
   <si>
-    <t>101</t>
+    <t>102</t>
   </si>
   <si>
     <t>2018-06-30</t>
   </si>
   <si>
     <t>1198.46</t>
   </si>
   <si>
-    <t>102</t>
+    <t>103</t>
   </si>
   <si>
     <t>2018-06-27</t>
   </si>
   <si>
     <t>1172.59</t>
   </si>
   <si>
-    <t>103</t>
+    <t>104</t>
   </si>
   <si>
     <t>2018-05-30</t>
   </si>
   <si>
     <t>1177.92</t>
   </si>
   <si>
-    <t>104</t>
+    <t>105</t>
   </si>
   <si>
     <t>2018-04-25</t>
   </si>
   <si>
     <t>1186.78</t>
   </si>
   <si>
-    <t>105</t>
+    <t>106</t>
   </si>
   <si>
     <t>2018-03-28</t>
   </si>
   <si>
     <t>1144.12</t>
   </si>
   <si>
-    <t>106</t>
+    <t>107</t>
   </si>
   <si>
     <t>2018-02-28</t>
   </si>
   <si>
     <t>1193.84</t>
   </si>
   <si>
-    <t>107</t>
+    <t>108</t>
   </si>
   <si>
     <t>2018-01-31</t>
   </si>
   <si>
     <t>1288.82</t>
   </si>
   <si>
-    <t>108</t>
+    <t>109</t>
   </si>
   <si>
     <t>2017-12-31</t>
   </si>
   <si>
     <t>1324.39</t>
   </si>
   <si>
-    <t>109</t>
+    <t>110</t>
   </si>
   <si>
     <t>2017-12-27</t>
   </si>
   <si>
     <t>1313.84</t>
   </si>
   <si>
-    <t>110</t>
+    <t>111</t>
   </si>
   <si>
     <t>2017-11-29</t>
   </si>
   <si>
     <t>1338.88</t>
   </si>
   <si>
-    <t>111</t>
+    <t>112</t>
   </si>
   <si>
     <t>2017-10-25</t>
   </si>
   <si>
     <t>1357.58</t>
   </si>
   <si>
-    <t>112</t>
+    <t>113</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>1372.38</t>
   </si>
   <si>
-    <t>113</t>
+    <t>114</t>
   </si>
   <si>
     <t>2017-08-30</t>
   </si>
   <si>
     <t>1433.02</t>
   </si>
   <si>
-    <t>114</t>
+    <t>115</t>
   </si>
   <si>
     <t>2017-07-26</t>
   </si>
   <si>
     <t>1471.86</t>
   </si>
   <si>
-    <t>115</t>
+    <t>116</t>
   </si>
   <si>
     <t>2017-06-30</t>
   </si>
   <si>
     <t>1467.02</t>
   </si>
   <si>
-    <t>116</t>
+    <t>117</t>
   </si>
   <si>
     <t>2017-06-28</t>
   </si>
   <si>
     <t>1466.24</t>
   </si>
   <si>
-    <t>117</t>
+    <t>118</t>
   </si>
   <si>
     <t>2017-05-31</t>
   </si>
   <si>
     <t>1455.81</t>
   </si>
   <si>
-    <t>118</t>
+    <t>119</t>
   </si>
   <si>
     <t>2017-04-26</t>
   </si>
   <si>
     <t>1445.61</t>
   </si>
   <si>
-    <t>119</t>
+    <t>120</t>
   </si>
   <si>
     <t>2017-03-29</t>
   </si>
   <si>
     <t>1437.30</t>
   </si>
   <si>
-    <t>120</t>
+    <t>121</t>
   </si>
   <si>
     <t>2017-02-22</t>
   </si>
   <si>
     <t>1438.38</t>
   </si>
   <si>
-    <t>121</t>
+    <t>122</t>
   </si>
   <si>
     <t>2017-01-25</t>
   </si>
   <si>
     <t>1357.41</t>
   </si>
   <si>
-    <t>122</t>
+    <t>123</t>
   </si>
   <si>
     <t>2016-12-31</t>
   </si>
   <si>
     <t>1312.58</t>
   </si>
   <si>
-    <t>123</t>
+    <t>124</t>
   </si>
   <si>
     <t>2016-12-28</t>
   </si>
   <si>
     <t>1293.48</t>
   </si>
   <si>
-    <t>124</t>
+    <t>125</t>
   </si>
   <si>
     <t>2016-11-30</t>
   </si>
   <si>
     <t>1323.87</t>
   </si>
   <si>
-    <t>125</t>
+    <t>126</t>
   </si>
   <si>
     <t>2016-10-26</t>
   </si>
   <si>
     <t>1331.58</t>
   </si>
   <si>
-    <t>126</t>
+    <t>127</t>
   </si>
   <si>
     <t>2016-09-28</t>
   </si>
   <si>
     <t>1297.64</t>
   </si>
   <si>
-    <t>127</t>
+    <t>128</t>
   </si>
   <si>
     <t>2016-08-31</t>
   </si>
   <si>
     <t>1354.99</t>
   </si>
   <si>
-    <t>128</t>
+    <t>129</t>
   </si>
   <si>
     <t>2016-07-27</t>
   </si>
   <si>
     <t>1349.74</t>
   </si>
   <si>
-    <t>129</t>
+    <t>130</t>
   </si>
   <si>
     <t>2016-06-30</t>
   </si>
   <si>
     <t>1335.81</t>
   </si>
   <si>
-    <t>130</t>
+    <t>131</t>
   </si>
   <si>
     <t>2016-06-29</t>
   </si>
   <si>
     <t>1317.18</t>
   </si>
   <si>
-    <t>131</t>
+    <t>132</t>
   </si>
   <si>
     <t>2016-05-25</t>
   </si>
   <si>
     <t>1279.86</t>
   </si>
   <si>
-    <t>132</t>
+    <t>133</t>
   </si>
   <si>
     <t>2016-04-27</t>
   </si>
   <si>
     <t>1262.67</t>
   </si>
   <si>
-    <t>133</t>
+    <t>134</t>
   </si>
   <si>
     <t>2016-03-30</t>
   </si>
   <si>
     <t>1197.88</t>
   </si>
   <si>
-    <t>134</t>
+    <t>135</t>
   </si>
   <si>
     <t>2016-02-24</t>
   </si>
   <si>
     <t>1150.10</t>
   </si>
   <si>
-    <t>135</t>
+    <t>136</t>
   </si>
   <si>
     <t>2016-01-27</t>
   </si>
   <si>
     <t>1093.39</t>
   </si>
   <si>
-    <t>136</t>
+    <t>137</t>
   </si>
   <si>
     <t>2015-12-31</t>
   </si>
   <si>
     <t>1162.11</t>
   </si>
   <si>
-    <t>137</t>
+    <t>138</t>
   </si>
   <si>
     <t>2015-12-30</t>
   </si>
   <si>
     <t>1162.02</t>
   </si>
   <si>
-    <t>138</t>
+    <t>139</t>
   </si>
   <si>
     <t>2015-11-25</t>
   </si>
   <si>
     <t>1167.55</t>
   </si>
   <si>
-    <t>139</t>
+    <t>140</t>
   </si>
   <si>
     <t>2015-10-28</t>
   </si>
   <si>
     <t>1266.57</t>
   </si>
   <si>
-    <t>140</t>
+    <t>141</t>
   </si>
   <si>
     <t>2015-09-30</t>
   </si>
   <si>
     <t>1216.62</t>
   </si>
   <si>
-    <t>141</t>
+    <t>142</t>
   </si>
   <si>
     <t>2015-08-26</t>
   </si>
   <si>
     <t>1217.09</t>
   </si>
   <si>
-    <t>142</t>
+    <t>143</t>
   </si>
   <si>
     <t>2015-07-29</t>
   </si>
   <si>
     <t>1309.93</t>
   </si>
   <si>
-    <t>143</t>
+    <t>144</t>
   </si>
   <si>
     <t>2015-06-30</t>
   </si>
   <si>
     <t>1328.32</t>
   </si>
   <si>
-    <t>144</t>
+    <t>145</t>
   </si>
   <si>
     <t>2015-06-24</t>
   </si>
   <si>
     <t>1340.93</t>
   </si>
   <si>
-    <t>145</t>
+    <t>146</t>
   </si>
   <si>
     <t>2015-05-27</t>
   </si>
   <si>
     <t>1335.53</t>
   </si>
   <si>
-    <t>146</t>
+    <t>147</t>
   </si>
   <si>
     <t>2015-04-29</t>
   </si>
   <si>
     <t>1372.06</t>
   </si>
   <si>
-    <t>147</t>
+    <t>148</t>
   </si>
   <si>
     <t>2015-03-25</t>
   </si>
   <si>
     <t>1309.70</t>
   </si>
   <si>
-    <t>148</t>
+    <t>149</t>
   </si>
   <si>
     <t>2015-02-25</t>
   </si>
   <si>
     <t>1298.53</t>
   </si>
   <si>
-    <t>149</t>
+    <t>150</t>
   </si>
   <si>
     <t>2015-01-28</t>
   </si>
   <si>
     <t>1268.33</t>
   </si>
   <si>
-    <t>150</t>
+    <t>151</t>
   </si>
   <si>
     <t>2015-01-02</t>
   </si>
   <si>
     <t>1287.39</t>
   </si>
   <si>
-    <t>151</t>
+    <t>152</t>
   </si>
   <si>
     <t>2014-12-31</t>
   </si>
   <si>
     <t>1281.20</t>
   </si>
   <si>
-    <t>152</t>
+    <t>153</t>
   </si>
   <si>
     <t>2014-11-26</t>
   </si>
   <si>
     <t>1288.47</t>
   </si>
   <si>
-    <t>153</t>
+    <t>154</t>
   </si>
   <si>
     <t>2014-10-29</t>
   </si>
   <si>
     <t>1221.56</t>
   </si>
   <si>
-    <t>154</t>
+    <t>155</t>
   </si>
   <si>
     <t>2014-09-24</t>
   </si>
   <si>
     <t>1281.66</t>
   </si>
   <si>
-    <t>155</t>
+    <t>156</t>
   </si>
   <si>
     <t>2014-08-27</t>
   </si>
   <si>
     <t>1281.60</t>
   </si>
   <si>
-    <t>156</t>
+    <t>157</t>
   </si>
   <si>
     <t>2014-07-30</t>
   </si>
   <si>
     <t>1264.78</t>
   </si>
   <si>
-    <t>157</t>
+    <t>158</t>
   </si>
   <si>
     <t>2014-06-30</t>
   </si>
   <si>
     <t>1350.78</t>
   </si>
   <si>
-    <t>158</t>
+    <t>159</t>
   </si>
   <si>
     <t>2014-06-25</t>
   </si>
   <si>
     <t>1341.88</t>
   </si>
   <si>
-    <t>159</t>
+    <t>160</t>
   </si>
   <si>
     <t>2014-05-28</t>
   </si>
   <si>
     <t>1327.23</t>
   </si>
   <si>
-    <t>160</t>
+    <t>161</t>
   </si>
   <si>
     <t>2014-04-30</t>
   </si>
   <si>
     <t>1386.21</t>
   </si>
   <si>
-    <t>161</t>
+    <t>162</t>
   </si>
   <si>
     <t>2014-03-26</t>
   </si>
   <si>
     <t>1386.05</t>
   </si>
   <si>
-    <t>162</t>
+    <t>163</t>
   </si>
   <si>
     <t>2014-02-26</t>
   </si>
   <si>
     <t>1466.89</t>
   </si>
   <si>
-    <t>163</t>
+    <t>164</t>
   </si>
   <si>
     <t>2014-02-25</t>
   </si>
   <si>
     <t>1472.95</t>
   </si>
   <si>
-    <t>164</t>
+    <t>165</t>
   </si>
   <si>
     <t>2014-01-29</t>
   </si>
   <si>
     <t>1424.49</t>
   </si>
   <si>
-    <t>165</t>
+    <t>166</t>
   </si>
   <si>
     <t>2013-12-31</t>
   </si>
   <si>
     <t>1469.68</t>
   </si>
   <si>
-    <t>166</t>
+    <t>167</t>
   </si>
   <si>
     <t>2013-12-27</t>
   </si>
   <si>
     <t>1462.59</t>
   </si>
   <si>
-    <t>167</t>
+    <t>168</t>
   </si>
   <si>
     <t>2013-11-27</t>
   </si>
   <si>
     <t>1511.63</t>
   </si>
   <si>
-    <t>168</t>
+    <t>169</t>
   </si>
   <si>
     <t>2013-10-30</t>
   </si>
   <si>
     <t>1589.22</t>
   </si>
   <si>
-    <t>169</t>
+    <t>170</t>
   </si>
   <si>
     <t>2013-09-25</t>
   </si>
   <si>
     <t>1461.23</t>
   </si>
   <si>
-    <t>170</t>
+    <t>171</t>
   </si>
   <si>
     <t>2013-09-02</t>
   </si>
   <si>
     <t>1458.63</t>
   </si>
   <si>
-    <t>171</t>
+    <t>172</t>
   </si>
   <si>
     <t>2013-08-28</t>
   </si>
   <si>
     <t>1439.68</t>
   </si>
   <si>
-    <t>172</t>
+    <t>173</t>
   </si>
   <si>
     <t>2013-07-31</t>
   </si>
   <si>
     <t>1359.03</t>
   </si>
   <si>
-    <t>173</t>
+    <t>174</t>
   </si>
   <si>
     <t>2013-06-30</t>
   </si>
   <si>
     <t>1404.06</t>
   </si>
   <si>
-    <t>174</t>
+    <t>175</t>
   </si>
   <si>
     <t>2013-06-26</t>
   </si>
   <si>
     <t>1415.30</t>
   </si>
   <si>
-    <t>175</t>
+    <t>176</t>
   </si>
   <si>
     <t>2013-05-29</t>
   </si>
   <si>
     <t>1386.54</t>
   </si>
   <si>
-    <t>176</t>
+    <t>177</t>
   </si>
   <si>
     <t>2013-04-24</t>
   </si>
   <si>
     <t>1245.48</t>
   </si>
   <si>
-    <t>177</t>
+    <t>178</t>
   </si>
   <si>
     <t>2013-03-27</t>
   </si>
   <si>
     <t>1271.23</t>
   </si>
   <si>
-    <t>178</t>
+    <t>179</t>
   </si>
   <si>
     <t>2013-02-27</t>
   </si>
   <si>
     <t>1237.86</t>
   </si>
   <si>
-    <t>179</t>
+    <t>180</t>
   </si>
   <si>
     <t>2013-01-30</t>
   </si>
   <si>
     <t>1177.66</t>
   </si>
   <si>
-    <t>180</t>
+    <t>181</t>
   </si>
   <si>
     <t>2012-12-31</t>
   </si>
   <si>
     <t>1113.31</t>
   </si>
   <si>
-    <t>181</t>
+    <t>182</t>
   </si>
   <si>
     <t>2012-12-27</t>
   </si>
   <si>
     <t>1104.47</t>
   </si>
   <si>
-    <t>182</t>
+    <t>183</t>
   </si>
   <si>
     <t>2012-11-28</t>
   </si>
   <si>
     <t>1052.23</t>
   </si>
   <si>
-    <t>183</t>
+    <t>184</t>
   </si>
   <si>
     <t>2012-10-31</t>
   </si>
   <si>
     <t>1076.63</t>
   </si>
   <si>
-    <t>184</t>
+    <t>185</t>
   </si>
   <si>
     <t>2012-09-26</t>
   </si>
   <si>
     <t>1046.44</t>
   </si>
   <si>
-    <t>185</t>
+    <t>186</t>
   </si>
   <si>
     <t>2012-08-29</t>
   </si>
   <si>
     <t>1055.62</t>
   </si>
   <si>
-    <t>186</t>
+    <t>187</t>
   </si>
   <si>
     <t>2012-07-25</t>
   </si>
   <si>
     <t>1017.44</t>
   </si>
   <si>
-    <t>187</t>
+    <t>188</t>
   </si>
   <si>
     <t>2012-06-30</t>
   </si>
   <si>
     <t>1064.15</t>
   </si>
   <si>
-    <t>188</t>
+    <t>189</t>
   </si>
   <si>
     <t>2012-06-27</t>
   </si>
   <si>
     <t>1051.75</t>
   </si>
   <si>
-    <t>189</t>
+    <t>190</t>
   </si>
   <si>
     <t>2012-05-30</t>
   </si>
   <si>
     <t>1023.48</t>
   </si>
   <si>
-    <t>190</t>
+    <t>191</t>
   </si>
   <si>
     <t>2012-04-25</t>
   </si>
   <si>
     <t>1056.33</t>
   </si>
   <si>
-    <t>191</t>
+    <t>192</t>
   </si>
   <si>
     <t>2012-03-28</t>
   </si>
   <si>
     <t>1142.24</t>
   </si>
   <si>
-    <t>192</t>
+    <t>193</t>
   </si>
   <si>
     <t>2012-02-29</t>
   </si>
   <si>
     <t>1120.76</t>
   </si>
   <si>
-    <t>193</t>
+    <t>194</t>
   </si>
   <si>
     <t>2012-01-25</t>
   </si>
   <si>
     <t>1039.00</t>
   </si>
   <si>
-    <t>194</t>
+    <t>195</t>
   </si>
   <si>
     <t>2011-12-31</t>
   </si>
   <si>
     <t>986.49</t>
   </si>
   <si>
-    <t>195</t>
+    <t>196</t>
   </si>
   <si>
     <t>2011-12-28</t>
   </si>
   <si>
     <t>987.64</t>
   </si>
   <si>
-    <t>196</t>
+    <t>197</t>
   </si>
   <si>
     <t>2011-11-30</t>
   </si>
   <si>
     <t>1003.53</t>
   </si>
   <si>
-    <t>197</t>
+    <t>198</t>
   </si>
   <si>
     <t>2011-10-26</t>
   </si>
   <si>
     <t>1022.46</t>
   </si>
   <si>
-    <t>198</t>
+    <t>199</t>
   </si>
   <si>
     <t>2011-09-28</t>
   </si>
   <si>
     <t>988.40</t>
   </si>
   <si>
-    <t>199</t>
+    <t>200</t>
   </si>
   <si>
     <t>2011-08-31</t>
   </si>
   <si>
     <t>1085.84</t>
   </si>
   <si>
-    <t>200</t>
+    <t>201</t>
   </si>
   <si>
     <t>2011-07-27</t>
   </si>
   <si>
     <t>1168.51</t>
   </si>
   <si>
-    <t>201</t>
+    <t>202</t>
   </si>
   <si>
     <t>2011-06-30</t>
   </si>
   <si>
     <t>1221.74</t>
   </si>
   <si>
-    <t>202</t>
+    <t>203</t>
   </si>
   <si>
     <t>2011-06-29</t>
   </si>
   <si>
     <t>1215.47</t>
   </si>
   <si>
-    <t>203</t>
+    <t>204</t>
   </si>
   <si>
     <t>2011-05-25</t>
   </si>
   <si>
     <t>1234.44</t>
   </si>
   <si>
-    <t>204</t>
+    <t>205</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
   <si>
     <t>1296.33</t>
   </si>
   <si>
-    <t>205</t>
+    <t>206</t>
   </si>
   <si>
     <t>2011-04-27</t>
   </si>
   <si>
     <t>1301.31</t>
   </si>
   <si>
-    <t>206</t>
+    <t>207</t>
   </si>
   <si>
     <t>2011-03-30</t>
   </si>
   <si>
     <t>1307.30</t>
   </si>
   <si>
-    <t>207</t>
+    <t>208</t>
   </si>
   <si>
     <t>2011-02-23</t>
   </si>
   <si>
     <t>1290.29</t>
   </si>
   <si>
-    <t>208</t>
+    <t>209</t>
   </si>
   <si>
     <t>2011-01-26</t>
   </si>
   <si>
     <t>1299.62</t>
   </si>
   <si>
-    <t>209</t>
+    <t>210</t>
   </si>
   <si>
     <t>2010-12-31</t>
   </si>
   <si>
     <t>1307.01</t>
   </si>
   <si>
-    <t>210</t>
+    <t>211</t>
   </si>
   <si>
     <t>2010-12-29</t>
   </si>
   <si>
     <t>1318.95</t>
   </si>
   <si>
-    <t>211</t>
+    <t>212</t>
   </si>
   <si>
     <t>2010-11-24</t>
   </si>
   <si>
     <t>1233.12</t>
   </si>
   <si>
-    <t>212</t>
+    <t>213</t>
   </si>
   <si>
     <t>2010-10-27</t>
   </si>
   <si>
     <t>1266.21</t>
   </si>
   <si>
-    <t>213</t>
+    <t>214</t>
   </si>
   <si>
     <t>2010-09-29</t>
   </si>
   <si>
     <t>1192.00</t>
   </si>
   <si>
-    <t>214</t>
+    <t>215</t>
   </si>
   <si>
     <t>2010-08-25</t>
   </si>
   <si>
     <t>1147.17</t>
   </si>
   <si>
-    <t>215</t>
+    <t>216</t>
   </si>
   <si>
     <t>2010-07-28</t>
   </si>
   <si>
     <t>1146.41</t>
   </si>
   <si>
-    <t>216</t>
+    <t>217</t>
   </si>
   <si>
     <t>2010-06-30</t>
   </si>
   <si>
     <t>1111.94</t>
   </si>
   <si>
-    <t>217</t>
+    <t>218</t>
   </si>
   <si>
     <t>2010-06-10</t>
   </si>
   <si>
     <t>1141.42</t>
   </si>
   <si>
-    <t>218</t>
+    <t>219</t>
   </si>
   <si>
     <t>2010-05-26</t>
   </si>
   <si>
     <t>1131.51</t>
   </si>
   <si>
-    <t>219</t>
+    <t>220</t>
   </si>
   <si>
     <t>2010-04-28</t>
   </si>
   <si>
     <t>1151.67</t>
   </si>
   <si>
-    <t>220</t>
+    <t>221</t>
   </si>
   <si>
     <t>2010-03-31</t>
   </si>
   <si>
     <t>1140.04</t>
   </si>
   <si>
-    <t>221</t>
+    <t>222</t>
   </si>
   <si>
     <t>2010-02-24</t>
   </si>
   <si>
     <t>1027.28</t>
   </si>
   <si>
-    <t>222</t>
+    <t>223</t>
   </si>
   <si>
     <t>2010-01-27</t>
   </si>
   <si>
     <t>1002.00</t>
   </si>
   <si>
-    <t>223</t>
+    <t>224</t>
   </si>
   <si>
     <t>2009-12-31</t>
   </si>
   <si>
     <t>973.49</t>
   </si>
   <si>
-    <t>224</t>
+    <t>225</t>
   </si>
   <si>
     <t>2009-12-30</t>
   </si>
   <si>
     <t>969.01</t>
   </si>
   <si>
-    <t>225</t>
+    <t>226</t>
   </si>
   <si>
     <t>2009-11-25</t>
   </si>
   <si>
     <t>993.12</t>
   </si>
   <si>
-    <t>226</t>
+    <t>227</t>
   </si>
   <si>
     <t>2009-10-28</t>
   </si>
   <si>
     <t>1005.59</t>
   </si>
   <si>
-    <t>227</t>
+    <t>228</t>
   </si>
   <si>
     <t>2009-09-30</t>
   </si>
   <si>
     <t>1024.82</t>
   </si>
   <si>
-    <t>228</t>
+    <t>229</t>
   </si>
   <si>
     <t>2009-08-26</t>
   </si>
   <si>
     <t>1020.45</t>
   </si>
   <si>
-    <t>229</t>
+    <t>230</t>
   </si>
   <si>
     <t>2009-08-03</t>
   </si>
   <si>
     <t>1000.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2125,51 +2134,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C231"/>
+  <dimension ref="A1:C232"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4666,29 +4675,40 @@
         <v>684</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>685</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>686</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>688</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>689</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>690</v>
       </c>
     </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>693</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>