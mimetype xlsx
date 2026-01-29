--- v2 (2025-12-07)
+++ v3 (2026-01-29)
@@ -4,2126 +4,2144 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESA Akcji Skoncentrowany FIZ" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="694" uniqueCount="694">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="700">
   <si>
     <t>ESA Akcji Skoncentrowany FIZ</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>1714.27</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>1678.04</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>1683.63</t>
   </si>
   <si>
-    <t>2</t>
+    <t>4</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>1668.58</t>
   </si>
   <si>
-    <t>3</t>
+    <t>5</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>1639.65</t>
   </si>
   <si>
-    <t>4</t>
+    <t>6</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>1599.43</t>
   </si>
   <si>
-    <t>5</t>
+    <t>7</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>1590.16</t>
   </si>
   <si>
-    <t>6</t>
+    <t>8</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>1533.79</t>
   </si>
   <si>
-    <t>7</t>
+    <t>9</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>1520.34</t>
   </si>
   <si>
-    <t>8</t>
+    <t>10</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>1528.82</t>
   </si>
   <si>
-    <t>9</t>
+    <t>11</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>1452.87</t>
   </si>
   <si>
-    <t>10</t>
+    <t>12</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>1485.00</t>
   </si>
   <si>
-    <t>11</t>
+    <t>13</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>1440.86</t>
   </si>
   <si>
-    <t>12</t>
+    <t>14</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>1353.73</t>
   </si>
   <si>
-    <t>13</t>
+    <t>15</t>
   </si>
   <si>
     <t>2024-12-31</t>
   </si>
   <si>
     <t>1310.05</t>
   </si>
   <si>
-    <t>14</t>
+    <t>16</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>1302.86</t>
   </si>
   <si>
-    <t>15</t>
+    <t>17</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>1320.01</t>
   </si>
   <si>
-    <t>16</t>
+    <t>18</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>1275.38</t>
   </si>
   <si>
-    <t>17</t>
+    <t>19</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
     <t>1349.58</t>
   </si>
   <si>
-    <t>18</t>
+    <t>20</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>1404.01</t>
   </si>
   <si>
-    <t>19</t>
+    <t>21</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>1415.00</t>
   </si>
   <si>
-    <t>20</t>
+    <t>22</t>
   </si>
   <si>
     <t>2024-06-30</t>
   </si>
   <si>
     <t>1480.99</t>
   </si>
   <si>
-    <t>21</t>
+    <t>23</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>1468.34</t>
   </si>
   <si>
-    <t>22</t>
+    <t>24</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
     <t>1423.76</t>
   </si>
   <si>
-    <t>23</t>
+    <t>25</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
     <t>1313.22</t>
   </si>
   <si>
-    <t>24</t>
+    <t>26</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
     <t>1243.77</t>
   </si>
   <si>
-    <t>25</t>
+    <t>27</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>1292.16</t>
   </si>
   <si>
-    <t>26</t>
+    <t>28</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>1318.75</t>
   </si>
   <si>
-    <t>27</t>
+    <t>29</t>
   </si>
   <si>
     <t>2023-12-31</t>
   </si>
   <si>
     <t>1337.82</t>
   </si>
   <si>
-    <t>28</t>
+    <t>30</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>1343.87</t>
   </si>
   <si>
-    <t>29</t>
+    <t>31</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>1323.29</t>
   </si>
   <si>
-    <t>30</t>
+    <t>32</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>1331.02</t>
   </si>
   <si>
-    <t>31</t>
+    <t>33</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>1394.04</t>
   </si>
   <si>
-    <t>32</t>
+    <t>34</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>1500.53</t>
   </si>
   <si>
-    <t>33</t>
+    <t>35</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>1497.13</t>
   </si>
   <si>
-    <t>34</t>
+    <t>36</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>1506.32</t>
   </si>
   <si>
-    <t>35</t>
+    <t>37</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>1491.09</t>
   </si>
   <si>
-    <t>36</t>
+    <t>38</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>1410.40</t>
   </si>
   <si>
-    <t>37</t>
+    <t>39</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>1402.11</t>
   </si>
   <si>
-    <t>38</t>
+    <t>40</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>1327.49</t>
   </si>
   <si>
-    <t>39</t>
+    <t>41</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>1396.86</t>
   </si>
   <si>
-    <t>40</t>
+    <t>42</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>1384.98</t>
   </si>
   <si>
-    <t>41</t>
+    <t>43</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>1305.13</t>
   </si>
   <si>
-    <t>42</t>
+    <t>44</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>1267.92</t>
   </si>
   <si>
-    <t>43</t>
+    <t>45</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
     <t>1257.55</t>
   </si>
   <si>
-    <t>44</t>
+    <t>46</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>1188.04</t>
   </si>
   <si>
-    <t>45</t>
+    <t>47</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>1202.68</t>
   </si>
   <si>
-    <t>46</t>
+    <t>48</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>1277.80</t>
   </si>
   <si>
-    <t>47</t>
+    <t>49</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>1147.45</t>
   </si>
   <si>
-    <t>48</t>
+    <t>50</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>1105.85</t>
   </si>
   <si>
-    <t>49</t>
+    <t>51</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
     <t>1112.52</t>
   </si>
   <si>
-    <t>50</t>
+    <t>52</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
     <t>1225.10</t>
   </si>
   <si>
-    <t>51</t>
+    <t>53</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>1260.98</t>
   </si>
   <si>
-    <t>52</t>
+    <t>54</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>1365.49</t>
   </si>
   <si>
-    <t>53</t>
+    <t>55</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>1329.89</t>
   </si>
   <si>
-    <t>54</t>
+    <t>56</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
     <t>1417.03</t>
   </si>
   <si>
-    <t>55</t>
+    <t>57</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>1535.77</t>
   </si>
   <si>
-    <t>56</t>
+    <t>58</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>1511.25</t>
   </si>
   <si>
-    <t>57</t>
+    <t>59</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
     <t>1567.22</t>
   </si>
   <si>
-    <t>58</t>
+    <t>60</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>1631.18</t>
   </si>
   <si>
-    <t>59</t>
+    <t>61</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
     <t>1614.97</t>
   </si>
   <si>
-    <t>60</t>
+    <t>62</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>1543.31</t>
   </si>
   <si>
-    <t>61</t>
+    <t>63</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>1593.08</t>
   </si>
   <si>
-    <t>62</t>
+    <t>64</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>1556.31</t>
   </si>
   <si>
-    <t>63</t>
+    <t>65</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>1481.97</t>
   </si>
   <si>
-    <t>64</t>
+    <t>66</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>1504.58</t>
   </si>
   <si>
-    <t>65</t>
+    <t>67</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
     <t>1500.97</t>
   </si>
   <si>
-    <t>66</t>
+    <t>68</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>1417.64</t>
   </si>
   <si>
-    <t>67</t>
+    <t>69</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>1311.13</t>
   </si>
   <si>
-    <t>68</t>
+    <t>70</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>1315.47</t>
   </si>
   <si>
-    <t>69</t>
+    <t>71</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
     <t>1316.82</t>
   </si>
   <si>
-    <t>70</t>
+    <t>72</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>1217.19</t>
   </si>
   <si>
-    <t>71</t>
+    <t>73</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>1097.93</t>
   </si>
   <si>
-    <t>72</t>
+    <t>74</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>1156.54</t>
   </si>
   <si>
-    <t>73</t>
+    <t>75</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>1186.59</t>
   </si>
   <si>
-    <t>74</t>
+    <t>76</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
     <t>1206.88</t>
   </si>
   <si>
-    <t>75</t>
+    <t>77</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>1192.26</t>
   </si>
   <si>
-    <t>76</t>
+    <t>78</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>1239.36</t>
   </si>
   <si>
-    <t>77</t>
+    <t>79</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>1149.78</t>
   </si>
   <si>
-    <t>78</t>
+    <t>80</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>1144.98</t>
   </si>
   <si>
-    <t>79</t>
+    <t>81</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>978.04</t>
   </si>
   <si>
-    <t>80</t>
+    <t>82</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>1288.22</t>
   </si>
   <si>
-    <t>81</t>
+    <t>83</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
     <t>1264.87</t>
   </si>
   <si>
-    <t>82</t>
+    <t>84</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>1106.50</t>
   </si>
   <si>
-    <t>83</t>
+    <t>85</t>
   </si>
   <si>
     <t>2019-11-27</t>
   </si>
   <si>
     <t>1109.15</t>
   </si>
   <si>
-    <t>84</t>
+    <t>86</t>
   </si>
   <si>
     <t>2019-10-30</t>
   </si>
   <si>
     <t>1055.36</t>
   </si>
   <si>
-    <t>85</t>
+    <t>87</t>
   </si>
   <si>
     <t>2019-09-25</t>
   </si>
   <si>
     <t>1073.48</t>
   </si>
   <si>
-    <t>86</t>
+    <t>88</t>
   </si>
   <si>
     <t>2019-08-28</t>
   </si>
   <si>
     <t>1054.58</t>
   </si>
   <si>
-    <t>87</t>
+    <t>89</t>
   </si>
   <si>
     <t>2019-07-31</t>
   </si>
   <si>
     <t>1099.96</t>
   </si>
   <si>
-    <t>88</t>
+    <t>90</t>
   </si>
   <si>
     <t>2019-06-30</t>
   </si>
   <si>
     <t>1102.92</t>
   </si>
   <si>
-    <t>89</t>
+    <t>91</t>
   </si>
   <si>
     <t>2019-06-26</t>
   </si>
   <si>
     <t>1078.75</t>
   </si>
   <si>
-    <t>90</t>
+    <t>92</t>
   </si>
   <si>
     <t>2019-05-29</t>
   </si>
   <si>
     <t>1081.44</t>
   </si>
   <si>
-    <t>91</t>
+    <t>93</t>
   </si>
   <si>
     <t>2019-04-24</t>
   </si>
   <si>
     <t>1073.12</t>
   </si>
   <si>
-    <t>92</t>
+    <t>94</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
     <t>1032.75</t>
   </si>
   <si>
-    <t>93</t>
+    <t>95</t>
   </si>
   <si>
     <t>2019-02-27</t>
   </si>
   <si>
     <t>999.12</t>
   </si>
   <si>
-    <t>94</t>
+    <t>96</t>
   </si>
   <si>
     <t>2019-01-30</t>
   </si>
   <si>
     <t>1035.00</t>
   </si>
   <si>
-    <t>95</t>
+    <t>97</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
     <t>982.09</t>
   </si>
   <si>
-    <t>96</t>
+    <t>98</t>
   </si>
   <si>
     <t>2018-12-27</t>
   </si>
   <si>
     <t>976.51</t>
   </si>
   <si>
-    <t>97</t>
+    <t>99</t>
   </si>
   <si>
     <t>2018-11-28</t>
   </si>
   <si>
     <t>993.18</t>
   </si>
   <si>
-    <t>98</t>
+    <t>100</t>
   </si>
   <si>
     <t>2018-10-31</t>
   </si>
   <si>
     <t>1032.07</t>
   </si>
   <si>
-    <t>99</t>
+    <t>101</t>
   </si>
   <si>
     <t>2018-09-26</t>
   </si>
   <si>
     <t>1062.12</t>
   </si>
   <si>
-    <t>100</t>
+    <t>102</t>
   </si>
   <si>
     <t>2018-08-29</t>
   </si>
   <si>
     <t>1114.86</t>
   </si>
   <si>
-    <t>101</t>
+    <t>103</t>
   </si>
   <si>
     <t>2018-07-25</t>
   </si>
   <si>
     <t>1193.73</t>
   </si>
   <si>
-    <t>102</t>
+    <t>104</t>
   </si>
   <si>
     <t>2018-06-30</t>
   </si>
   <si>
     <t>1198.46</t>
   </si>
   <si>
-    <t>103</t>
+    <t>105</t>
   </si>
   <si>
     <t>2018-06-27</t>
   </si>
   <si>
     <t>1172.59</t>
   </si>
   <si>
-    <t>104</t>
+    <t>106</t>
   </si>
   <si>
     <t>2018-05-30</t>
   </si>
   <si>
     <t>1177.92</t>
   </si>
   <si>
-    <t>105</t>
+    <t>107</t>
   </si>
   <si>
     <t>2018-04-25</t>
   </si>
   <si>
     <t>1186.78</t>
   </si>
   <si>
-    <t>106</t>
+    <t>108</t>
   </si>
   <si>
     <t>2018-03-28</t>
   </si>
   <si>
     <t>1144.12</t>
   </si>
   <si>
-    <t>107</t>
+    <t>109</t>
   </si>
   <si>
     <t>2018-02-28</t>
   </si>
   <si>
     <t>1193.84</t>
   </si>
   <si>
-    <t>108</t>
+    <t>110</t>
   </si>
   <si>
     <t>2018-01-31</t>
   </si>
   <si>
     <t>1288.82</t>
   </si>
   <si>
-    <t>109</t>
+    <t>111</t>
   </si>
   <si>
     <t>2017-12-31</t>
   </si>
   <si>
     <t>1324.39</t>
   </si>
   <si>
-    <t>110</t>
+    <t>112</t>
   </si>
   <si>
     <t>2017-12-27</t>
   </si>
   <si>
     <t>1313.84</t>
   </si>
   <si>
-    <t>111</t>
+    <t>113</t>
   </si>
   <si>
     <t>2017-11-29</t>
   </si>
   <si>
     <t>1338.88</t>
   </si>
   <si>
-    <t>112</t>
+    <t>114</t>
   </si>
   <si>
     <t>2017-10-25</t>
   </si>
   <si>
     <t>1357.58</t>
   </si>
   <si>
-    <t>113</t>
+    <t>115</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>1372.38</t>
   </si>
   <si>
-    <t>114</t>
+    <t>116</t>
   </si>
   <si>
     <t>2017-08-30</t>
   </si>
   <si>
     <t>1433.02</t>
   </si>
   <si>
-    <t>115</t>
+    <t>117</t>
   </si>
   <si>
     <t>2017-07-26</t>
   </si>
   <si>
     <t>1471.86</t>
   </si>
   <si>
-    <t>116</t>
+    <t>118</t>
   </si>
   <si>
     <t>2017-06-30</t>
   </si>
   <si>
     <t>1467.02</t>
   </si>
   <si>
-    <t>117</t>
+    <t>119</t>
   </si>
   <si>
     <t>2017-06-28</t>
   </si>
   <si>
     <t>1466.24</t>
   </si>
   <si>
-    <t>118</t>
+    <t>120</t>
   </si>
   <si>
     <t>2017-05-31</t>
   </si>
   <si>
     <t>1455.81</t>
   </si>
   <si>
-    <t>119</t>
+    <t>121</t>
   </si>
   <si>
     <t>2017-04-26</t>
   </si>
   <si>
     <t>1445.61</t>
   </si>
   <si>
-    <t>120</t>
+    <t>122</t>
   </si>
   <si>
     <t>2017-03-29</t>
   </si>
   <si>
     <t>1437.30</t>
   </si>
   <si>
-    <t>121</t>
+    <t>123</t>
   </si>
   <si>
     <t>2017-02-22</t>
   </si>
   <si>
     <t>1438.38</t>
   </si>
   <si>
-    <t>122</t>
+    <t>124</t>
   </si>
   <si>
     <t>2017-01-25</t>
   </si>
   <si>
     <t>1357.41</t>
   </si>
   <si>
-    <t>123</t>
+    <t>125</t>
   </si>
   <si>
     <t>2016-12-31</t>
   </si>
   <si>
     <t>1312.58</t>
   </si>
   <si>
-    <t>124</t>
+    <t>126</t>
   </si>
   <si>
     <t>2016-12-28</t>
   </si>
   <si>
     <t>1293.48</t>
   </si>
   <si>
-    <t>125</t>
+    <t>127</t>
   </si>
   <si>
     <t>2016-11-30</t>
   </si>
   <si>
     <t>1323.87</t>
   </si>
   <si>
-    <t>126</t>
+    <t>128</t>
   </si>
   <si>
     <t>2016-10-26</t>
   </si>
   <si>
     <t>1331.58</t>
   </si>
   <si>
-    <t>127</t>
+    <t>129</t>
   </si>
   <si>
     <t>2016-09-28</t>
   </si>
   <si>
     <t>1297.64</t>
   </si>
   <si>
-    <t>128</t>
+    <t>130</t>
   </si>
   <si>
     <t>2016-08-31</t>
   </si>
   <si>
     <t>1354.99</t>
   </si>
   <si>
-    <t>129</t>
+    <t>131</t>
   </si>
   <si>
     <t>2016-07-27</t>
   </si>
   <si>
     <t>1349.74</t>
   </si>
   <si>
-    <t>130</t>
+    <t>132</t>
   </si>
   <si>
     <t>2016-06-30</t>
   </si>
   <si>
     <t>1335.81</t>
   </si>
   <si>
-    <t>131</t>
+    <t>133</t>
   </si>
   <si>
     <t>2016-06-29</t>
   </si>
   <si>
     <t>1317.18</t>
   </si>
   <si>
-    <t>132</t>
+    <t>134</t>
   </si>
   <si>
     <t>2016-05-25</t>
   </si>
   <si>
     <t>1279.86</t>
   </si>
   <si>
-    <t>133</t>
+    <t>135</t>
   </si>
   <si>
     <t>2016-04-27</t>
   </si>
   <si>
     <t>1262.67</t>
   </si>
   <si>
-    <t>134</t>
+    <t>136</t>
   </si>
   <si>
     <t>2016-03-30</t>
   </si>
   <si>
     <t>1197.88</t>
   </si>
   <si>
-    <t>135</t>
+    <t>137</t>
   </si>
   <si>
     <t>2016-02-24</t>
   </si>
   <si>
     <t>1150.10</t>
   </si>
   <si>
-    <t>136</t>
+    <t>138</t>
   </si>
   <si>
     <t>2016-01-27</t>
   </si>
   <si>
     <t>1093.39</t>
   </si>
   <si>
-    <t>137</t>
+    <t>139</t>
   </si>
   <si>
     <t>2015-12-31</t>
   </si>
   <si>
     <t>1162.11</t>
   </si>
   <si>
-    <t>138</t>
+    <t>140</t>
   </si>
   <si>
     <t>2015-12-30</t>
   </si>
   <si>
     <t>1162.02</t>
   </si>
   <si>
-    <t>139</t>
+    <t>141</t>
   </si>
   <si>
     <t>2015-11-25</t>
   </si>
   <si>
     <t>1167.55</t>
   </si>
   <si>
-    <t>140</t>
+    <t>142</t>
   </si>
   <si>
     <t>2015-10-28</t>
   </si>
   <si>
     <t>1266.57</t>
   </si>
   <si>
-    <t>141</t>
+    <t>143</t>
   </si>
   <si>
     <t>2015-09-30</t>
   </si>
   <si>
     <t>1216.62</t>
   </si>
   <si>
-    <t>142</t>
+    <t>144</t>
   </si>
   <si>
     <t>2015-08-26</t>
   </si>
   <si>
     <t>1217.09</t>
   </si>
   <si>
-    <t>143</t>
+    <t>145</t>
   </si>
   <si>
     <t>2015-07-29</t>
   </si>
   <si>
     <t>1309.93</t>
   </si>
   <si>
-    <t>144</t>
+    <t>146</t>
   </si>
   <si>
     <t>2015-06-30</t>
   </si>
   <si>
     <t>1328.32</t>
   </si>
   <si>
-    <t>145</t>
+    <t>147</t>
   </si>
   <si>
     <t>2015-06-24</t>
   </si>
   <si>
     <t>1340.93</t>
   </si>
   <si>
-    <t>146</t>
+    <t>148</t>
   </si>
   <si>
     <t>2015-05-27</t>
   </si>
   <si>
     <t>1335.53</t>
   </si>
   <si>
-    <t>147</t>
+    <t>149</t>
   </si>
   <si>
     <t>2015-04-29</t>
   </si>
   <si>
     <t>1372.06</t>
   </si>
   <si>
-    <t>148</t>
+    <t>150</t>
   </si>
   <si>
     <t>2015-03-25</t>
   </si>
   <si>
     <t>1309.70</t>
   </si>
   <si>
-    <t>149</t>
+    <t>151</t>
   </si>
   <si>
     <t>2015-02-25</t>
   </si>
   <si>
     <t>1298.53</t>
   </si>
   <si>
-    <t>150</t>
+    <t>152</t>
   </si>
   <si>
     <t>2015-01-28</t>
   </si>
   <si>
     <t>1268.33</t>
   </si>
   <si>
-    <t>151</t>
+    <t>153</t>
   </si>
   <si>
     <t>2015-01-02</t>
   </si>
   <si>
     <t>1287.39</t>
   </si>
   <si>
-    <t>152</t>
+    <t>154</t>
   </si>
   <si>
     <t>2014-12-31</t>
   </si>
   <si>
     <t>1281.20</t>
   </si>
   <si>
-    <t>153</t>
+    <t>155</t>
   </si>
   <si>
     <t>2014-11-26</t>
   </si>
   <si>
     <t>1288.47</t>
   </si>
   <si>
-    <t>154</t>
+    <t>156</t>
   </si>
   <si>
     <t>2014-10-29</t>
   </si>
   <si>
     <t>1221.56</t>
   </si>
   <si>
-    <t>155</t>
+    <t>157</t>
   </si>
   <si>
     <t>2014-09-24</t>
   </si>
   <si>
     <t>1281.66</t>
   </si>
   <si>
-    <t>156</t>
+    <t>158</t>
   </si>
   <si>
     <t>2014-08-27</t>
   </si>
   <si>
     <t>1281.60</t>
   </si>
   <si>
-    <t>157</t>
+    <t>159</t>
   </si>
   <si>
     <t>2014-07-30</t>
   </si>
   <si>
     <t>1264.78</t>
   </si>
   <si>
-    <t>158</t>
+    <t>160</t>
   </si>
   <si>
     <t>2014-06-30</t>
   </si>
   <si>
     <t>1350.78</t>
   </si>
   <si>
-    <t>159</t>
+    <t>161</t>
   </si>
   <si>
     <t>2014-06-25</t>
   </si>
   <si>
     <t>1341.88</t>
   </si>
   <si>
-    <t>160</t>
+    <t>162</t>
   </si>
   <si>
     <t>2014-05-28</t>
   </si>
   <si>
     <t>1327.23</t>
   </si>
   <si>
-    <t>161</t>
+    <t>163</t>
   </si>
   <si>
     <t>2014-04-30</t>
   </si>
   <si>
     <t>1386.21</t>
   </si>
   <si>
-    <t>162</t>
+    <t>164</t>
   </si>
   <si>
     <t>2014-03-26</t>
   </si>
   <si>
     <t>1386.05</t>
   </si>
   <si>
-    <t>163</t>
+    <t>165</t>
   </si>
   <si>
     <t>2014-02-26</t>
   </si>
   <si>
     <t>1466.89</t>
   </si>
   <si>
-    <t>164</t>
+    <t>166</t>
   </si>
   <si>
     <t>2014-02-25</t>
   </si>
   <si>
     <t>1472.95</t>
   </si>
   <si>
-    <t>165</t>
+    <t>167</t>
   </si>
   <si>
     <t>2014-01-29</t>
   </si>
   <si>
     <t>1424.49</t>
   </si>
   <si>
-    <t>166</t>
+    <t>168</t>
   </si>
   <si>
     <t>2013-12-31</t>
   </si>
   <si>
     <t>1469.68</t>
   </si>
   <si>
-    <t>167</t>
+    <t>169</t>
   </si>
   <si>
     <t>2013-12-27</t>
   </si>
   <si>
     <t>1462.59</t>
   </si>
   <si>
-    <t>168</t>
+    <t>170</t>
   </si>
   <si>
     <t>2013-11-27</t>
   </si>
   <si>
     <t>1511.63</t>
   </si>
   <si>
-    <t>169</t>
+    <t>171</t>
   </si>
   <si>
     <t>2013-10-30</t>
   </si>
   <si>
     <t>1589.22</t>
   </si>
   <si>
-    <t>170</t>
+    <t>172</t>
   </si>
   <si>
     <t>2013-09-25</t>
   </si>
   <si>
     <t>1461.23</t>
   </si>
   <si>
-    <t>171</t>
+    <t>173</t>
   </si>
   <si>
     <t>2013-09-02</t>
   </si>
   <si>
     <t>1458.63</t>
   </si>
   <si>
-    <t>172</t>
+    <t>174</t>
   </si>
   <si>
     <t>2013-08-28</t>
   </si>
   <si>
     <t>1439.68</t>
   </si>
   <si>
-    <t>173</t>
+    <t>175</t>
   </si>
   <si>
     <t>2013-07-31</t>
   </si>
   <si>
     <t>1359.03</t>
   </si>
   <si>
-    <t>174</t>
+    <t>176</t>
   </si>
   <si>
     <t>2013-06-30</t>
   </si>
   <si>
     <t>1404.06</t>
   </si>
   <si>
-    <t>175</t>
+    <t>177</t>
   </si>
   <si>
     <t>2013-06-26</t>
   </si>
   <si>
     <t>1415.30</t>
   </si>
   <si>
-    <t>176</t>
+    <t>178</t>
   </si>
   <si>
     <t>2013-05-29</t>
   </si>
   <si>
     <t>1386.54</t>
   </si>
   <si>
-    <t>177</t>
+    <t>179</t>
   </si>
   <si>
     <t>2013-04-24</t>
   </si>
   <si>
     <t>1245.48</t>
   </si>
   <si>
-    <t>178</t>
+    <t>180</t>
   </si>
   <si>
     <t>2013-03-27</t>
   </si>
   <si>
     <t>1271.23</t>
   </si>
   <si>
-    <t>179</t>
+    <t>181</t>
   </si>
   <si>
     <t>2013-02-27</t>
   </si>
   <si>
     <t>1237.86</t>
   </si>
   <si>
-    <t>180</t>
+    <t>182</t>
   </si>
   <si>
     <t>2013-01-30</t>
   </si>
   <si>
     <t>1177.66</t>
   </si>
   <si>
-    <t>181</t>
+    <t>183</t>
   </si>
   <si>
     <t>2012-12-31</t>
   </si>
   <si>
     <t>1113.31</t>
   </si>
   <si>
-    <t>182</t>
+    <t>184</t>
   </si>
   <si>
     <t>2012-12-27</t>
   </si>
   <si>
     <t>1104.47</t>
   </si>
   <si>
-    <t>183</t>
+    <t>185</t>
   </si>
   <si>
     <t>2012-11-28</t>
   </si>
   <si>
     <t>1052.23</t>
   </si>
   <si>
-    <t>184</t>
+    <t>186</t>
   </si>
   <si>
     <t>2012-10-31</t>
   </si>
   <si>
     <t>1076.63</t>
   </si>
   <si>
-    <t>185</t>
+    <t>187</t>
   </si>
   <si>
     <t>2012-09-26</t>
   </si>
   <si>
     <t>1046.44</t>
   </si>
   <si>
-    <t>186</t>
+    <t>188</t>
   </si>
   <si>
     <t>2012-08-29</t>
   </si>
   <si>
     <t>1055.62</t>
   </si>
   <si>
-    <t>187</t>
+    <t>189</t>
   </si>
   <si>
     <t>2012-07-25</t>
   </si>
   <si>
     <t>1017.44</t>
   </si>
   <si>
-    <t>188</t>
+    <t>190</t>
   </si>
   <si>
     <t>2012-06-30</t>
   </si>
   <si>
     <t>1064.15</t>
   </si>
   <si>
-    <t>189</t>
+    <t>191</t>
   </si>
   <si>
     <t>2012-06-27</t>
   </si>
   <si>
     <t>1051.75</t>
   </si>
   <si>
-    <t>190</t>
+    <t>192</t>
   </si>
   <si>
     <t>2012-05-30</t>
   </si>
   <si>
     <t>1023.48</t>
   </si>
   <si>
-    <t>191</t>
+    <t>193</t>
   </si>
   <si>
     <t>2012-04-25</t>
   </si>
   <si>
     <t>1056.33</t>
   </si>
   <si>
-    <t>192</t>
+    <t>194</t>
   </si>
   <si>
     <t>2012-03-28</t>
   </si>
   <si>
     <t>1142.24</t>
   </si>
   <si>
-    <t>193</t>
+    <t>195</t>
   </si>
   <si>
     <t>2012-02-29</t>
   </si>
   <si>
     <t>1120.76</t>
   </si>
   <si>
-    <t>194</t>
+    <t>196</t>
   </si>
   <si>
     <t>2012-01-25</t>
   </si>
   <si>
     <t>1039.00</t>
   </si>
   <si>
-    <t>195</t>
+    <t>197</t>
   </si>
   <si>
     <t>2011-12-31</t>
   </si>
   <si>
     <t>986.49</t>
   </si>
   <si>
-    <t>196</t>
+    <t>198</t>
   </si>
   <si>
     <t>2011-12-28</t>
   </si>
   <si>
     <t>987.64</t>
   </si>
   <si>
-    <t>197</t>
+    <t>199</t>
   </si>
   <si>
     <t>2011-11-30</t>
   </si>
   <si>
     <t>1003.53</t>
   </si>
   <si>
-    <t>198</t>
+    <t>200</t>
   </si>
   <si>
     <t>2011-10-26</t>
   </si>
   <si>
     <t>1022.46</t>
   </si>
   <si>
-    <t>199</t>
+    <t>201</t>
   </si>
   <si>
     <t>2011-09-28</t>
   </si>
   <si>
     <t>988.40</t>
   </si>
   <si>
-    <t>200</t>
+    <t>202</t>
   </si>
   <si>
     <t>2011-08-31</t>
   </si>
   <si>
     <t>1085.84</t>
   </si>
   <si>
-    <t>201</t>
+    <t>203</t>
   </si>
   <si>
     <t>2011-07-27</t>
   </si>
   <si>
     <t>1168.51</t>
   </si>
   <si>
-    <t>202</t>
+    <t>204</t>
   </si>
   <si>
     <t>2011-06-30</t>
   </si>
   <si>
     <t>1221.74</t>
   </si>
   <si>
-    <t>203</t>
+    <t>205</t>
   </si>
   <si>
     <t>2011-06-29</t>
   </si>
   <si>
     <t>1215.47</t>
   </si>
   <si>
-    <t>204</t>
+    <t>206</t>
   </si>
   <si>
     <t>2011-05-25</t>
   </si>
   <si>
     <t>1234.44</t>
   </si>
   <si>
-    <t>205</t>
+    <t>207</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
   <si>
     <t>1296.33</t>
   </si>
   <si>
-    <t>206</t>
+    <t>208</t>
   </si>
   <si>
     <t>2011-04-27</t>
   </si>
   <si>
     <t>1301.31</t>
   </si>
   <si>
-    <t>207</t>
+    <t>209</t>
   </si>
   <si>
     <t>2011-03-30</t>
   </si>
   <si>
     <t>1307.30</t>
   </si>
   <si>
-    <t>208</t>
+    <t>210</t>
   </si>
   <si>
     <t>2011-02-23</t>
   </si>
   <si>
     <t>1290.29</t>
   </si>
   <si>
-    <t>209</t>
+    <t>211</t>
   </si>
   <si>
     <t>2011-01-26</t>
   </si>
   <si>
     <t>1299.62</t>
   </si>
   <si>
-    <t>210</t>
+    <t>212</t>
   </si>
   <si>
     <t>2010-12-31</t>
   </si>
   <si>
     <t>1307.01</t>
   </si>
   <si>
-    <t>211</t>
+    <t>213</t>
   </si>
   <si>
     <t>2010-12-29</t>
   </si>
   <si>
     <t>1318.95</t>
   </si>
   <si>
-    <t>212</t>
+    <t>214</t>
   </si>
   <si>
     <t>2010-11-24</t>
   </si>
   <si>
     <t>1233.12</t>
   </si>
   <si>
-    <t>213</t>
+    <t>215</t>
   </si>
   <si>
     <t>2010-10-27</t>
   </si>
   <si>
     <t>1266.21</t>
   </si>
   <si>
-    <t>214</t>
+    <t>216</t>
   </si>
   <si>
     <t>2010-09-29</t>
   </si>
   <si>
     <t>1192.00</t>
   </si>
   <si>
-    <t>215</t>
+    <t>217</t>
   </si>
   <si>
     <t>2010-08-25</t>
   </si>
   <si>
     <t>1147.17</t>
   </si>
   <si>
-    <t>216</t>
+    <t>218</t>
   </si>
   <si>
     <t>2010-07-28</t>
   </si>
   <si>
     <t>1146.41</t>
   </si>
   <si>
-    <t>217</t>
+    <t>219</t>
   </si>
   <si>
     <t>2010-06-30</t>
   </si>
   <si>
     <t>1111.94</t>
   </si>
   <si>
-    <t>218</t>
+    <t>220</t>
   </si>
   <si>
     <t>2010-06-10</t>
   </si>
   <si>
     <t>1141.42</t>
   </si>
   <si>
-    <t>219</t>
+    <t>221</t>
   </si>
   <si>
     <t>2010-05-26</t>
   </si>
   <si>
     <t>1131.51</t>
   </si>
   <si>
-    <t>220</t>
+    <t>222</t>
   </si>
   <si>
     <t>2010-04-28</t>
   </si>
   <si>
     <t>1151.67</t>
   </si>
   <si>
-    <t>221</t>
+    <t>223</t>
   </si>
   <si>
     <t>2010-03-31</t>
   </si>
   <si>
     <t>1140.04</t>
   </si>
   <si>
-    <t>222</t>
+    <t>224</t>
   </si>
   <si>
     <t>2010-02-24</t>
   </si>
   <si>
     <t>1027.28</t>
   </si>
   <si>
-    <t>223</t>
+    <t>225</t>
   </si>
   <si>
     <t>2010-01-27</t>
   </si>
   <si>
     <t>1002.00</t>
   </si>
   <si>
-    <t>224</t>
+    <t>226</t>
   </si>
   <si>
     <t>2009-12-31</t>
   </si>
   <si>
     <t>973.49</t>
   </si>
   <si>
-    <t>225</t>
+    <t>227</t>
   </si>
   <si>
     <t>2009-12-30</t>
   </si>
   <si>
     <t>969.01</t>
   </si>
   <si>
-    <t>226</t>
+    <t>228</t>
   </si>
   <si>
     <t>2009-11-25</t>
   </si>
   <si>
     <t>993.12</t>
   </si>
   <si>
-    <t>227</t>
+    <t>229</t>
   </si>
   <si>
     <t>2009-10-28</t>
   </si>
   <si>
     <t>1005.59</t>
   </si>
   <si>
-    <t>228</t>
+    <t>230</t>
   </si>
   <si>
     <t>2009-09-30</t>
   </si>
   <si>
     <t>1024.82</t>
   </si>
   <si>
-    <t>229</t>
+    <t>231</t>
   </si>
   <si>
     <t>2009-08-26</t>
   </si>
   <si>
     <t>1020.45</t>
   </si>
   <si>
-    <t>230</t>
+    <t>232</t>
   </si>
   <si>
     <t>2009-08-03</t>
   </si>
   <si>
     <t>1000.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2134,51 +2152,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C232"/>
+  <dimension ref="A1:C234"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4686,29 +4704,51 @@
         <v>687</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>688</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>689</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>691</v>
       </c>
       <c r="B232" s="0" t="s">
         <v>692</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>693</v>
       </c>
     </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>699</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>