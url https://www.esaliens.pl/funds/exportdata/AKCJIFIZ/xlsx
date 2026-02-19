--- v3 (2026-01-29)
+++ v4 (2026-02-19)
@@ -4,2144 +4,2153 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESA Akcji Skoncentrowany FIZ" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="700">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="703" uniqueCount="703">
   <si>
     <t>ESA Akcji Skoncentrowany FIZ</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>1791.20</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>2026-01-02</t>
   </si>
   <si>
     <t>1714.27</t>
   </si>
   <si>
-    <t>2</t>
+    <t>3</t>
   </si>
   <si>
     <t>2025-12-31</t>
   </si>
   <si>
     <t>1678.04</t>
   </si>
   <si>
-    <t>3</t>
+    <t>4</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>1683.63</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>1668.58</t>
   </si>
   <si>
-    <t>5</t>
+    <t>6</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>1639.65</t>
   </si>
   <si>
-    <t>6</t>
+    <t>7</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>1599.43</t>
   </si>
   <si>
-    <t>7</t>
+    <t>8</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>1590.16</t>
   </si>
   <si>
-    <t>8</t>
+    <t>9</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>1533.79</t>
   </si>
   <si>
-    <t>9</t>
+    <t>10</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>1520.34</t>
   </si>
   <si>
-    <t>10</t>
+    <t>11</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>1528.82</t>
   </si>
   <si>
-    <t>11</t>
+    <t>12</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>1452.87</t>
   </si>
   <si>
-    <t>12</t>
+    <t>13</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>1485.00</t>
   </si>
   <si>
-    <t>13</t>
+    <t>14</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>1440.86</t>
   </si>
   <si>
-    <t>14</t>
+    <t>15</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>1353.73</t>
   </si>
   <si>
-    <t>15</t>
+    <t>16</t>
   </si>
   <si>
     <t>2024-12-31</t>
   </si>
   <si>
     <t>1310.05</t>
   </si>
   <si>
-    <t>16</t>
+    <t>17</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>1302.86</t>
   </si>
   <si>
-    <t>17</t>
+    <t>18</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>1320.01</t>
   </si>
   <si>
-    <t>18</t>
+    <t>19</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>1275.38</t>
   </si>
   <si>
-    <t>19</t>
+    <t>20</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
     <t>1349.58</t>
   </si>
   <si>
-    <t>20</t>
+    <t>21</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>1404.01</t>
   </si>
   <si>
-    <t>21</t>
+    <t>22</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>1415.00</t>
   </si>
   <si>
-    <t>22</t>
+    <t>23</t>
   </si>
   <si>
     <t>2024-06-30</t>
   </si>
   <si>
     <t>1480.99</t>
   </si>
   <si>
-    <t>23</t>
+    <t>24</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>1468.34</t>
   </si>
   <si>
-    <t>24</t>
+    <t>25</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
     <t>1423.76</t>
   </si>
   <si>
-    <t>25</t>
+    <t>26</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
     <t>1313.22</t>
   </si>
   <si>
-    <t>26</t>
+    <t>27</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
     <t>1243.77</t>
   </si>
   <si>
-    <t>27</t>
+    <t>28</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>1292.16</t>
   </si>
   <si>
-    <t>28</t>
+    <t>29</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>1318.75</t>
   </si>
   <si>
-    <t>29</t>
+    <t>30</t>
   </si>
   <si>
     <t>2023-12-31</t>
   </si>
   <si>
     <t>1337.82</t>
   </si>
   <si>
-    <t>30</t>
+    <t>31</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>1343.87</t>
   </si>
   <si>
-    <t>31</t>
+    <t>32</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>1323.29</t>
   </si>
   <si>
-    <t>32</t>
+    <t>33</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>1331.02</t>
   </si>
   <si>
-    <t>33</t>
+    <t>34</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>1394.04</t>
   </si>
   <si>
-    <t>34</t>
+    <t>35</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>1500.53</t>
   </si>
   <si>
-    <t>35</t>
+    <t>36</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>1497.13</t>
   </si>
   <si>
-    <t>36</t>
+    <t>37</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>1506.32</t>
   </si>
   <si>
-    <t>37</t>
+    <t>38</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>1491.09</t>
   </si>
   <si>
-    <t>38</t>
+    <t>39</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>1410.40</t>
   </si>
   <si>
-    <t>39</t>
+    <t>40</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>1402.11</t>
   </si>
   <si>
-    <t>40</t>
+    <t>41</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>1327.49</t>
   </si>
   <si>
-    <t>41</t>
+    <t>42</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>1396.86</t>
   </si>
   <si>
-    <t>42</t>
+    <t>43</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>1384.98</t>
   </si>
   <si>
-    <t>43</t>
+    <t>44</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>1305.13</t>
   </si>
   <si>
-    <t>44</t>
+    <t>45</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>1267.92</t>
   </si>
   <si>
-    <t>45</t>
+    <t>46</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
     <t>1257.55</t>
   </si>
   <si>
-    <t>46</t>
+    <t>47</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>1188.04</t>
   </si>
   <si>
-    <t>47</t>
+    <t>48</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>1202.68</t>
   </si>
   <si>
-    <t>48</t>
+    <t>49</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>1277.80</t>
   </si>
   <si>
-    <t>49</t>
+    <t>50</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>1147.45</t>
   </si>
   <si>
-    <t>50</t>
+    <t>51</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>1105.85</t>
   </si>
   <si>
-    <t>51</t>
+    <t>52</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
     <t>1112.52</t>
   </si>
   <si>
-    <t>52</t>
+    <t>53</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
     <t>1225.10</t>
   </si>
   <si>
-    <t>53</t>
+    <t>54</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>1260.98</t>
   </si>
   <si>
-    <t>54</t>
+    <t>55</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>1365.49</t>
   </si>
   <si>
-    <t>55</t>
+    <t>56</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>1329.89</t>
   </si>
   <si>
-    <t>56</t>
+    <t>57</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
     <t>1417.03</t>
   </si>
   <si>
-    <t>57</t>
+    <t>58</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>1535.77</t>
   </si>
   <si>
-    <t>58</t>
+    <t>59</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>1511.25</t>
   </si>
   <si>
-    <t>59</t>
+    <t>60</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
     <t>1567.22</t>
   </si>
   <si>
-    <t>60</t>
+    <t>61</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>1631.18</t>
   </si>
   <si>
-    <t>61</t>
+    <t>62</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
     <t>1614.97</t>
   </si>
   <si>
-    <t>62</t>
+    <t>63</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>1543.31</t>
   </si>
   <si>
-    <t>63</t>
+    <t>64</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>1593.08</t>
   </si>
   <si>
-    <t>64</t>
+    <t>65</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>1556.31</t>
   </si>
   <si>
-    <t>65</t>
+    <t>66</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>1481.97</t>
   </si>
   <si>
-    <t>66</t>
+    <t>67</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>1504.58</t>
   </si>
   <si>
-    <t>67</t>
+    <t>68</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
     <t>1500.97</t>
   </si>
   <si>
-    <t>68</t>
+    <t>69</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>1417.64</t>
   </si>
   <si>
-    <t>69</t>
+    <t>70</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>1311.13</t>
   </si>
   <si>
-    <t>70</t>
+    <t>71</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>1315.47</t>
   </si>
   <si>
-    <t>71</t>
+    <t>72</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
     <t>1316.82</t>
   </si>
   <si>
-    <t>72</t>
+    <t>73</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>1217.19</t>
   </si>
   <si>
-    <t>73</t>
+    <t>74</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>1097.93</t>
   </si>
   <si>
-    <t>74</t>
+    <t>75</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>1156.54</t>
   </si>
   <si>
-    <t>75</t>
+    <t>76</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>1186.59</t>
   </si>
   <si>
-    <t>76</t>
+    <t>77</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
     <t>1206.88</t>
   </si>
   <si>
-    <t>77</t>
+    <t>78</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>1192.26</t>
   </si>
   <si>
-    <t>78</t>
+    <t>79</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>1239.36</t>
   </si>
   <si>
-    <t>79</t>
+    <t>80</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>1149.78</t>
   </si>
   <si>
-    <t>80</t>
+    <t>81</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>1144.98</t>
   </si>
   <si>
-    <t>81</t>
+    <t>82</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>978.04</t>
   </si>
   <si>
-    <t>82</t>
+    <t>83</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>1288.22</t>
   </si>
   <si>
-    <t>83</t>
+    <t>84</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
     <t>1264.87</t>
   </si>
   <si>
-    <t>84</t>
+    <t>85</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>1106.50</t>
   </si>
   <si>
-    <t>85</t>
+    <t>86</t>
   </si>
   <si>
     <t>2019-11-27</t>
   </si>
   <si>
     <t>1109.15</t>
   </si>
   <si>
-    <t>86</t>
+    <t>87</t>
   </si>
   <si>
     <t>2019-10-30</t>
   </si>
   <si>
     <t>1055.36</t>
   </si>
   <si>
-    <t>87</t>
+    <t>88</t>
   </si>
   <si>
     <t>2019-09-25</t>
   </si>
   <si>
     <t>1073.48</t>
   </si>
   <si>
-    <t>88</t>
+    <t>89</t>
   </si>
   <si>
     <t>2019-08-28</t>
   </si>
   <si>
     <t>1054.58</t>
   </si>
   <si>
-    <t>89</t>
+    <t>90</t>
   </si>
   <si>
     <t>2019-07-31</t>
   </si>
   <si>
     <t>1099.96</t>
   </si>
   <si>
-    <t>90</t>
+    <t>91</t>
   </si>
   <si>
     <t>2019-06-30</t>
   </si>
   <si>
     <t>1102.92</t>
   </si>
   <si>
-    <t>91</t>
+    <t>92</t>
   </si>
   <si>
     <t>2019-06-26</t>
   </si>
   <si>
     <t>1078.75</t>
   </si>
   <si>
-    <t>92</t>
+    <t>93</t>
   </si>
   <si>
     <t>2019-05-29</t>
   </si>
   <si>
     <t>1081.44</t>
   </si>
   <si>
-    <t>93</t>
+    <t>94</t>
   </si>
   <si>
     <t>2019-04-24</t>
   </si>
   <si>
     <t>1073.12</t>
   </si>
   <si>
-    <t>94</t>
+    <t>95</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
     <t>1032.75</t>
   </si>
   <si>
-    <t>95</t>
+    <t>96</t>
   </si>
   <si>
     <t>2019-02-27</t>
   </si>
   <si>
     <t>999.12</t>
   </si>
   <si>
-    <t>96</t>
+    <t>97</t>
   </si>
   <si>
     <t>2019-01-30</t>
   </si>
   <si>
     <t>1035.00</t>
   </si>
   <si>
-    <t>97</t>
+    <t>98</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
     <t>982.09</t>
   </si>
   <si>
-    <t>98</t>
+    <t>99</t>
   </si>
   <si>
     <t>2018-12-27</t>
   </si>
   <si>
     <t>976.51</t>
   </si>
   <si>
-    <t>99</t>
+    <t>100</t>
   </si>
   <si>
     <t>2018-11-28</t>
   </si>
   <si>
     <t>993.18</t>
   </si>
   <si>
-    <t>100</t>
+    <t>101</t>
   </si>
   <si>
     <t>2018-10-31</t>
   </si>
   <si>
     <t>1032.07</t>
   </si>
   <si>
-    <t>101</t>
+    <t>102</t>
   </si>
   <si>
     <t>2018-09-26</t>
   </si>
   <si>
     <t>1062.12</t>
   </si>
   <si>
-    <t>102</t>
+    <t>103</t>
   </si>
   <si>
     <t>2018-08-29</t>
   </si>
   <si>
     <t>1114.86</t>
   </si>
   <si>
-    <t>103</t>
+    <t>104</t>
   </si>
   <si>
     <t>2018-07-25</t>
   </si>
   <si>
     <t>1193.73</t>
   </si>
   <si>
-    <t>104</t>
+    <t>105</t>
   </si>
   <si>
     <t>2018-06-30</t>
   </si>
   <si>
     <t>1198.46</t>
   </si>
   <si>
-    <t>105</t>
+    <t>106</t>
   </si>
   <si>
     <t>2018-06-27</t>
   </si>
   <si>
     <t>1172.59</t>
   </si>
   <si>
-    <t>106</t>
+    <t>107</t>
   </si>
   <si>
     <t>2018-05-30</t>
   </si>
   <si>
     <t>1177.92</t>
   </si>
   <si>
-    <t>107</t>
+    <t>108</t>
   </si>
   <si>
     <t>2018-04-25</t>
   </si>
   <si>
     <t>1186.78</t>
   </si>
   <si>
-    <t>108</t>
+    <t>109</t>
   </si>
   <si>
     <t>2018-03-28</t>
   </si>
   <si>
     <t>1144.12</t>
   </si>
   <si>
-    <t>109</t>
+    <t>110</t>
   </si>
   <si>
     <t>2018-02-28</t>
   </si>
   <si>
     <t>1193.84</t>
   </si>
   <si>
-    <t>110</t>
+    <t>111</t>
   </si>
   <si>
     <t>2018-01-31</t>
   </si>
   <si>
     <t>1288.82</t>
   </si>
   <si>
-    <t>111</t>
+    <t>112</t>
   </si>
   <si>
     <t>2017-12-31</t>
   </si>
   <si>
     <t>1324.39</t>
   </si>
   <si>
-    <t>112</t>
+    <t>113</t>
   </si>
   <si>
     <t>2017-12-27</t>
   </si>
   <si>
     <t>1313.84</t>
   </si>
   <si>
-    <t>113</t>
+    <t>114</t>
   </si>
   <si>
     <t>2017-11-29</t>
   </si>
   <si>
     <t>1338.88</t>
   </si>
   <si>
-    <t>114</t>
+    <t>115</t>
   </si>
   <si>
     <t>2017-10-25</t>
   </si>
   <si>
     <t>1357.58</t>
   </si>
   <si>
-    <t>115</t>
+    <t>116</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>1372.38</t>
   </si>
   <si>
-    <t>116</t>
+    <t>117</t>
   </si>
   <si>
     <t>2017-08-30</t>
   </si>
   <si>
     <t>1433.02</t>
   </si>
   <si>
-    <t>117</t>
+    <t>118</t>
   </si>
   <si>
     <t>2017-07-26</t>
   </si>
   <si>
     <t>1471.86</t>
   </si>
   <si>
-    <t>118</t>
+    <t>119</t>
   </si>
   <si>
     <t>2017-06-30</t>
   </si>
   <si>
     <t>1467.02</t>
   </si>
   <si>
-    <t>119</t>
+    <t>120</t>
   </si>
   <si>
     <t>2017-06-28</t>
   </si>
   <si>
     <t>1466.24</t>
   </si>
   <si>
-    <t>120</t>
+    <t>121</t>
   </si>
   <si>
     <t>2017-05-31</t>
   </si>
   <si>
     <t>1455.81</t>
   </si>
   <si>
-    <t>121</t>
+    <t>122</t>
   </si>
   <si>
     <t>2017-04-26</t>
   </si>
   <si>
     <t>1445.61</t>
   </si>
   <si>
-    <t>122</t>
+    <t>123</t>
   </si>
   <si>
     <t>2017-03-29</t>
   </si>
   <si>
     <t>1437.30</t>
   </si>
   <si>
-    <t>123</t>
+    <t>124</t>
   </si>
   <si>
     <t>2017-02-22</t>
   </si>
   <si>
     <t>1438.38</t>
   </si>
   <si>
-    <t>124</t>
+    <t>125</t>
   </si>
   <si>
     <t>2017-01-25</t>
   </si>
   <si>
     <t>1357.41</t>
   </si>
   <si>
-    <t>125</t>
+    <t>126</t>
   </si>
   <si>
     <t>2016-12-31</t>
   </si>
   <si>
     <t>1312.58</t>
   </si>
   <si>
-    <t>126</t>
+    <t>127</t>
   </si>
   <si>
     <t>2016-12-28</t>
   </si>
   <si>
     <t>1293.48</t>
   </si>
   <si>
-    <t>127</t>
+    <t>128</t>
   </si>
   <si>
     <t>2016-11-30</t>
   </si>
   <si>
     <t>1323.87</t>
   </si>
   <si>
-    <t>128</t>
+    <t>129</t>
   </si>
   <si>
     <t>2016-10-26</t>
   </si>
   <si>
     <t>1331.58</t>
   </si>
   <si>
-    <t>129</t>
+    <t>130</t>
   </si>
   <si>
     <t>2016-09-28</t>
   </si>
   <si>
     <t>1297.64</t>
   </si>
   <si>
-    <t>130</t>
+    <t>131</t>
   </si>
   <si>
     <t>2016-08-31</t>
   </si>
   <si>
     <t>1354.99</t>
   </si>
   <si>
-    <t>131</t>
+    <t>132</t>
   </si>
   <si>
     <t>2016-07-27</t>
   </si>
   <si>
     <t>1349.74</t>
   </si>
   <si>
-    <t>132</t>
+    <t>133</t>
   </si>
   <si>
     <t>2016-06-30</t>
   </si>
   <si>
     <t>1335.81</t>
   </si>
   <si>
-    <t>133</t>
+    <t>134</t>
   </si>
   <si>
     <t>2016-06-29</t>
   </si>
   <si>
     <t>1317.18</t>
   </si>
   <si>
-    <t>134</t>
+    <t>135</t>
   </si>
   <si>
     <t>2016-05-25</t>
   </si>
   <si>
     <t>1279.86</t>
   </si>
   <si>
-    <t>135</t>
+    <t>136</t>
   </si>
   <si>
     <t>2016-04-27</t>
   </si>
   <si>
     <t>1262.67</t>
   </si>
   <si>
-    <t>136</t>
+    <t>137</t>
   </si>
   <si>
     <t>2016-03-30</t>
   </si>
   <si>
     <t>1197.88</t>
   </si>
   <si>
-    <t>137</t>
+    <t>138</t>
   </si>
   <si>
     <t>2016-02-24</t>
   </si>
   <si>
     <t>1150.10</t>
   </si>
   <si>
-    <t>138</t>
+    <t>139</t>
   </si>
   <si>
     <t>2016-01-27</t>
   </si>
   <si>
     <t>1093.39</t>
   </si>
   <si>
-    <t>139</t>
+    <t>140</t>
   </si>
   <si>
     <t>2015-12-31</t>
   </si>
   <si>
     <t>1162.11</t>
   </si>
   <si>
-    <t>140</t>
+    <t>141</t>
   </si>
   <si>
     <t>2015-12-30</t>
   </si>
   <si>
     <t>1162.02</t>
   </si>
   <si>
-    <t>141</t>
+    <t>142</t>
   </si>
   <si>
     <t>2015-11-25</t>
   </si>
   <si>
     <t>1167.55</t>
   </si>
   <si>
-    <t>142</t>
+    <t>143</t>
   </si>
   <si>
     <t>2015-10-28</t>
   </si>
   <si>
     <t>1266.57</t>
   </si>
   <si>
-    <t>143</t>
+    <t>144</t>
   </si>
   <si>
     <t>2015-09-30</t>
   </si>
   <si>
     <t>1216.62</t>
   </si>
   <si>
-    <t>144</t>
+    <t>145</t>
   </si>
   <si>
     <t>2015-08-26</t>
   </si>
   <si>
     <t>1217.09</t>
   </si>
   <si>
-    <t>145</t>
+    <t>146</t>
   </si>
   <si>
     <t>2015-07-29</t>
   </si>
   <si>
     <t>1309.93</t>
   </si>
   <si>
-    <t>146</t>
+    <t>147</t>
   </si>
   <si>
     <t>2015-06-30</t>
   </si>
   <si>
     <t>1328.32</t>
   </si>
   <si>
-    <t>147</t>
+    <t>148</t>
   </si>
   <si>
     <t>2015-06-24</t>
   </si>
   <si>
     <t>1340.93</t>
   </si>
   <si>
-    <t>148</t>
+    <t>149</t>
   </si>
   <si>
     <t>2015-05-27</t>
   </si>
   <si>
     <t>1335.53</t>
   </si>
   <si>
-    <t>149</t>
+    <t>150</t>
   </si>
   <si>
     <t>2015-04-29</t>
   </si>
   <si>
     <t>1372.06</t>
   </si>
   <si>
-    <t>150</t>
+    <t>151</t>
   </si>
   <si>
     <t>2015-03-25</t>
   </si>
   <si>
     <t>1309.70</t>
   </si>
   <si>
-    <t>151</t>
+    <t>152</t>
   </si>
   <si>
     <t>2015-02-25</t>
   </si>
   <si>
     <t>1298.53</t>
   </si>
   <si>
-    <t>152</t>
+    <t>153</t>
   </si>
   <si>
     <t>2015-01-28</t>
   </si>
   <si>
     <t>1268.33</t>
   </si>
   <si>
-    <t>153</t>
+    <t>154</t>
   </si>
   <si>
     <t>2015-01-02</t>
   </si>
   <si>
     <t>1287.39</t>
   </si>
   <si>
-    <t>154</t>
+    <t>155</t>
   </si>
   <si>
     <t>2014-12-31</t>
   </si>
   <si>
     <t>1281.20</t>
   </si>
   <si>
-    <t>155</t>
+    <t>156</t>
   </si>
   <si>
     <t>2014-11-26</t>
   </si>
   <si>
     <t>1288.47</t>
   </si>
   <si>
-    <t>156</t>
+    <t>157</t>
   </si>
   <si>
     <t>2014-10-29</t>
   </si>
   <si>
     <t>1221.56</t>
   </si>
   <si>
-    <t>157</t>
+    <t>158</t>
   </si>
   <si>
     <t>2014-09-24</t>
   </si>
   <si>
     <t>1281.66</t>
   </si>
   <si>
-    <t>158</t>
+    <t>159</t>
   </si>
   <si>
     <t>2014-08-27</t>
   </si>
   <si>
     <t>1281.60</t>
   </si>
   <si>
-    <t>159</t>
+    <t>160</t>
   </si>
   <si>
     <t>2014-07-30</t>
   </si>
   <si>
     <t>1264.78</t>
   </si>
   <si>
-    <t>160</t>
+    <t>161</t>
   </si>
   <si>
     <t>2014-06-30</t>
   </si>
   <si>
     <t>1350.78</t>
   </si>
   <si>
-    <t>161</t>
+    <t>162</t>
   </si>
   <si>
     <t>2014-06-25</t>
   </si>
   <si>
     <t>1341.88</t>
   </si>
   <si>
-    <t>162</t>
+    <t>163</t>
   </si>
   <si>
     <t>2014-05-28</t>
   </si>
   <si>
     <t>1327.23</t>
   </si>
   <si>
-    <t>163</t>
+    <t>164</t>
   </si>
   <si>
     <t>2014-04-30</t>
   </si>
   <si>
     <t>1386.21</t>
   </si>
   <si>
-    <t>164</t>
+    <t>165</t>
   </si>
   <si>
     <t>2014-03-26</t>
   </si>
   <si>
     <t>1386.05</t>
   </si>
   <si>
-    <t>165</t>
+    <t>166</t>
   </si>
   <si>
     <t>2014-02-26</t>
   </si>
   <si>
     <t>1466.89</t>
   </si>
   <si>
-    <t>166</t>
+    <t>167</t>
   </si>
   <si>
     <t>2014-02-25</t>
   </si>
   <si>
     <t>1472.95</t>
   </si>
   <si>
-    <t>167</t>
+    <t>168</t>
   </si>
   <si>
     <t>2014-01-29</t>
   </si>
   <si>
     <t>1424.49</t>
   </si>
   <si>
-    <t>168</t>
+    <t>169</t>
   </si>
   <si>
     <t>2013-12-31</t>
   </si>
   <si>
     <t>1469.68</t>
   </si>
   <si>
-    <t>169</t>
+    <t>170</t>
   </si>
   <si>
     <t>2013-12-27</t>
   </si>
   <si>
     <t>1462.59</t>
   </si>
   <si>
-    <t>170</t>
+    <t>171</t>
   </si>
   <si>
     <t>2013-11-27</t>
   </si>
   <si>
     <t>1511.63</t>
   </si>
   <si>
-    <t>171</t>
+    <t>172</t>
   </si>
   <si>
     <t>2013-10-30</t>
   </si>
   <si>
     <t>1589.22</t>
   </si>
   <si>
-    <t>172</t>
+    <t>173</t>
   </si>
   <si>
     <t>2013-09-25</t>
   </si>
   <si>
     <t>1461.23</t>
   </si>
   <si>
-    <t>173</t>
+    <t>174</t>
   </si>
   <si>
     <t>2013-09-02</t>
   </si>
   <si>
     <t>1458.63</t>
   </si>
   <si>
-    <t>174</t>
+    <t>175</t>
   </si>
   <si>
     <t>2013-08-28</t>
   </si>
   <si>
     <t>1439.68</t>
   </si>
   <si>
-    <t>175</t>
+    <t>176</t>
   </si>
   <si>
     <t>2013-07-31</t>
   </si>
   <si>
     <t>1359.03</t>
   </si>
   <si>
-    <t>176</t>
+    <t>177</t>
   </si>
   <si>
     <t>2013-06-30</t>
   </si>
   <si>
     <t>1404.06</t>
   </si>
   <si>
-    <t>177</t>
+    <t>178</t>
   </si>
   <si>
     <t>2013-06-26</t>
   </si>
   <si>
     <t>1415.30</t>
   </si>
   <si>
-    <t>178</t>
+    <t>179</t>
   </si>
   <si>
     <t>2013-05-29</t>
   </si>
   <si>
     <t>1386.54</t>
   </si>
   <si>
-    <t>179</t>
+    <t>180</t>
   </si>
   <si>
     <t>2013-04-24</t>
   </si>
   <si>
     <t>1245.48</t>
   </si>
   <si>
-    <t>180</t>
+    <t>181</t>
   </si>
   <si>
     <t>2013-03-27</t>
   </si>
   <si>
     <t>1271.23</t>
   </si>
   <si>
-    <t>181</t>
+    <t>182</t>
   </si>
   <si>
     <t>2013-02-27</t>
   </si>
   <si>
     <t>1237.86</t>
   </si>
   <si>
-    <t>182</t>
+    <t>183</t>
   </si>
   <si>
     <t>2013-01-30</t>
   </si>
   <si>
     <t>1177.66</t>
   </si>
   <si>
-    <t>183</t>
+    <t>184</t>
   </si>
   <si>
     <t>2012-12-31</t>
   </si>
   <si>
     <t>1113.31</t>
   </si>
   <si>
-    <t>184</t>
+    <t>185</t>
   </si>
   <si>
     <t>2012-12-27</t>
   </si>
   <si>
     <t>1104.47</t>
   </si>
   <si>
-    <t>185</t>
+    <t>186</t>
   </si>
   <si>
     <t>2012-11-28</t>
   </si>
   <si>
     <t>1052.23</t>
   </si>
   <si>
-    <t>186</t>
+    <t>187</t>
   </si>
   <si>
     <t>2012-10-31</t>
   </si>
   <si>
     <t>1076.63</t>
   </si>
   <si>
-    <t>187</t>
+    <t>188</t>
   </si>
   <si>
     <t>2012-09-26</t>
   </si>
   <si>
     <t>1046.44</t>
   </si>
   <si>
-    <t>188</t>
+    <t>189</t>
   </si>
   <si>
     <t>2012-08-29</t>
   </si>
   <si>
     <t>1055.62</t>
   </si>
   <si>
-    <t>189</t>
+    <t>190</t>
   </si>
   <si>
     <t>2012-07-25</t>
   </si>
   <si>
     <t>1017.44</t>
   </si>
   <si>
-    <t>190</t>
+    <t>191</t>
   </si>
   <si>
     <t>2012-06-30</t>
   </si>
   <si>
     <t>1064.15</t>
   </si>
   <si>
-    <t>191</t>
+    <t>192</t>
   </si>
   <si>
     <t>2012-06-27</t>
   </si>
   <si>
     <t>1051.75</t>
   </si>
   <si>
-    <t>192</t>
+    <t>193</t>
   </si>
   <si>
     <t>2012-05-30</t>
   </si>
   <si>
     <t>1023.48</t>
   </si>
   <si>
-    <t>193</t>
+    <t>194</t>
   </si>
   <si>
     <t>2012-04-25</t>
   </si>
   <si>
     <t>1056.33</t>
   </si>
   <si>
-    <t>194</t>
+    <t>195</t>
   </si>
   <si>
     <t>2012-03-28</t>
   </si>
   <si>
     <t>1142.24</t>
   </si>
   <si>
-    <t>195</t>
+    <t>196</t>
   </si>
   <si>
     <t>2012-02-29</t>
   </si>
   <si>
     <t>1120.76</t>
   </si>
   <si>
-    <t>196</t>
+    <t>197</t>
   </si>
   <si>
     <t>2012-01-25</t>
   </si>
   <si>
     <t>1039.00</t>
   </si>
   <si>
-    <t>197</t>
+    <t>198</t>
   </si>
   <si>
     <t>2011-12-31</t>
   </si>
   <si>
     <t>986.49</t>
   </si>
   <si>
-    <t>198</t>
+    <t>199</t>
   </si>
   <si>
     <t>2011-12-28</t>
   </si>
   <si>
     <t>987.64</t>
   </si>
   <si>
-    <t>199</t>
+    <t>200</t>
   </si>
   <si>
     <t>2011-11-30</t>
   </si>
   <si>
     <t>1003.53</t>
   </si>
   <si>
-    <t>200</t>
+    <t>201</t>
   </si>
   <si>
     <t>2011-10-26</t>
   </si>
   <si>
     <t>1022.46</t>
   </si>
   <si>
-    <t>201</t>
+    <t>202</t>
   </si>
   <si>
     <t>2011-09-28</t>
   </si>
   <si>
     <t>988.40</t>
   </si>
   <si>
-    <t>202</t>
+    <t>203</t>
   </si>
   <si>
     <t>2011-08-31</t>
   </si>
   <si>
     <t>1085.84</t>
   </si>
   <si>
-    <t>203</t>
+    <t>204</t>
   </si>
   <si>
     <t>2011-07-27</t>
   </si>
   <si>
     <t>1168.51</t>
   </si>
   <si>
-    <t>204</t>
+    <t>205</t>
   </si>
   <si>
     <t>2011-06-30</t>
   </si>
   <si>
     <t>1221.74</t>
   </si>
   <si>
-    <t>205</t>
+    <t>206</t>
   </si>
   <si>
     <t>2011-06-29</t>
   </si>
   <si>
     <t>1215.47</t>
   </si>
   <si>
-    <t>206</t>
+    <t>207</t>
   </si>
   <si>
     <t>2011-05-25</t>
   </si>
   <si>
     <t>1234.44</t>
   </si>
   <si>
-    <t>207</t>
+    <t>208</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
   <si>
     <t>1296.33</t>
   </si>
   <si>
-    <t>208</t>
+    <t>209</t>
   </si>
   <si>
     <t>2011-04-27</t>
   </si>
   <si>
     <t>1301.31</t>
   </si>
   <si>
-    <t>209</t>
+    <t>210</t>
   </si>
   <si>
     <t>2011-03-30</t>
   </si>
   <si>
     <t>1307.30</t>
   </si>
   <si>
-    <t>210</t>
+    <t>211</t>
   </si>
   <si>
     <t>2011-02-23</t>
   </si>
   <si>
     <t>1290.29</t>
   </si>
   <si>
-    <t>211</t>
+    <t>212</t>
   </si>
   <si>
     <t>2011-01-26</t>
   </si>
   <si>
     <t>1299.62</t>
   </si>
   <si>
-    <t>212</t>
+    <t>213</t>
   </si>
   <si>
     <t>2010-12-31</t>
   </si>
   <si>
     <t>1307.01</t>
   </si>
   <si>
-    <t>213</t>
+    <t>214</t>
   </si>
   <si>
     <t>2010-12-29</t>
   </si>
   <si>
     <t>1318.95</t>
   </si>
   <si>
-    <t>214</t>
+    <t>215</t>
   </si>
   <si>
     <t>2010-11-24</t>
   </si>
   <si>
     <t>1233.12</t>
   </si>
   <si>
-    <t>215</t>
+    <t>216</t>
   </si>
   <si>
     <t>2010-10-27</t>
   </si>
   <si>
     <t>1266.21</t>
   </si>
   <si>
-    <t>216</t>
+    <t>217</t>
   </si>
   <si>
     <t>2010-09-29</t>
   </si>
   <si>
     <t>1192.00</t>
   </si>
   <si>
-    <t>217</t>
+    <t>218</t>
   </si>
   <si>
     <t>2010-08-25</t>
   </si>
   <si>
     <t>1147.17</t>
   </si>
   <si>
-    <t>218</t>
+    <t>219</t>
   </si>
   <si>
     <t>2010-07-28</t>
   </si>
   <si>
     <t>1146.41</t>
   </si>
   <si>
-    <t>219</t>
+    <t>220</t>
   </si>
   <si>
     <t>2010-06-30</t>
   </si>
   <si>
     <t>1111.94</t>
   </si>
   <si>
-    <t>220</t>
+    <t>221</t>
   </si>
   <si>
     <t>2010-06-10</t>
   </si>
   <si>
     <t>1141.42</t>
   </si>
   <si>
-    <t>221</t>
+    <t>222</t>
   </si>
   <si>
     <t>2010-05-26</t>
   </si>
   <si>
     <t>1131.51</t>
   </si>
   <si>
-    <t>222</t>
+    <t>223</t>
   </si>
   <si>
     <t>2010-04-28</t>
   </si>
   <si>
     <t>1151.67</t>
   </si>
   <si>
-    <t>223</t>
+    <t>224</t>
   </si>
   <si>
     <t>2010-03-31</t>
   </si>
   <si>
     <t>1140.04</t>
   </si>
   <si>
-    <t>224</t>
+    <t>225</t>
   </si>
   <si>
     <t>2010-02-24</t>
   </si>
   <si>
     <t>1027.28</t>
   </si>
   <si>
-    <t>225</t>
+    <t>226</t>
   </si>
   <si>
     <t>2010-01-27</t>
   </si>
   <si>
     <t>1002.00</t>
   </si>
   <si>
-    <t>226</t>
+    <t>227</t>
   </si>
   <si>
     <t>2009-12-31</t>
   </si>
   <si>
     <t>973.49</t>
   </si>
   <si>
-    <t>227</t>
+    <t>228</t>
   </si>
   <si>
     <t>2009-12-30</t>
   </si>
   <si>
     <t>969.01</t>
   </si>
   <si>
-    <t>228</t>
+    <t>229</t>
   </si>
   <si>
     <t>2009-11-25</t>
   </si>
   <si>
     <t>993.12</t>
   </si>
   <si>
-    <t>229</t>
+    <t>230</t>
   </si>
   <si>
     <t>2009-10-28</t>
   </si>
   <si>
     <t>1005.59</t>
   </si>
   <si>
-    <t>230</t>
+    <t>231</t>
   </si>
   <si>
     <t>2009-09-30</t>
   </si>
   <si>
     <t>1024.82</t>
   </si>
   <si>
-    <t>231</t>
+    <t>232</t>
   </si>
   <si>
     <t>2009-08-26</t>
   </si>
   <si>
     <t>1020.45</t>
   </si>
   <si>
-    <t>232</t>
+    <t>233</t>
   </si>
   <si>
     <t>2009-08-03</t>
   </si>
   <si>
     <t>1000.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2152,51 +2161,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C234"/>
+  <dimension ref="A1:C235"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4726,29 +4735,40 @@
         <v>693</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>694</v>
       </c>
       <c r="B233" s="0" t="s">
         <v>695</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>697</v>
       </c>
       <c r="B234" s="0" t="s">
         <v>698</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>699</v>
       </c>
     </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>702</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>