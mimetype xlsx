--- v4 (2026-02-19)
+++ v5 (2026-03-11)
@@ -1,2156 +1,2165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="ESA Akcji Skoncentrowany FIZ" sheetId="1" r:id="rId1"/>
+    <sheet name="ESA Equity Focused CEIF" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="703" uniqueCount="703">
-[...1 lines deleted...]
-    <t>ESA Akcji Skoncentrowany FIZ</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="706" uniqueCount="706">
+  <si>
+    <t>ESA Equity Focused CEIF</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>1834.62</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>1791.20</t>
   </si>
   <si>
-    <t>2</t>
+    <t>3</t>
   </si>
   <si>
     <t>2026-01-02</t>
   </si>
   <si>
     <t>1714.27</t>
   </si>
   <si>
-    <t>3</t>
+    <t>4</t>
   </si>
   <si>
     <t>2025-12-31</t>
   </si>
   <si>
     <t>1678.04</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>1683.63</t>
   </si>
   <si>
-    <t>5</t>
+    <t>6</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>1668.58</t>
   </si>
   <si>
-    <t>6</t>
+    <t>7</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>1639.65</t>
   </si>
   <si>
-    <t>7</t>
+    <t>8</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>1599.43</t>
   </si>
   <si>
-    <t>8</t>
+    <t>9</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>1590.16</t>
   </si>
   <si>
-    <t>9</t>
+    <t>10</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>1533.79</t>
   </si>
   <si>
-    <t>10</t>
+    <t>11</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>1520.34</t>
   </si>
   <si>
-    <t>11</t>
+    <t>12</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>1528.82</t>
   </si>
   <si>
-    <t>12</t>
+    <t>13</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>1452.87</t>
   </si>
   <si>
-    <t>13</t>
+    <t>14</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>1485.00</t>
   </si>
   <si>
-    <t>14</t>
+    <t>15</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>1440.86</t>
   </si>
   <si>
-    <t>15</t>
+    <t>16</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>1353.73</t>
   </si>
   <si>
-    <t>16</t>
+    <t>17</t>
   </si>
   <si>
     <t>2024-12-31</t>
   </si>
   <si>
     <t>1310.05</t>
   </si>
   <si>
-    <t>17</t>
+    <t>18</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>1302.86</t>
   </si>
   <si>
-    <t>18</t>
+    <t>19</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>1320.01</t>
   </si>
   <si>
-    <t>19</t>
+    <t>20</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>1275.38</t>
   </si>
   <si>
-    <t>20</t>
+    <t>21</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
     <t>1349.58</t>
   </si>
   <si>
-    <t>21</t>
+    <t>22</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>1404.01</t>
   </si>
   <si>
-    <t>22</t>
+    <t>23</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>1415.00</t>
   </si>
   <si>
-    <t>23</t>
+    <t>24</t>
   </si>
   <si>
     <t>2024-06-30</t>
   </si>
   <si>
     <t>1480.99</t>
   </si>
   <si>
-    <t>24</t>
+    <t>25</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>1468.34</t>
   </si>
   <si>
-    <t>25</t>
+    <t>26</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
     <t>1423.76</t>
   </si>
   <si>
-    <t>26</t>
+    <t>27</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
     <t>1313.22</t>
   </si>
   <si>
-    <t>27</t>
+    <t>28</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
     <t>1243.77</t>
   </si>
   <si>
-    <t>28</t>
+    <t>29</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>1292.16</t>
   </si>
   <si>
-    <t>29</t>
+    <t>30</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>1318.75</t>
   </si>
   <si>
-    <t>30</t>
+    <t>31</t>
   </si>
   <si>
     <t>2023-12-31</t>
   </si>
   <si>
     <t>1337.82</t>
   </si>
   <si>
-    <t>31</t>
+    <t>32</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>1343.87</t>
   </si>
   <si>
-    <t>32</t>
+    <t>33</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>1323.29</t>
   </si>
   <si>
-    <t>33</t>
+    <t>34</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>1331.02</t>
   </si>
   <si>
-    <t>34</t>
+    <t>35</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>1394.04</t>
   </si>
   <si>
-    <t>35</t>
+    <t>36</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>1500.53</t>
   </si>
   <si>
-    <t>36</t>
+    <t>37</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>1497.13</t>
   </si>
   <si>
-    <t>37</t>
+    <t>38</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>1506.32</t>
   </si>
   <si>
-    <t>38</t>
+    <t>39</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>1491.09</t>
   </si>
   <si>
-    <t>39</t>
+    <t>40</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>1410.40</t>
   </si>
   <si>
-    <t>40</t>
+    <t>41</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>1402.11</t>
   </si>
   <si>
-    <t>41</t>
+    <t>42</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>1327.49</t>
   </si>
   <si>
-    <t>42</t>
+    <t>43</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>1396.86</t>
   </si>
   <si>
-    <t>43</t>
+    <t>44</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>1384.98</t>
   </si>
   <si>
-    <t>44</t>
+    <t>45</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>1305.13</t>
   </si>
   <si>
-    <t>45</t>
+    <t>46</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>1267.92</t>
   </si>
   <si>
-    <t>46</t>
+    <t>47</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
     <t>1257.55</t>
   </si>
   <si>
-    <t>47</t>
+    <t>48</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>1188.04</t>
   </si>
   <si>
-    <t>48</t>
+    <t>49</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>1202.68</t>
   </si>
   <si>
-    <t>49</t>
+    <t>50</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>1277.80</t>
   </si>
   <si>
-    <t>50</t>
+    <t>51</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>1147.45</t>
   </si>
   <si>
-    <t>51</t>
+    <t>52</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>1105.85</t>
   </si>
   <si>
-    <t>52</t>
+    <t>53</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
     <t>1112.52</t>
   </si>
   <si>
-    <t>53</t>
+    <t>54</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
     <t>1225.10</t>
   </si>
   <si>
-    <t>54</t>
+    <t>55</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>1260.98</t>
   </si>
   <si>
-    <t>55</t>
+    <t>56</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>1365.49</t>
   </si>
   <si>
-    <t>56</t>
+    <t>57</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>1329.89</t>
   </si>
   <si>
-    <t>57</t>
+    <t>58</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
     <t>1417.03</t>
   </si>
   <si>
-    <t>58</t>
+    <t>59</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>1535.77</t>
   </si>
   <si>
-    <t>59</t>
+    <t>60</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>1511.25</t>
   </si>
   <si>
-    <t>60</t>
+    <t>61</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
     <t>1567.22</t>
   </si>
   <si>
-    <t>61</t>
+    <t>62</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>1631.18</t>
   </si>
   <si>
-    <t>62</t>
+    <t>63</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
     <t>1614.97</t>
   </si>
   <si>
-    <t>63</t>
+    <t>64</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>1543.31</t>
   </si>
   <si>
-    <t>64</t>
+    <t>65</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>1593.08</t>
   </si>
   <si>
-    <t>65</t>
+    <t>66</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>1556.31</t>
   </si>
   <si>
-    <t>66</t>
+    <t>67</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>1481.97</t>
   </si>
   <si>
-    <t>67</t>
+    <t>68</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>1504.58</t>
   </si>
   <si>
-    <t>68</t>
+    <t>69</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
     <t>1500.97</t>
   </si>
   <si>
-    <t>69</t>
+    <t>70</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>1417.64</t>
   </si>
   <si>
-    <t>70</t>
+    <t>71</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>1311.13</t>
   </si>
   <si>
-    <t>71</t>
+    <t>72</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>1315.47</t>
   </si>
   <si>
-    <t>72</t>
+    <t>73</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
     <t>1316.82</t>
   </si>
   <si>
-    <t>73</t>
+    <t>74</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>1217.19</t>
   </si>
   <si>
-    <t>74</t>
+    <t>75</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>1097.93</t>
   </si>
   <si>
-    <t>75</t>
+    <t>76</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>1156.54</t>
   </si>
   <si>
-    <t>76</t>
+    <t>77</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>1186.59</t>
   </si>
   <si>
-    <t>77</t>
+    <t>78</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
     <t>1206.88</t>
   </si>
   <si>
-    <t>78</t>
+    <t>79</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>1192.26</t>
   </si>
   <si>
-    <t>79</t>
+    <t>80</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>1239.36</t>
   </si>
   <si>
-    <t>80</t>
+    <t>81</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>1149.78</t>
   </si>
   <si>
-    <t>81</t>
+    <t>82</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>1144.98</t>
   </si>
   <si>
-    <t>82</t>
+    <t>83</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>978.04</t>
   </si>
   <si>
-    <t>83</t>
+    <t>84</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>1288.22</t>
   </si>
   <si>
-    <t>84</t>
+    <t>85</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
     <t>1264.87</t>
   </si>
   <si>
-    <t>85</t>
+    <t>86</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>1106.50</t>
   </si>
   <si>
-    <t>86</t>
+    <t>87</t>
   </si>
   <si>
     <t>2019-11-27</t>
   </si>
   <si>
     <t>1109.15</t>
   </si>
   <si>
-    <t>87</t>
+    <t>88</t>
   </si>
   <si>
     <t>2019-10-30</t>
   </si>
   <si>
     <t>1055.36</t>
   </si>
   <si>
-    <t>88</t>
+    <t>89</t>
   </si>
   <si>
     <t>2019-09-25</t>
   </si>
   <si>
     <t>1073.48</t>
   </si>
   <si>
-    <t>89</t>
+    <t>90</t>
   </si>
   <si>
     <t>2019-08-28</t>
   </si>
   <si>
     <t>1054.58</t>
   </si>
   <si>
-    <t>90</t>
+    <t>91</t>
   </si>
   <si>
     <t>2019-07-31</t>
   </si>
   <si>
     <t>1099.96</t>
   </si>
   <si>
-    <t>91</t>
+    <t>92</t>
   </si>
   <si>
     <t>2019-06-30</t>
   </si>
   <si>
     <t>1102.92</t>
   </si>
   <si>
-    <t>92</t>
+    <t>93</t>
   </si>
   <si>
     <t>2019-06-26</t>
   </si>
   <si>
     <t>1078.75</t>
   </si>
   <si>
-    <t>93</t>
+    <t>94</t>
   </si>
   <si>
     <t>2019-05-29</t>
   </si>
   <si>
     <t>1081.44</t>
   </si>
   <si>
-    <t>94</t>
+    <t>95</t>
   </si>
   <si>
     <t>2019-04-24</t>
   </si>
   <si>
     <t>1073.12</t>
   </si>
   <si>
-    <t>95</t>
+    <t>96</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
     <t>1032.75</t>
   </si>
   <si>
-    <t>96</t>
+    <t>97</t>
   </si>
   <si>
     <t>2019-02-27</t>
   </si>
   <si>
     <t>999.12</t>
   </si>
   <si>
-    <t>97</t>
+    <t>98</t>
   </si>
   <si>
     <t>2019-01-30</t>
   </si>
   <si>
     <t>1035.00</t>
   </si>
   <si>
-    <t>98</t>
+    <t>99</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
     <t>982.09</t>
   </si>
   <si>
-    <t>99</t>
+    <t>100</t>
   </si>
   <si>
     <t>2018-12-27</t>
   </si>
   <si>
     <t>976.51</t>
   </si>
   <si>
-    <t>100</t>
+    <t>101</t>
   </si>
   <si>
     <t>2018-11-28</t>
   </si>
   <si>
     <t>993.18</t>
   </si>
   <si>
-    <t>101</t>
+    <t>102</t>
   </si>
   <si>
     <t>2018-10-31</t>
   </si>
   <si>
     <t>1032.07</t>
   </si>
   <si>
-    <t>102</t>
+    <t>103</t>
   </si>
   <si>
     <t>2018-09-26</t>
   </si>
   <si>
     <t>1062.12</t>
   </si>
   <si>
-    <t>103</t>
+    <t>104</t>
   </si>
   <si>
     <t>2018-08-29</t>
   </si>
   <si>
     <t>1114.86</t>
   </si>
   <si>
-    <t>104</t>
+    <t>105</t>
   </si>
   <si>
     <t>2018-07-25</t>
   </si>
   <si>
     <t>1193.73</t>
   </si>
   <si>
-    <t>105</t>
+    <t>106</t>
   </si>
   <si>
     <t>2018-06-30</t>
   </si>
   <si>
     <t>1198.46</t>
   </si>
   <si>
-    <t>106</t>
+    <t>107</t>
   </si>
   <si>
     <t>2018-06-27</t>
   </si>
   <si>
     <t>1172.59</t>
   </si>
   <si>
-    <t>107</t>
+    <t>108</t>
   </si>
   <si>
     <t>2018-05-30</t>
   </si>
   <si>
     <t>1177.92</t>
   </si>
   <si>
-    <t>108</t>
+    <t>109</t>
   </si>
   <si>
     <t>2018-04-25</t>
   </si>
   <si>
     <t>1186.78</t>
   </si>
   <si>
-    <t>109</t>
+    <t>110</t>
   </si>
   <si>
     <t>2018-03-28</t>
   </si>
   <si>
     <t>1144.12</t>
   </si>
   <si>
-    <t>110</t>
+    <t>111</t>
   </si>
   <si>
     <t>2018-02-28</t>
   </si>
   <si>
     <t>1193.84</t>
   </si>
   <si>
-    <t>111</t>
+    <t>112</t>
   </si>
   <si>
     <t>2018-01-31</t>
   </si>
   <si>
     <t>1288.82</t>
   </si>
   <si>
-    <t>112</t>
+    <t>113</t>
   </si>
   <si>
     <t>2017-12-31</t>
   </si>
   <si>
     <t>1324.39</t>
   </si>
   <si>
-    <t>113</t>
+    <t>114</t>
   </si>
   <si>
     <t>2017-12-27</t>
   </si>
   <si>
     <t>1313.84</t>
   </si>
   <si>
-    <t>114</t>
+    <t>115</t>
   </si>
   <si>
     <t>2017-11-29</t>
   </si>
   <si>
     <t>1338.88</t>
   </si>
   <si>
-    <t>115</t>
+    <t>116</t>
   </si>
   <si>
     <t>2017-10-25</t>
   </si>
   <si>
     <t>1357.58</t>
   </si>
   <si>
-    <t>116</t>
+    <t>117</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>1372.38</t>
   </si>
   <si>
-    <t>117</t>
+    <t>118</t>
   </si>
   <si>
     <t>2017-08-30</t>
   </si>
   <si>
     <t>1433.02</t>
   </si>
   <si>
-    <t>118</t>
+    <t>119</t>
   </si>
   <si>
     <t>2017-07-26</t>
   </si>
   <si>
     <t>1471.86</t>
   </si>
   <si>
-    <t>119</t>
+    <t>120</t>
   </si>
   <si>
     <t>2017-06-30</t>
   </si>
   <si>
     <t>1467.02</t>
   </si>
   <si>
-    <t>120</t>
+    <t>121</t>
   </si>
   <si>
     <t>2017-06-28</t>
   </si>
   <si>
     <t>1466.24</t>
   </si>
   <si>
-    <t>121</t>
+    <t>122</t>
   </si>
   <si>
     <t>2017-05-31</t>
   </si>
   <si>
     <t>1455.81</t>
   </si>
   <si>
-    <t>122</t>
+    <t>123</t>
   </si>
   <si>
     <t>2017-04-26</t>
   </si>
   <si>
     <t>1445.61</t>
   </si>
   <si>
-    <t>123</t>
+    <t>124</t>
   </si>
   <si>
     <t>2017-03-29</t>
   </si>
   <si>
     <t>1437.30</t>
   </si>
   <si>
-    <t>124</t>
+    <t>125</t>
   </si>
   <si>
     <t>2017-02-22</t>
   </si>
   <si>
     <t>1438.38</t>
   </si>
   <si>
-    <t>125</t>
+    <t>126</t>
   </si>
   <si>
     <t>2017-01-25</t>
   </si>
   <si>
     <t>1357.41</t>
   </si>
   <si>
-    <t>126</t>
+    <t>127</t>
   </si>
   <si>
     <t>2016-12-31</t>
   </si>
   <si>
     <t>1312.58</t>
   </si>
   <si>
-    <t>127</t>
+    <t>128</t>
   </si>
   <si>
     <t>2016-12-28</t>
   </si>
   <si>
     <t>1293.48</t>
   </si>
   <si>
-    <t>128</t>
+    <t>129</t>
   </si>
   <si>
     <t>2016-11-30</t>
   </si>
   <si>
     <t>1323.87</t>
   </si>
   <si>
-    <t>129</t>
+    <t>130</t>
   </si>
   <si>
     <t>2016-10-26</t>
   </si>
   <si>
     <t>1331.58</t>
   </si>
   <si>
-    <t>130</t>
+    <t>131</t>
   </si>
   <si>
     <t>2016-09-28</t>
   </si>
   <si>
     <t>1297.64</t>
   </si>
   <si>
-    <t>131</t>
+    <t>132</t>
   </si>
   <si>
     <t>2016-08-31</t>
   </si>
   <si>
     <t>1354.99</t>
   </si>
   <si>
-    <t>132</t>
+    <t>133</t>
   </si>
   <si>
     <t>2016-07-27</t>
   </si>
   <si>
     <t>1349.74</t>
   </si>
   <si>
-    <t>133</t>
+    <t>134</t>
   </si>
   <si>
     <t>2016-06-30</t>
   </si>
   <si>
     <t>1335.81</t>
   </si>
   <si>
-    <t>134</t>
+    <t>135</t>
   </si>
   <si>
     <t>2016-06-29</t>
   </si>
   <si>
     <t>1317.18</t>
   </si>
   <si>
-    <t>135</t>
+    <t>136</t>
   </si>
   <si>
     <t>2016-05-25</t>
   </si>
   <si>
     <t>1279.86</t>
   </si>
   <si>
-    <t>136</t>
+    <t>137</t>
   </si>
   <si>
     <t>2016-04-27</t>
   </si>
   <si>
     <t>1262.67</t>
   </si>
   <si>
-    <t>137</t>
+    <t>138</t>
   </si>
   <si>
     <t>2016-03-30</t>
   </si>
   <si>
     <t>1197.88</t>
   </si>
   <si>
-    <t>138</t>
+    <t>139</t>
   </si>
   <si>
     <t>2016-02-24</t>
   </si>
   <si>
     <t>1150.10</t>
   </si>
   <si>
-    <t>139</t>
+    <t>140</t>
   </si>
   <si>
     <t>2016-01-27</t>
   </si>
   <si>
     <t>1093.39</t>
   </si>
   <si>
-    <t>140</t>
+    <t>141</t>
   </si>
   <si>
     <t>2015-12-31</t>
   </si>
   <si>
     <t>1162.11</t>
   </si>
   <si>
-    <t>141</t>
+    <t>142</t>
   </si>
   <si>
     <t>2015-12-30</t>
   </si>
   <si>
     <t>1162.02</t>
   </si>
   <si>
-    <t>142</t>
+    <t>143</t>
   </si>
   <si>
     <t>2015-11-25</t>
   </si>
   <si>
     <t>1167.55</t>
   </si>
   <si>
-    <t>143</t>
+    <t>144</t>
   </si>
   <si>
     <t>2015-10-28</t>
   </si>
   <si>
     <t>1266.57</t>
   </si>
   <si>
-    <t>144</t>
+    <t>145</t>
   </si>
   <si>
     <t>2015-09-30</t>
   </si>
   <si>
     <t>1216.62</t>
   </si>
   <si>
-    <t>145</t>
+    <t>146</t>
   </si>
   <si>
     <t>2015-08-26</t>
   </si>
   <si>
     <t>1217.09</t>
   </si>
   <si>
-    <t>146</t>
+    <t>147</t>
   </si>
   <si>
     <t>2015-07-29</t>
   </si>
   <si>
     <t>1309.93</t>
   </si>
   <si>
-    <t>147</t>
+    <t>148</t>
   </si>
   <si>
     <t>2015-06-30</t>
   </si>
   <si>
     <t>1328.32</t>
   </si>
   <si>
-    <t>148</t>
+    <t>149</t>
   </si>
   <si>
     <t>2015-06-24</t>
   </si>
   <si>
     <t>1340.93</t>
   </si>
   <si>
-    <t>149</t>
+    <t>150</t>
   </si>
   <si>
     <t>2015-05-27</t>
   </si>
   <si>
     <t>1335.53</t>
   </si>
   <si>
-    <t>150</t>
+    <t>151</t>
   </si>
   <si>
     <t>2015-04-29</t>
   </si>
   <si>
     <t>1372.06</t>
   </si>
   <si>
-    <t>151</t>
+    <t>152</t>
   </si>
   <si>
     <t>2015-03-25</t>
   </si>
   <si>
     <t>1309.70</t>
   </si>
   <si>
-    <t>152</t>
+    <t>153</t>
   </si>
   <si>
     <t>2015-02-25</t>
   </si>
   <si>
     <t>1298.53</t>
   </si>
   <si>
-    <t>153</t>
+    <t>154</t>
   </si>
   <si>
     <t>2015-01-28</t>
   </si>
   <si>
     <t>1268.33</t>
   </si>
   <si>
-    <t>154</t>
+    <t>155</t>
   </si>
   <si>
     <t>2015-01-02</t>
   </si>
   <si>
     <t>1287.39</t>
   </si>
   <si>
-    <t>155</t>
+    <t>156</t>
   </si>
   <si>
     <t>2014-12-31</t>
   </si>
   <si>
     <t>1281.20</t>
   </si>
   <si>
-    <t>156</t>
+    <t>157</t>
   </si>
   <si>
     <t>2014-11-26</t>
   </si>
   <si>
     <t>1288.47</t>
   </si>
   <si>
-    <t>157</t>
+    <t>158</t>
   </si>
   <si>
     <t>2014-10-29</t>
   </si>
   <si>
     <t>1221.56</t>
   </si>
   <si>
-    <t>158</t>
+    <t>159</t>
   </si>
   <si>
     <t>2014-09-24</t>
   </si>
   <si>
     <t>1281.66</t>
   </si>
   <si>
-    <t>159</t>
+    <t>160</t>
   </si>
   <si>
     <t>2014-08-27</t>
   </si>
   <si>
     <t>1281.60</t>
   </si>
   <si>
-    <t>160</t>
+    <t>161</t>
   </si>
   <si>
     <t>2014-07-30</t>
   </si>
   <si>
     <t>1264.78</t>
   </si>
   <si>
-    <t>161</t>
+    <t>162</t>
   </si>
   <si>
     <t>2014-06-30</t>
   </si>
   <si>
     <t>1350.78</t>
   </si>
   <si>
-    <t>162</t>
+    <t>163</t>
   </si>
   <si>
     <t>2014-06-25</t>
   </si>
   <si>
     <t>1341.88</t>
   </si>
   <si>
-    <t>163</t>
+    <t>164</t>
   </si>
   <si>
     <t>2014-05-28</t>
   </si>
   <si>
     <t>1327.23</t>
   </si>
   <si>
-    <t>164</t>
+    <t>165</t>
   </si>
   <si>
     <t>2014-04-30</t>
   </si>
   <si>
     <t>1386.21</t>
   </si>
   <si>
-    <t>165</t>
+    <t>166</t>
   </si>
   <si>
     <t>2014-03-26</t>
   </si>
   <si>
     <t>1386.05</t>
   </si>
   <si>
-    <t>166</t>
+    <t>167</t>
   </si>
   <si>
     <t>2014-02-26</t>
   </si>
   <si>
     <t>1466.89</t>
   </si>
   <si>
-    <t>167</t>
+    <t>168</t>
   </si>
   <si>
     <t>2014-02-25</t>
   </si>
   <si>
     <t>1472.95</t>
   </si>
   <si>
-    <t>168</t>
+    <t>169</t>
   </si>
   <si>
     <t>2014-01-29</t>
   </si>
   <si>
     <t>1424.49</t>
   </si>
   <si>
-    <t>169</t>
+    <t>170</t>
   </si>
   <si>
     <t>2013-12-31</t>
   </si>
   <si>
     <t>1469.68</t>
   </si>
   <si>
-    <t>170</t>
+    <t>171</t>
   </si>
   <si>
     <t>2013-12-27</t>
   </si>
   <si>
     <t>1462.59</t>
   </si>
   <si>
-    <t>171</t>
+    <t>172</t>
   </si>
   <si>
     <t>2013-11-27</t>
   </si>
   <si>
     <t>1511.63</t>
   </si>
   <si>
-    <t>172</t>
+    <t>173</t>
   </si>
   <si>
     <t>2013-10-30</t>
   </si>
   <si>
     <t>1589.22</t>
   </si>
   <si>
-    <t>173</t>
+    <t>174</t>
   </si>
   <si>
     <t>2013-09-25</t>
   </si>
   <si>
     <t>1461.23</t>
   </si>
   <si>
-    <t>174</t>
+    <t>175</t>
   </si>
   <si>
     <t>2013-09-02</t>
   </si>
   <si>
     <t>1458.63</t>
   </si>
   <si>
-    <t>175</t>
+    <t>176</t>
   </si>
   <si>
     <t>2013-08-28</t>
   </si>
   <si>
     <t>1439.68</t>
   </si>
   <si>
-    <t>176</t>
+    <t>177</t>
   </si>
   <si>
     <t>2013-07-31</t>
   </si>
   <si>
     <t>1359.03</t>
   </si>
   <si>
-    <t>177</t>
+    <t>178</t>
   </si>
   <si>
     <t>2013-06-30</t>
   </si>
   <si>
     <t>1404.06</t>
   </si>
   <si>
-    <t>178</t>
+    <t>179</t>
   </si>
   <si>
     <t>2013-06-26</t>
   </si>
   <si>
     <t>1415.30</t>
   </si>
   <si>
-    <t>179</t>
+    <t>180</t>
   </si>
   <si>
     <t>2013-05-29</t>
   </si>
   <si>
     <t>1386.54</t>
   </si>
   <si>
-    <t>180</t>
+    <t>181</t>
   </si>
   <si>
     <t>2013-04-24</t>
   </si>
   <si>
     <t>1245.48</t>
   </si>
   <si>
-    <t>181</t>
+    <t>182</t>
   </si>
   <si>
     <t>2013-03-27</t>
   </si>
   <si>
     <t>1271.23</t>
   </si>
   <si>
-    <t>182</t>
+    <t>183</t>
   </si>
   <si>
     <t>2013-02-27</t>
   </si>
   <si>
     <t>1237.86</t>
   </si>
   <si>
-    <t>183</t>
+    <t>184</t>
   </si>
   <si>
     <t>2013-01-30</t>
   </si>
   <si>
     <t>1177.66</t>
   </si>
   <si>
-    <t>184</t>
+    <t>185</t>
   </si>
   <si>
     <t>2012-12-31</t>
   </si>
   <si>
     <t>1113.31</t>
   </si>
   <si>
-    <t>185</t>
+    <t>186</t>
   </si>
   <si>
     <t>2012-12-27</t>
   </si>
   <si>
     <t>1104.47</t>
   </si>
   <si>
-    <t>186</t>
+    <t>187</t>
   </si>
   <si>
     <t>2012-11-28</t>
   </si>
   <si>
     <t>1052.23</t>
   </si>
   <si>
-    <t>187</t>
+    <t>188</t>
   </si>
   <si>
     <t>2012-10-31</t>
   </si>
   <si>
     <t>1076.63</t>
   </si>
   <si>
-    <t>188</t>
+    <t>189</t>
   </si>
   <si>
     <t>2012-09-26</t>
   </si>
   <si>
     <t>1046.44</t>
   </si>
   <si>
-    <t>189</t>
+    <t>190</t>
   </si>
   <si>
     <t>2012-08-29</t>
   </si>
   <si>
     <t>1055.62</t>
   </si>
   <si>
-    <t>190</t>
+    <t>191</t>
   </si>
   <si>
     <t>2012-07-25</t>
   </si>
   <si>
     <t>1017.44</t>
   </si>
   <si>
-    <t>191</t>
+    <t>192</t>
   </si>
   <si>
     <t>2012-06-30</t>
   </si>
   <si>
     <t>1064.15</t>
   </si>
   <si>
-    <t>192</t>
+    <t>193</t>
   </si>
   <si>
     <t>2012-06-27</t>
   </si>
   <si>
     <t>1051.75</t>
   </si>
   <si>
-    <t>193</t>
+    <t>194</t>
   </si>
   <si>
     <t>2012-05-30</t>
   </si>
   <si>
     <t>1023.48</t>
   </si>
   <si>
-    <t>194</t>
+    <t>195</t>
   </si>
   <si>
     <t>2012-04-25</t>
   </si>
   <si>
     <t>1056.33</t>
   </si>
   <si>
-    <t>195</t>
+    <t>196</t>
   </si>
   <si>
     <t>2012-03-28</t>
   </si>
   <si>
     <t>1142.24</t>
   </si>
   <si>
-    <t>196</t>
+    <t>197</t>
   </si>
   <si>
     <t>2012-02-29</t>
   </si>
   <si>
     <t>1120.76</t>
   </si>
   <si>
-    <t>197</t>
+    <t>198</t>
   </si>
   <si>
     <t>2012-01-25</t>
   </si>
   <si>
     <t>1039.00</t>
   </si>
   <si>
-    <t>198</t>
+    <t>199</t>
   </si>
   <si>
     <t>2011-12-31</t>
   </si>
   <si>
     <t>986.49</t>
   </si>
   <si>
-    <t>199</t>
+    <t>200</t>
   </si>
   <si>
     <t>2011-12-28</t>
   </si>
   <si>
     <t>987.64</t>
   </si>
   <si>
-    <t>200</t>
+    <t>201</t>
   </si>
   <si>
     <t>2011-11-30</t>
   </si>
   <si>
     <t>1003.53</t>
   </si>
   <si>
-    <t>201</t>
+    <t>202</t>
   </si>
   <si>
     <t>2011-10-26</t>
   </si>
   <si>
     <t>1022.46</t>
   </si>
   <si>
-    <t>202</t>
+    <t>203</t>
   </si>
   <si>
     <t>2011-09-28</t>
   </si>
   <si>
     <t>988.40</t>
   </si>
   <si>
-    <t>203</t>
+    <t>204</t>
   </si>
   <si>
     <t>2011-08-31</t>
   </si>
   <si>
     <t>1085.84</t>
   </si>
   <si>
-    <t>204</t>
+    <t>205</t>
   </si>
   <si>
     <t>2011-07-27</t>
   </si>
   <si>
     <t>1168.51</t>
   </si>
   <si>
-    <t>205</t>
+    <t>206</t>
   </si>
   <si>
     <t>2011-06-30</t>
   </si>
   <si>
     <t>1221.74</t>
   </si>
   <si>
-    <t>206</t>
+    <t>207</t>
   </si>
   <si>
     <t>2011-06-29</t>
   </si>
   <si>
     <t>1215.47</t>
   </si>
   <si>
-    <t>207</t>
+    <t>208</t>
   </si>
   <si>
     <t>2011-05-25</t>
   </si>
   <si>
     <t>1234.44</t>
   </si>
   <si>
-    <t>208</t>
+    <t>209</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
   <si>
     <t>1296.33</t>
   </si>
   <si>
-    <t>209</t>
+    <t>210</t>
   </si>
   <si>
     <t>2011-04-27</t>
   </si>
   <si>
     <t>1301.31</t>
   </si>
   <si>
-    <t>210</t>
+    <t>211</t>
   </si>
   <si>
     <t>2011-03-30</t>
   </si>
   <si>
     <t>1307.30</t>
   </si>
   <si>
-    <t>211</t>
+    <t>212</t>
   </si>
   <si>
     <t>2011-02-23</t>
   </si>
   <si>
     <t>1290.29</t>
   </si>
   <si>
-    <t>212</t>
+    <t>213</t>
   </si>
   <si>
     <t>2011-01-26</t>
   </si>
   <si>
     <t>1299.62</t>
   </si>
   <si>
-    <t>213</t>
+    <t>214</t>
   </si>
   <si>
     <t>2010-12-31</t>
   </si>
   <si>
     <t>1307.01</t>
   </si>
   <si>
-    <t>214</t>
+    <t>215</t>
   </si>
   <si>
     <t>2010-12-29</t>
   </si>
   <si>
     <t>1318.95</t>
   </si>
   <si>
-    <t>215</t>
+    <t>216</t>
   </si>
   <si>
     <t>2010-11-24</t>
   </si>
   <si>
     <t>1233.12</t>
   </si>
   <si>
-    <t>216</t>
+    <t>217</t>
   </si>
   <si>
     <t>2010-10-27</t>
   </si>
   <si>
     <t>1266.21</t>
   </si>
   <si>
-    <t>217</t>
+    <t>218</t>
   </si>
   <si>
     <t>2010-09-29</t>
   </si>
   <si>
     <t>1192.00</t>
   </si>
   <si>
-    <t>218</t>
+    <t>219</t>
   </si>
   <si>
     <t>2010-08-25</t>
   </si>
   <si>
     <t>1147.17</t>
   </si>
   <si>
-    <t>219</t>
+    <t>220</t>
   </si>
   <si>
     <t>2010-07-28</t>
   </si>
   <si>
     <t>1146.41</t>
   </si>
   <si>
-    <t>220</t>
+    <t>221</t>
   </si>
   <si>
     <t>2010-06-30</t>
   </si>
   <si>
     <t>1111.94</t>
   </si>
   <si>
-    <t>221</t>
+    <t>222</t>
   </si>
   <si>
     <t>2010-06-10</t>
   </si>
   <si>
     <t>1141.42</t>
   </si>
   <si>
-    <t>222</t>
+    <t>223</t>
   </si>
   <si>
     <t>2010-05-26</t>
   </si>
   <si>
     <t>1131.51</t>
   </si>
   <si>
-    <t>223</t>
+    <t>224</t>
   </si>
   <si>
     <t>2010-04-28</t>
   </si>
   <si>
     <t>1151.67</t>
   </si>
   <si>
-    <t>224</t>
+    <t>225</t>
   </si>
   <si>
     <t>2010-03-31</t>
   </si>
   <si>
     <t>1140.04</t>
   </si>
   <si>
-    <t>225</t>
+    <t>226</t>
   </si>
   <si>
     <t>2010-02-24</t>
   </si>
   <si>
     <t>1027.28</t>
   </si>
   <si>
-    <t>226</t>
+    <t>227</t>
   </si>
   <si>
     <t>2010-01-27</t>
   </si>
   <si>
     <t>1002.00</t>
   </si>
   <si>
-    <t>227</t>
+    <t>228</t>
   </si>
   <si>
     <t>2009-12-31</t>
   </si>
   <si>
     <t>973.49</t>
   </si>
   <si>
-    <t>228</t>
+    <t>229</t>
   </si>
   <si>
     <t>2009-12-30</t>
   </si>
   <si>
     <t>969.01</t>
   </si>
   <si>
-    <t>229</t>
+    <t>230</t>
   </si>
   <si>
     <t>2009-11-25</t>
   </si>
   <si>
     <t>993.12</t>
   </si>
   <si>
-    <t>230</t>
+    <t>231</t>
   </si>
   <si>
     <t>2009-10-28</t>
   </si>
   <si>
     <t>1005.59</t>
   </si>
   <si>
-    <t>231</t>
+    <t>232</t>
   </si>
   <si>
     <t>2009-09-30</t>
   </si>
   <si>
     <t>1024.82</t>
   </si>
   <si>
-    <t>232</t>
+    <t>233</t>
   </si>
   <si>
     <t>2009-08-26</t>
   </si>
   <si>
     <t>1020.45</t>
   </si>
   <si>
-    <t>233</t>
+    <t>234</t>
   </si>
   <si>
     <t>2009-08-03</t>
   </si>
   <si>
     <t>1000.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2161,51 +2170,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C235"/>
+  <dimension ref="A1:C236"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4746,29 +4755,40 @@
         <v>696</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>697</v>
       </c>
       <c r="B234" s="0" t="s">
         <v>698</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>700</v>
       </c>
       <c r="B235" s="0" t="s">
         <v>701</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>702</v>
       </c>
     </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>705</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>