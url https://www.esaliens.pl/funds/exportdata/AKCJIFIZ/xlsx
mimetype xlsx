--- v5 (2026-03-11)
+++ v6 (2026-03-31)
@@ -4,2162 +4,2171 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESA Equity Focused CEIF" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="706" uniqueCount="706">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="709" uniqueCount="709">
   <si>
     <t>ESA Equity Focused CEIF</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>1740.86</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>2026-02-25</t>
   </si>
   <si>
     <t>1834.62</t>
   </si>
   <si>
-    <t>2</t>
+    <t>3</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>1791.20</t>
   </si>
   <si>
-    <t>3</t>
+    <t>4</t>
   </si>
   <si>
     <t>2026-01-02</t>
   </si>
   <si>
     <t>1714.27</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>2025-12-31</t>
   </si>
   <si>
     <t>1678.04</t>
   </si>
   <si>
-    <t>5</t>
+    <t>6</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>1683.63</t>
   </si>
   <si>
-    <t>6</t>
+    <t>7</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>1668.58</t>
   </si>
   <si>
-    <t>7</t>
+    <t>8</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
     <t>1639.65</t>
   </si>
   <si>
-    <t>8</t>
+    <t>9</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>1599.43</t>
   </si>
   <si>
-    <t>9</t>
+    <t>10</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>1590.16</t>
   </si>
   <si>
-    <t>10</t>
+    <t>11</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>1533.79</t>
   </si>
   <si>
-    <t>11</t>
+    <t>12</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>1520.34</t>
   </si>
   <si>
-    <t>12</t>
+    <t>13</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>1528.82</t>
   </si>
   <si>
-    <t>13</t>
+    <t>14</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>1452.87</t>
   </si>
   <si>
-    <t>14</t>
+    <t>15</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>1485.00</t>
   </si>
   <si>
-    <t>15</t>
+    <t>16</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>1440.86</t>
   </si>
   <si>
-    <t>16</t>
+    <t>17</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>1353.73</t>
   </si>
   <si>
-    <t>17</t>
+    <t>18</t>
   </si>
   <si>
     <t>2024-12-31</t>
   </si>
   <si>
     <t>1310.05</t>
   </si>
   <si>
-    <t>18</t>
+    <t>19</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>1302.86</t>
   </si>
   <si>
-    <t>19</t>
+    <t>20</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>1320.01</t>
   </si>
   <si>
-    <t>20</t>
+    <t>21</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>1275.38</t>
   </si>
   <si>
-    <t>21</t>
+    <t>22</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
     <t>1349.58</t>
   </si>
   <si>
-    <t>22</t>
+    <t>23</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>1404.01</t>
   </si>
   <si>
-    <t>23</t>
+    <t>24</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>1415.00</t>
   </si>
   <si>
-    <t>24</t>
+    <t>25</t>
   </si>
   <si>
     <t>2024-06-30</t>
   </si>
   <si>
     <t>1480.99</t>
   </si>
   <si>
-    <t>25</t>
+    <t>26</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>1468.34</t>
   </si>
   <si>
-    <t>26</t>
+    <t>27</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
     <t>1423.76</t>
   </si>
   <si>
-    <t>27</t>
+    <t>28</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
     <t>1313.22</t>
   </si>
   <si>
-    <t>28</t>
+    <t>29</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
     <t>1243.77</t>
   </si>
   <si>
-    <t>29</t>
+    <t>30</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>1292.16</t>
   </si>
   <si>
-    <t>30</t>
+    <t>31</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>1318.75</t>
   </si>
   <si>
-    <t>31</t>
+    <t>32</t>
   </si>
   <si>
     <t>2023-12-31</t>
   </si>
   <si>
     <t>1337.82</t>
   </si>
   <si>
-    <t>32</t>
+    <t>33</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>1343.87</t>
   </si>
   <si>
-    <t>33</t>
+    <t>34</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>1323.29</t>
   </si>
   <si>
-    <t>34</t>
+    <t>35</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>1331.02</t>
   </si>
   <si>
-    <t>35</t>
+    <t>36</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>1394.04</t>
   </si>
   <si>
-    <t>36</t>
+    <t>37</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>1500.53</t>
   </si>
   <si>
-    <t>37</t>
+    <t>38</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>1497.13</t>
   </si>
   <si>
-    <t>38</t>
+    <t>39</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>1506.32</t>
   </si>
   <si>
-    <t>39</t>
+    <t>40</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>1491.09</t>
   </si>
   <si>
-    <t>40</t>
+    <t>41</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>1410.40</t>
   </si>
   <si>
-    <t>41</t>
+    <t>42</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>1402.11</t>
   </si>
   <si>
-    <t>42</t>
+    <t>43</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>1327.49</t>
   </si>
   <si>
-    <t>43</t>
+    <t>44</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>1396.86</t>
   </si>
   <si>
-    <t>44</t>
+    <t>45</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>1384.98</t>
   </si>
   <si>
-    <t>45</t>
+    <t>46</t>
   </si>
   <si>
     <t>2022-12-31</t>
   </si>
   <si>
     <t>1305.13</t>
   </si>
   <si>
-    <t>46</t>
+    <t>47</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>1267.92</t>
   </si>
   <si>
-    <t>47</t>
+    <t>48</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
     <t>1257.55</t>
   </si>
   <si>
-    <t>48</t>
+    <t>49</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>1188.04</t>
   </si>
   <si>
-    <t>49</t>
+    <t>50</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>1202.68</t>
   </si>
   <si>
-    <t>50</t>
+    <t>51</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>1277.80</t>
   </si>
   <si>
-    <t>51</t>
+    <t>52</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>1147.45</t>
   </si>
   <si>
-    <t>52</t>
+    <t>53</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>1105.85</t>
   </si>
   <si>
-    <t>53</t>
+    <t>54</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
     <t>1112.52</t>
   </si>
   <si>
-    <t>54</t>
+    <t>55</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
     <t>1225.10</t>
   </si>
   <si>
-    <t>55</t>
+    <t>56</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>1260.98</t>
   </si>
   <si>
-    <t>56</t>
+    <t>57</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>1365.49</t>
   </si>
   <si>
-    <t>57</t>
+    <t>58</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>1329.89</t>
   </si>
   <si>
-    <t>58</t>
+    <t>59</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
     <t>1417.03</t>
   </si>
   <si>
-    <t>59</t>
+    <t>60</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>1535.77</t>
   </si>
   <si>
-    <t>60</t>
+    <t>61</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>1511.25</t>
   </si>
   <si>
-    <t>61</t>
+    <t>62</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
     <t>1567.22</t>
   </si>
   <si>
-    <t>62</t>
+    <t>63</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>1631.18</t>
   </si>
   <si>
-    <t>63</t>
+    <t>64</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
     <t>1614.97</t>
   </si>
   <si>
-    <t>64</t>
+    <t>65</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>1543.31</t>
   </si>
   <si>
-    <t>65</t>
+    <t>66</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>1593.08</t>
   </si>
   <si>
-    <t>66</t>
+    <t>67</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>1556.31</t>
   </si>
   <si>
-    <t>67</t>
+    <t>68</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>1481.97</t>
   </si>
   <si>
-    <t>68</t>
+    <t>69</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>1504.58</t>
   </si>
   <si>
-    <t>69</t>
+    <t>70</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
     <t>1500.97</t>
   </si>
   <si>
-    <t>70</t>
+    <t>71</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>1417.64</t>
   </si>
   <si>
-    <t>71</t>
+    <t>72</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>1311.13</t>
   </si>
   <si>
-    <t>72</t>
+    <t>73</t>
   </si>
   <si>
     <t>2020-12-31</t>
   </si>
   <si>
     <t>1315.47</t>
   </si>
   <si>
-    <t>73</t>
+    <t>74</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
     <t>1316.82</t>
   </si>
   <si>
-    <t>74</t>
+    <t>75</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>1217.19</t>
   </si>
   <si>
-    <t>75</t>
+    <t>76</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>1097.93</t>
   </si>
   <si>
-    <t>76</t>
+    <t>77</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>1156.54</t>
   </si>
   <si>
-    <t>77</t>
+    <t>78</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>1186.59</t>
   </si>
   <si>
-    <t>78</t>
+    <t>79</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
     <t>1206.88</t>
   </si>
   <si>
-    <t>79</t>
+    <t>80</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>1192.26</t>
   </si>
   <si>
-    <t>80</t>
+    <t>81</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
     <t>1239.36</t>
   </si>
   <si>
-    <t>81</t>
+    <t>82</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>1149.78</t>
   </si>
   <si>
-    <t>82</t>
+    <t>83</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>1144.98</t>
   </si>
   <si>
-    <t>83</t>
+    <t>84</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>978.04</t>
   </si>
   <si>
-    <t>84</t>
+    <t>85</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>1288.22</t>
   </si>
   <si>
-    <t>85</t>
+    <t>86</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
     <t>1264.87</t>
   </si>
   <si>
-    <t>86</t>
+    <t>87</t>
   </si>
   <si>
     <t>2019-12-31</t>
   </si>
   <si>
     <t>1106.50</t>
   </si>
   <si>
-    <t>87</t>
+    <t>88</t>
   </si>
   <si>
     <t>2019-11-27</t>
   </si>
   <si>
     <t>1109.15</t>
   </si>
   <si>
-    <t>88</t>
+    <t>89</t>
   </si>
   <si>
     <t>2019-10-30</t>
   </si>
   <si>
     <t>1055.36</t>
   </si>
   <si>
-    <t>89</t>
+    <t>90</t>
   </si>
   <si>
     <t>2019-09-25</t>
   </si>
   <si>
     <t>1073.48</t>
   </si>
   <si>
-    <t>90</t>
+    <t>91</t>
   </si>
   <si>
     <t>2019-08-28</t>
   </si>
   <si>
     <t>1054.58</t>
   </si>
   <si>
-    <t>91</t>
+    <t>92</t>
   </si>
   <si>
     <t>2019-07-31</t>
   </si>
   <si>
     <t>1099.96</t>
   </si>
   <si>
-    <t>92</t>
+    <t>93</t>
   </si>
   <si>
     <t>2019-06-30</t>
   </si>
   <si>
     <t>1102.92</t>
   </si>
   <si>
-    <t>93</t>
+    <t>94</t>
   </si>
   <si>
     <t>2019-06-26</t>
   </si>
   <si>
     <t>1078.75</t>
   </si>
   <si>
-    <t>94</t>
+    <t>95</t>
   </si>
   <si>
     <t>2019-05-29</t>
   </si>
   <si>
     <t>1081.44</t>
   </si>
   <si>
-    <t>95</t>
+    <t>96</t>
   </si>
   <si>
     <t>2019-04-24</t>
   </si>
   <si>
     <t>1073.12</t>
   </si>
   <si>
-    <t>96</t>
+    <t>97</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
     <t>1032.75</t>
   </si>
   <si>
-    <t>97</t>
+    <t>98</t>
   </si>
   <si>
     <t>2019-02-27</t>
   </si>
   <si>
     <t>999.12</t>
   </si>
   <si>
-    <t>98</t>
+    <t>99</t>
   </si>
   <si>
     <t>2019-01-30</t>
   </si>
   <si>
     <t>1035.00</t>
   </si>
   <si>
-    <t>99</t>
+    <t>100</t>
   </si>
   <si>
     <t>2018-12-31</t>
   </si>
   <si>
     <t>982.09</t>
   </si>
   <si>
-    <t>100</t>
+    <t>101</t>
   </si>
   <si>
     <t>2018-12-27</t>
   </si>
   <si>
     <t>976.51</t>
   </si>
   <si>
-    <t>101</t>
+    <t>102</t>
   </si>
   <si>
     <t>2018-11-28</t>
   </si>
   <si>
     <t>993.18</t>
   </si>
   <si>
-    <t>102</t>
+    <t>103</t>
   </si>
   <si>
     <t>2018-10-31</t>
   </si>
   <si>
     <t>1032.07</t>
   </si>
   <si>
-    <t>103</t>
+    <t>104</t>
   </si>
   <si>
     <t>2018-09-26</t>
   </si>
   <si>
     <t>1062.12</t>
   </si>
   <si>
-    <t>104</t>
+    <t>105</t>
   </si>
   <si>
     <t>2018-08-29</t>
   </si>
   <si>
     <t>1114.86</t>
   </si>
   <si>
-    <t>105</t>
+    <t>106</t>
   </si>
   <si>
     <t>2018-07-25</t>
   </si>
   <si>
     <t>1193.73</t>
   </si>
   <si>
-    <t>106</t>
+    <t>107</t>
   </si>
   <si>
     <t>2018-06-30</t>
   </si>
   <si>
     <t>1198.46</t>
   </si>
   <si>
-    <t>107</t>
+    <t>108</t>
   </si>
   <si>
     <t>2018-06-27</t>
   </si>
   <si>
     <t>1172.59</t>
   </si>
   <si>
-    <t>108</t>
+    <t>109</t>
   </si>
   <si>
     <t>2018-05-30</t>
   </si>
   <si>
     <t>1177.92</t>
   </si>
   <si>
-    <t>109</t>
+    <t>110</t>
   </si>
   <si>
     <t>2018-04-25</t>
   </si>
   <si>
     <t>1186.78</t>
   </si>
   <si>
-    <t>110</t>
+    <t>111</t>
   </si>
   <si>
     <t>2018-03-28</t>
   </si>
   <si>
     <t>1144.12</t>
   </si>
   <si>
-    <t>111</t>
+    <t>112</t>
   </si>
   <si>
     <t>2018-02-28</t>
   </si>
   <si>
     <t>1193.84</t>
   </si>
   <si>
-    <t>112</t>
+    <t>113</t>
   </si>
   <si>
     <t>2018-01-31</t>
   </si>
   <si>
     <t>1288.82</t>
   </si>
   <si>
-    <t>113</t>
+    <t>114</t>
   </si>
   <si>
     <t>2017-12-31</t>
   </si>
   <si>
     <t>1324.39</t>
   </si>
   <si>
-    <t>114</t>
+    <t>115</t>
   </si>
   <si>
     <t>2017-12-27</t>
   </si>
   <si>
     <t>1313.84</t>
   </si>
   <si>
-    <t>115</t>
+    <t>116</t>
   </si>
   <si>
     <t>2017-11-29</t>
   </si>
   <si>
     <t>1338.88</t>
   </si>
   <si>
-    <t>116</t>
+    <t>117</t>
   </si>
   <si>
     <t>2017-10-25</t>
   </si>
   <si>
     <t>1357.58</t>
   </si>
   <si>
-    <t>117</t>
+    <t>118</t>
   </si>
   <si>
     <t>2017-09-27</t>
   </si>
   <si>
     <t>1372.38</t>
   </si>
   <si>
-    <t>118</t>
+    <t>119</t>
   </si>
   <si>
     <t>2017-08-30</t>
   </si>
   <si>
     <t>1433.02</t>
   </si>
   <si>
-    <t>119</t>
+    <t>120</t>
   </si>
   <si>
     <t>2017-07-26</t>
   </si>
   <si>
     <t>1471.86</t>
   </si>
   <si>
-    <t>120</t>
+    <t>121</t>
   </si>
   <si>
     <t>2017-06-30</t>
   </si>
   <si>
     <t>1467.02</t>
   </si>
   <si>
-    <t>121</t>
+    <t>122</t>
   </si>
   <si>
     <t>2017-06-28</t>
   </si>
   <si>
     <t>1466.24</t>
   </si>
   <si>
-    <t>122</t>
+    <t>123</t>
   </si>
   <si>
     <t>2017-05-31</t>
   </si>
   <si>
     <t>1455.81</t>
   </si>
   <si>
-    <t>123</t>
+    <t>124</t>
   </si>
   <si>
     <t>2017-04-26</t>
   </si>
   <si>
     <t>1445.61</t>
   </si>
   <si>
-    <t>124</t>
+    <t>125</t>
   </si>
   <si>
     <t>2017-03-29</t>
   </si>
   <si>
     <t>1437.30</t>
   </si>
   <si>
-    <t>125</t>
+    <t>126</t>
   </si>
   <si>
     <t>2017-02-22</t>
   </si>
   <si>
     <t>1438.38</t>
   </si>
   <si>
-    <t>126</t>
+    <t>127</t>
   </si>
   <si>
     <t>2017-01-25</t>
   </si>
   <si>
     <t>1357.41</t>
   </si>
   <si>
-    <t>127</t>
+    <t>128</t>
   </si>
   <si>
     <t>2016-12-31</t>
   </si>
   <si>
     <t>1312.58</t>
   </si>
   <si>
-    <t>128</t>
+    <t>129</t>
   </si>
   <si>
     <t>2016-12-28</t>
   </si>
   <si>
     <t>1293.48</t>
   </si>
   <si>
-    <t>129</t>
+    <t>130</t>
   </si>
   <si>
     <t>2016-11-30</t>
   </si>
   <si>
     <t>1323.87</t>
   </si>
   <si>
-    <t>130</t>
+    <t>131</t>
   </si>
   <si>
     <t>2016-10-26</t>
   </si>
   <si>
     <t>1331.58</t>
   </si>
   <si>
-    <t>131</t>
+    <t>132</t>
   </si>
   <si>
     <t>2016-09-28</t>
   </si>
   <si>
     <t>1297.64</t>
   </si>
   <si>
-    <t>132</t>
+    <t>133</t>
   </si>
   <si>
     <t>2016-08-31</t>
   </si>
   <si>
     <t>1354.99</t>
   </si>
   <si>
-    <t>133</t>
+    <t>134</t>
   </si>
   <si>
     <t>2016-07-27</t>
   </si>
   <si>
     <t>1349.74</t>
   </si>
   <si>
-    <t>134</t>
+    <t>135</t>
   </si>
   <si>
     <t>2016-06-30</t>
   </si>
   <si>
     <t>1335.81</t>
   </si>
   <si>
-    <t>135</t>
+    <t>136</t>
   </si>
   <si>
     <t>2016-06-29</t>
   </si>
   <si>
     <t>1317.18</t>
   </si>
   <si>
-    <t>136</t>
+    <t>137</t>
   </si>
   <si>
     <t>2016-05-25</t>
   </si>
   <si>
     <t>1279.86</t>
   </si>
   <si>
-    <t>137</t>
+    <t>138</t>
   </si>
   <si>
     <t>2016-04-27</t>
   </si>
   <si>
     <t>1262.67</t>
   </si>
   <si>
-    <t>138</t>
+    <t>139</t>
   </si>
   <si>
     <t>2016-03-30</t>
   </si>
   <si>
     <t>1197.88</t>
   </si>
   <si>
-    <t>139</t>
+    <t>140</t>
   </si>
   <si>
     <t>2016-02-24</t>
   </si>
   <si>
     <t>1150.10</t>
   </si>
   <si>
-    <t>140</t>
+    <t>141</t>
   </si>
   <si>
     <t>2016-01-27</t>
   </si>
   <si>
     <t>1093.39</t>
   </si>
   <si>
-    <t>141</t>
+    <t>142</t>
   </si>
   <si>
     <t>2015-12-31</t>
   </si>
   <si>
     <t>1162.11</t>
   </si>
   <si>
-    <t>142</t>
+    <t>143</t>
   </si>
   <si>
     <t>2015-12-30</t>
   </si>
   <si>
     <t>1162.02</t>
   </si>
   <si>
-    <t>143</t>
+    <t>144</t>
   </si>
   <si>
     <t>2015-11-25</t>
   </si>
   <si>
     <t>1167.55</t>
   </si>
   <si>
-    <t>144</t>
+    <t>145</t>
   </si>
   <si>
     <t>2015-10-28</t>
   </si>
   <si>
     <t>1266.57</t>
   </si>
   <si>
-    <t>145</t>
+    <t>146</t>
   </si>
   <si>
     <t>2015-09-30</t>
   </si>
   <si>
     <t>1216.62</t>
   </si>
   <si>
-    <t>146</t>
+    <t>147</t>
   </si>
   <si>
     <t>2015-08-26</t>
   </si>
   <si>
     <t>1217.09</t>
   </si>
   <si>
-    <t>147</t>
+    <t>148</t>
   </si>
   <si>
     <t>2015-07-29</t>
   </si>
   <si>
     <t>1309.93</t>
   </si>
   <si>
-    <t>148</t>
+    <t>149</t>
   </si>
   <si>
     <t>2015-06-30</t>
   </si>
   <si>
     <t>1328.32</t>
   </si>
   <si>
-    <t>149</t>
+    <t>150</t>
   </si>
   <si>
     <t>2015-06-24</t>
   </si>
   <si>
     <t>1340.93</t>
   </si>
   <si>
-    <t>150</t>
+    <t>151</t>
   </si>
   <si>
     <t>2015-05-27</t>
   </si>
   <si>
     <t>1335.53</t>
   </si>
   <si>
-    <t>151</t>
+    <t>152</t>
   </si>
   <si>
     <t>2015-04-29</t>
   </si>
   <si>
     <t>1372.06</t>
   </si>
   <si>
-    <t>152</t>
+    <t>153</t>
   </si>
   <si>
     <t>2015-03-25</t>
   </si>
   <si>
     <t>1309.70</t>
   </si>
   <si>
-    <t>153</t>
+    <t>154</t>
   </si>
   <si>
     <t>2015-02-25</t>
   </si>
   <si>
     <t>1298.53</t>
   </si>
   <si>
-    <t>154</t>
+    <t>155</t>
   </si>
   <si>
     <t>2015-01-28</t>
   </si>
   <si>
     <t>1268.33</t>
   </si>
   <si>
-    <t>155</t>
+    <t>156</t>
   </si>
   <si>
     <t>2015-01-02</t>
   </si>
   <si>
     <t>1287.39</t>
   </si>
   <si>
-    <t>156</t>
+    <t>157</t>
   </si>
   <si>
     <t>2014-12-31</t>
   </si>
   <si>
     <t>1281.20</t>
   </si>
   <si>
-    <t>157</t>
+    <t>158</t>
   </si>
   <si>
     <t>2014-11-26</t>
   </si>
   <si>
     <t>1288.47</t>
   </si>
   <si>
-    <t>158</t>
+    <t>159</t>
   </si>
   <si>
     <t>2014-10-29</t>
   </si>
   <si>
     <t>1221.56</t>
   </si>
   <si>
-    <t>159</t>
+    <t>160</t>
   </si>
   <si>
     <t>2014-09-24</t>
   </si>
   <si>
     <t>1281.66</t>
   </si>
   <si>
-    <t>160</t>
+    <t>161</t>
   </si>
   <si>
     <t>2014-08-27</t>
   </si>
   <si>
     <t>1281.60</t>
   </si>
   <si>
-    <t>161</t>
+    <t>162</t>
   </si>
   <si>
     <t>2014-07-30</t>
   </si>
   <si>
     <t>1264.78</t>
   </si>
   <si>
-    <t>162</t>
+    <t>163</t>
   </si>
   <si>
     <t>2014-06-30</t>
   </si>
   <si>
     <t>1350.78</t>
   </si>
   <si>
-    <t>163</t>
+    <t>164</t>
   </si>
   <si>
     <t>2014-06-25</t>
   </si>
   <si>
     <t>1341.88</t>
   </si>
   <si>
-    <t>164</t>
+    <t>165</t>
   </si>
   <si>
     <t>2014-05-28</t>
   </si>
   <si>
     <t>1327.23</t>
   </si>
   <si>
-    <t>165</t>
+    <t>166</t>
   </si>
   <si>
     <t>2014-04-30</t>
   </si>
   <si>
     <t>1386.21</t>
   </si>
   <si>
-    <t>166</t>
+    <t>167</t>
   </si>
   <si>
     <t>2014-03-26</t>
   </si>
   <si>
     <t>1386.05</t>
   </si>
   <si>
-    <t>167</t>
+    <t>168</t>
   </si>
   <si>
     <t>2014-02-26</t>
   </si>
   <si>
     <t>1466.89</t>
   </si>
   <si>
-    <t>168</t>
+    <t>169</t>
   </si>
   <si>
     <t>2014-02-25</t>
   </si>
   <si>
     <t>1472.95</t>
   </si>
   <si>
-    <t>169</t>
+    <t>170</t>
   </si>
   <si>
     <t>2014-01-29</t>
   </si>
   <si>
     <t>1424.49</t>
   </si>
   <si>
-    <t>170</t>
+    <t>171</t>
   </si>
   <si>
     <t>2013-12-31</t>
   </si>
   <si>
     <t>1469.68</t>
   </si>
   <si>
-    <t>171</t>
+    <t>172</t>
   </si>
   <si>
     <t>2013-12-27</t>
   </si>
   <si>
     <t>1462.59</t>
   </si>
   <si>
-    <t>172</t>
+    <t>173</t>
   </si>
   <si>
     <t>2013-11-27</t>
   </si>
   <si>
     <t>1511.63</t>
   </si>
   <si>
-    <t>173</t>
+    <t>174</t>
   </si>
   <si>
     <t>2013-10-30</t>
   </si>
   <si>
     <t>1589.22</t>
   </si>
   <si>
-    <t>174</t>
+    <t>175</t>
   </si>
   <si>
     <t>2013-09-25</t>
   </si>
   <si>
     <t>1461.23</t>
   </si>
   <si>
-    <t>175</t>
+    <t>176</t>
   </si>
   <si>
     <t>2013-09-02</t>
   </si>
   <si>
     <t>1458.63</t>
   </si>
   <si>
-    <t>176</t>
+    <t>177</t>
   </si>
   <si>
     <t>2013-08-28</t>
   </si>
   <si>
     <t>1439.68</t>
   </si>
   <si>
-    <t>177</t>
+    <t>178</t>
   </si>
   <si>
     <t>2013-07-31</t>
   </si>
   <si>
     <t>1359.03</t>
   </si>
   <si>
-    <t>178</t>
+    <t>179</t>
   </si>
   <si>
     <t>2013-06-30</t>
   </si>
   <si>
     <t>1404.06</t>
   </si>
   <si>
-    <t>179</t>
+    <t>180</t>
   </si>
   <si>
     <t>2013-06-26</t>
   </si>
   <si>
     <t>1415.30</t>
   </si>
   <si>
-    <t>180</t>
+    <t>181</t>
   </si>
   <si>
     <t>2013-05-29</t>
   </si>
   <si>
     <t>1386.54</t>
   </si>
   <si>
-    <t>181</t>
+    <t>182</t>
   </si>
   <si>
     <t>2013-04-24</t>
   </si>
   <si>
     <t>1245.48</t>
   </si>
   <si>
-    <t>182</t>
+    <t>183</t>
   </si>
   <si>
     <t>2013-03-27</t>
   </si>
   <si>
     <t>1271.23</t>
   </si>
   <si>
-    <t>183</t>
+    <t>184</t>
   </si>
   <si>
     <t>2013-02-27</t>
   </si>
   <si>
     <t>1237.86</t>
   </si>
   <si>
-    <t>184</t>
+    <t>185</t>
   </si>
   <si>
     <t>2013-01-30</t>
   </si>
   <si>
     <t>1177.66</t>
   </si>
   <si>
-    <t>185</t>
+    <t>186</t>
   </si>
   <si>
     <t>2012-12-31</t>
   </si>
   <si>
     <t>1113.31</t>
   </si>
   <si>
-    <t>186</t>
+    <t>187</t>
   </si>
   <si>
     <t>2012-12-27</t>
   </si>
   <si>
     <t>1104.47</t>
   </si>
   <si>
-    <t>187</t>
+    <t>188</t>
   </si>
   <si>
     <t>2012-11-28</t>
   </si>
   <si>
     <t>1052.23</t>
   </si>
   <si>
-    <t>188</t>
+    <t>189</t>
   </si>
   <si>
     <t>2012-10-31</t>
   </si>
   <si>
     <t>1076.63</t>
   </si>
   <si>
-    <t>189</t>
+    <t>190</t>
   </si>
   <si>
     <t>2012-09-26</t>
   </si>
   <si>
     <t>1046.44</t>
   </si>
   <si>
-    <t>190</t>
+    <t>191</t>
   </si>
   <si>
     <t>2012-08-29</t>
   </si>
   <si>
     <t>1055.62</t>
   </si>
   <si>
-    <t>191</t>
+    <t>192</t>
   </si>
   <si>
     <t>2012-07-25</t>
   </si>
   <si>
     <t>1017.44</t>
   </si>
   <si>
-    <t>192</t>
+    <t>193</t>
   </si>
   <si>
     <t>2012-06-30</t>
   </si>
   <si>
     <t>1064.15</t>
   </si>
   <si>
-    <t>193</t>
+    <t>194</t>
   </si>
   <si>
     <t>2012-06-27</t>
   </si>
   <si>
     <t>1051.75</t>
   </si>
   <si>
-    <t>194</t>
+    <t>195</t>
   </si>
   <si>
     <t>2012-05-30</t>
   </si>
   <si>
     <t>1023.48</t>
   </si>
   <si>
-    <t>195</t>
+    <t>196</t>
   </si>
   <si>
     <t>2012-04-25</t>
   </si>
   <si>
     <t>1056.33</t>
   </si>
   <si>
-    <t>196</t>
+    <t>197</t>
   </si>
   <si>
     <t>2012-03-28</t>
   </si>
   <si>
     <t>1142.24</t>
   </si>
   <si>
-    <t>197</t>
+    <t>198</t>
   </si>
   <si>
     <t>2012-02-29</t>
   </si>
   <si>
     <t>1120.76</t>
   </si>
   <si>
-    <t>198</t>
+    <t>199</t>
   </si>
   <si>
     <t>2012-01-25</t>
   </si>
   <si>
     <t>1039.00</t>
   </si>
   <si>
-    <t>199</t>
+    <t>200</t>
   </si>
   <si>
     <t>2011-12-31</t>
   </si>
   <si>
     <t>986.49</t>
   </si>
   <si>
-    <t>200</t>
+    <t>201</t>
   </si>
   <si>
     <t>2011-12-28</t>
   </si>
   <si>
     <t>987.64</t>
   </si>
   <si>
-    <t>201</t>
+    <t>202</t>
   </si>
   <si>
     <t>2011-11-30</t>
   </si>
   <si>
     <t>1003.53</t>
   </si>
   <si>
-    <t>202</t>
+    <t>203</t>
   </si>
   <si>
     <t>2011-10-26</t>
   </si>
   <si>
     <t>1022.46</t>
   </si>
   <si>
-    <t>203</t>
+    <t>204</t>
   </si>
   <si>
     <t>2011-09-28</t>
   </si>
   <si>
     <t>988.40</t>
   </si>
   <si>
-    <t>204</t>
+    <t>205</t>
   </si>
   <si>
     <t>2011-08-31</t>
   </si>
   <si>
     <t>1085.84</t>
   </si>
   <si>
-    <t>205</t>
+    <t>206</t>
   </si>
   <si>
     <t>2011-07-27</t>
   </si>
   <si>
     <t>1168.51</t>
   </si>
   <si>
-    <t>206</t>
+    <t>207</t>
   </si>
   <si>
     <t>2011-06-30</t>
   </si>
   <si>
     <t>1221.74</t>
   </si>
   <si>
-    <t>207</t>
+    <t>208</t>
   </si>
   <si>
     <t>2011-06-29</t>
   </si>
   <si>
     <t>1215.47</t>
   </si>
   <si>
-    <t>208</t>
+    <t>209</t>
   </si>
   <si>
     <t>2011-05-25</t>
   </si>
   <si>
     <t>1234.44</t>
   </si>
   <si>
-    <t>209</t>
+    <t>210</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
   <si>
     <t>1296.33</t>
   </si>
   <si>
-    <t>210</t>
+    <t>211</t>
   </si>
   <si>
     <t>2011-04-27</t>
   </si>
   <si>
     <t>1301.31</t>
   </si>
   <si>
-    <t>211</t>
+    <t>212</t>
   </si>
   <si>
     <t>2011-03-30</t>
   </si>
   <si>
     <t>1307.30</t>
   </si>
   <si>
-    <t>212</t>
+    <t>213</t>
   </si>
   <si>
     <t>2011-02-23</t>
   </si>
   <si>
     <t>1290.29</t>
   </si>
   <si>
-    <t>213</t>
+    <t>214</t>
   </si>
   <si>
     <t>2011-01-26</t>
   </si>
   <si>
     <t>1299.62</t>
   </si>
   <si>
-    <t>214</t>
+    <t>215</t>
   </si>
   <si>
     <t>2010-12-31</t>
   </si>
   <si>
     <t>1307.01</t>
   </si>
   <si>
-    <t>215</t>
+    <t>216</t>
   </si>
   <si>
     <t>2010-12-29</t>
   </si>
   <si>
     <t>1318.95</t>
   </si>
   <si>
-    <t>216</t>
+    <t>217</t>
   </si>
   <si>
     <t>2010-11-24</t>
   </si>
   <si>
     <t>1233.12</t>
   </si>
   <si>
-    <t>217</t>
+    <t>218</t>
   </si>
   <si>
     <t>2010-10-27</t>
   </si>
   <si>
     <t>1266.21</t>
   </si>
   <si>
-    <t>218</t>
+    <t>219</t>
   </si>
   <si>
     <t>2010-09-29</t>
   </si>
   <si>
     <t>1192.00</t>
   </si>
   <si>
-    <t>219</t>
+    <t>220</t>
   </si>
   <si>
     <t>2010-08-25</t>
   </si>
   <si>
     <t>1147.17</t>
   </si>
   <si>
-    <t>220</t>
+    <t>221</t>
   </si>
   <si>
     <t>2010-07-28</t>
   </si>
   <si>
     <t>1146.41</t>
   </si>
   <si>
-    <t>221</t>
+    <t>222</t>
   </si>
   <si>
     <t>2010-06-30</t>
   </si>
   <si>
     <t>1111.94</t>
   </si>
   <si>
-    <t>222</t>
+    <t>223</t>
   </si>
   <si>
     <t>2010-06-10</t>
   </si>
   <si>
     <t>1141.42</t>
   </si>
   <si>
-    <t>223</t>
+    <t>224</t>
   </si>
   <si>
     <t>2010-05-26</t>
   </si>
   <si>
     <t>1131.51</t>
   </si>
   <si>
-    <t>224</t>
+    <t>225</t>
   </si>
   <si>
     <t>2010-04-28</t>
   </si>
   <si>
     <t>1151.67</t>
   </si>
   <si>
-    <t>225</t>
+    <t>226</t>
   </si>
   <si>
     <t>2010-03-31</t>
   </si>
   <si>
     <t>1140.04</t>
   </si>
   <si>
-    <t>226</t>
+    <t>227</t>
   </si>
   <si>
     <t>2010-02-24</t>
   </si>
   <si>
     <t>1027.28</t>
   </si>
   <si>
-    <t>227</t>
+    <t>228</t>
   </si>
   <si>
     <t>2010-01-27</t>
   </si>
   <si>
     <t>1002.00</t>
   </si>
   <si>
-    <t>228</t>
+    <t>229</t>
   </si>
   <si>
     <t>2009-12-31</t>
   </si>
   <si>
     <t>973.49</t>
   </si>
   <si>
-    <t>229</t>
+    <t>230</t>
   </si>
   <si>
     <t>2009-12-30</t>
   </si>
   <si>
     <t>969.01</t>
   </si>
   <si>
-    <t>230</t>
+    <t>231</t>
   </si>
   <si>
     <t>2009-11-25</t>
   </si>
   <si>
     <t>993.12</t>
   </si>
   <si>
-    <t>231</t>
+    <t>232</t>
   </si>
   <si>
     <t>2009-10-28</t>
   </si>
   <si>
     <t>1005.59</t>
   </si>
   <si>
-    <t>232</t>
+    <t>233</t>
   </si>
   <si>
     <t>2009-09-30</t>
   </si>
   <si>
     <t>1024.82</t>
   </si>
   <si>
-    <t>233</t>
+    <t>234</t>
   </si>
   <si>
     <t>2009-08-26</t>
   </si>
   <si>
     <t>1020.45</t>
   </si>
   <si>
-    <t>234</t>
+    <t>235</t>
   </si>
   <si>
     <t>2009-08-03</t>
   </si>
   <si>
     <t>1000.21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2170,51 +2179,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C236"/>
+  <dimension ref="A1:C237"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -4766,29 +4775,40 @@
         <v>699</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>700</v>
       </c>
       <c r="B235" s="0" t="s">
         <v>701</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>703</v>
       </c>
       <c r="B236" s="0" t="s">
         <v>704</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>705</v>
       </c>
     </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>708</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>