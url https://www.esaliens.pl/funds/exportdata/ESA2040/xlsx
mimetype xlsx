--- v3 (2026-02-11)
+++ v4 (2026-03-03)
@@ -4,13013 +4,13136 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESALIENS 2040" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4322" uniqueCount="4322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4363" uniqueCount="4363">
   <si>
     <t>ESALIENS 2040</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>91.18</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>91.51</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>91.89</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>91.34</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>91.84</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>92.32</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>92.36</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>92.61</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>91.80</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>92.04</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>91.93</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>92.46</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>92.48</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>92.54</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>2026-02-09</t>
   </si>
   <si>
     <t>92.68</t>
   </si>
   <si>
-    <t>2</t>
+    <t>16</t>
   </si>
   <si>
     <t>2026-02-06</t>
   </si>
   <si>
     <t>91.16</t>
   </si>
   <si>
-    <t>3</t>
+    <t>17</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>90.70</t>
   </si>
   <si>
-    <t>4</t>
+    <t>18</t>
   </si>
   <si>
     <t>2026-02-04</t>
   </si>
   <si>
-    <t>91.89</t>
-[...2 lines deleted...]
-    <t>5</t>
+    <t>19</t>
   </si>
   <si>
     <t>2026-02-03</t>
   </si>
   <si>
     <t>93.12</t>
   </si>
   <si>
-    <t>6</t>
+    <t>20</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
     <t>92.38</t>
   </si>
   <si>
-    <t>7</t>
+    <t>21</t>
   </si>
   <si>
     <t>2026-01-30</t>
   </si>
   <si>
     <t>91.73</t>
   </si>
   <si>
-    <t>8</t>
+    <t>22</t>
   </si>
   <si>
     <t>2026-01-29</t>
   </si>
   <si>
     <t>91.32</t>
   </si>
   <si>
-    <t>9</t>
+    <t>23</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>91.90</t>
   </si>
   <si>
-    <t>10</t>
+    <t>24</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>92.11</t>
   </si>
   <si>
-    <t>11</t>
+    <t>25</t>
   </si>
   <si>
     <t>2026-01-26</t>
   </si>
   <si>
     <t>91.75</t>
   </si>
   <si>
-    <t>12</t>
+    <t>26</t>
   </si>
   <si>
     <t>2026-01-23</t>
   </si>
   <si>
     <t>91.38</t>
   </si>
   <si>
-    <t>13</t>
+    <t>27</t>
   </si>
   <si>
     <t>2026-01-22</t>
   </si>
   <si>
     <t>92.08</t>
   </si>
   <si>
-    <t>14</t>
+    <t>28</t>
   </si>
   <si>
     <t>2026-01-21</t>
   </si>
   <si>
     <t>90.52</t>
   </si>
   <si>
-    <t>15</t>
+    <t>29</t>
   </si>
   <si>
     <t>2026-01-20</t>
   </si>
   <si>
     <t>90.49</t>
   </si>
   <si>
-    <t>16</t>
+    <t>30</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
     <t>90.63</t>
   </si>
   <si>
-    <t>17</t>
+    <t>31</t>
   </si>
   <si>
     <t>2026-01-16</t>
   </si>
   <si>
     <t>91.27</t>
   </si>
   <si>
-    <t>18</t>
+    <t>32</t>
   </si>
   <si>
     <t>2026-01-15</t>
   </si>
   <si>
     <t>90.67</t>
   </si>
   <si>
-    <t>19</t>
+    <t>33</t>
   </si>
   <si>
     <t>2026-01-14</t>
   </si>
   <si>
-    <t>20</t>
+    <t>34</t>
   </si>
   <si>
     <t>2026-01-13</t>
   </si>
   <si>
-    <t>21</t>
+    <t>35</t>
   </si>
   <si>
     <t>2026-01-12</t>
   </si>
   <si>
     <t>91.62</t>
   </si>
   <si>
-    <t>22</t>
+    <t>36</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>91.87</t>
   </si>
   <si>
-    <t>23</t>
+    <t>37</t>
   </si>
   <si>
     <t>2026-01-08</t>
   </si>
   <si>
     <t>91.06</t>
   </si>
   <si>
-    <t>24</t>
+    <t>38</t>
   </si>
   <si>
     <t>2026-01-07</t>
   </si>
   <si>
     <t>91.91</t>
   </si>
   <si>
-    <t>25</t>
+    <t>39</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>90.28</t>
   </si>
   <si>
-    <t>26</t>
+    <t>40</t>
   </si>
   <si>
     <t>2026-01-02</t>
   </si>
   <si>
     <t>90.02</t>
   </si>
   <si>
-    <t>27</t>
+    <t>41</t>
   </si>
   <si>
     <t>2025-12-30</t>
   </si>
   <si>
     <t>88.71</t>
   </si>
   <si>
-    <t>28</t>
+    <t>42</t>
   </si>
   <si>
     <t>2025-12-29</t>
   </si>
   <si>
     <t>88.64</t>
   </si>
   <si>
-    <t>29</t>
+    <t>43</t>
   </si>
   <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>88.34</t>
   </si>
   <si>
-    <t>30</t>
+    <t>44</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
   <si>
     <t>88.13</t>
   </si>
   <si>
-    <t>31</t>
+    <t>45</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
     <t>88.03</t>
   </si>
   <si>
-    <t>32</t>
+    <t>46</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>87.08</t>
   </si>
   <si>
-    <t>33</t>
+    <t>47</t>
   </si>
   <si>
     <t>2025-12-17</t>
   </si>
   <si>
     <t>86.64</t>
   </si>
   <si>
-    <t>34</t>
+    <t>48</t>
   </si>
   <si>
     <t>2025-12-16</t>
   </si>
   <si>
     <t>86.70</t>
   </si>
   <si>
-    <t>35</t>
+    <t>49</t>
   </si>
   <si>
     <t>2025-12-15</t>
   </si>
   <si>
     <t>87.25</t>
   </si>
   <si>
-    <t>36</t>
+    <t>50</t>
   </si>
   <si>
     <t>2025-12-12</t>
   </si>
   <si>
     <t>86.59</t>
   </si>
   <si>
-    <t>37</t>
+    <t>51</t>
   </si>
   <si>
     <t>2025-12-11</t>
   </si>
   <si>
     <t>86.46</t>
   </si>
   <si>
-    <t>38</t>
+    <t>52</t>
   </si>
   <si>
     <t>2025-12-10</t>
   </si>
   <si>
     <t>86.08</t>
   </si>
   <si>
-    <t>39</t>
+    <t>53</t>
   </si>
   <si>
     <t>2025-12-09</t>
   </si>
   <si>
     <t>85.71</t>
   </si>
   <si>
-    <t>40</t>
+    <t>54</t>
   </si>
   <si>
     <t>2025-12-08</t>
   </si>
   <si>
     <t>85.11</t>
   </si>
   <si>
-    <t>41</t>
+    <t>55</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>85.32</t>
   </si>
   <si>
-    <t>42</t>
+    <t>56</t>
   </si>
   <si>
     <t>2025-12-04</t>
   </si>
   <si>
     <t>85.19</t>
   </si>
   <si>
-    <t>43</t>
+    <t>57</t>
   </si>
   <si>
     <t>2025-12-03</t>
   </si>
   <si>
     <t>85.28</t>
   </si>
   <si>
-    <t>44</t>
+    <t>58</t>
   </si>
   <si>
     <t>2025-12-02</t>
   </si>
   <si>
     <t>85.93</t>
   </si>
   <si>
-    <t>45</t>
+    <t>59</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>86.34</t>
   </si>
   <si>
-    <t>46</t>
+    <t>60</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>86.73</t>
   </si>
   <si>
-    <t>47</t>
+    <t>61</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>85.94</t>
   </si>
   <si>
-    <t>48</t>
+    <t>62</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>86.01</t>
   </si>
   <si>
-    <t>49</t>
+    <t>63</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>85.46</t>
   </si>
   <si>
-    <t>50</t>
+    <t>64</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>84.82</t>
   </si>
   <si>
-    <t>51</t>
+    <t>65</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
     <t>84.49</t>
   </si>
   <si>
-    <t>52</t>
+    <t>66</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
   <si>
     <t>84.73</t>
   </si>
   <si>
-    <t>53</t>
+    <t>67</t>
   </si>
   <si>
     <t>2025-11-19</t>
   </si>
   <si>
     <t>85.26</t>
   </si>
   <si>
-    <t>54</t>
+    <t>68</t>
   </si>
   <si>
     <t>2025-11-18</t>
   </si>
   <si>
     <t>84.23</t>
   </si>
   <si>
-    <t>55</t>
+    <t>69</t>
   </si>
   <si>
     <t>2025-11-17</t>
   </si>
   <si>
     <t>85.30</t>
   </si>
   <si>
-    <t>56</t>
+    <t>70</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>85.76</t>
   </si>
   <si>
-    <t>57</t>
+    <t>71</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>85.97</t>
   </si>
   <si>
-    <t>58</t>
+    <t>72</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>86.23</t>
   </si>
   <si>
-    <t>59</t>
+    <t>73</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>86.43</t>
   </si>
   <si>
-    <t>60</t>
+    <t>74</t>
   </si>
   <si>
     <t>2025-11-07</t>
   </si>
   <si>
     <t>85.58</t>
   </si>
   <si>
-    <t>61</t>
+    <t>75</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>85.89</t>
   </si>
   <si>
-    <t>62</t>
+    <t>76</t>
   </si>
   <si>
     <t>2025-11-05</t>
   </si>
   <si>
     <t>86.06</t>
   </si>
   <si>
-    <t>63</t>
+    <t>77</t>
   </si>
   <si>
     <t>2025-11-04</t>
   </si>
   <si>
     <t>85.73</t>
   </si>
   <si>
-    <t>64</t>
+    <t>78</t>
   </si>
   <si>
     <t>2025-11-03</t>
   </si>
   <si>
     <t>86.58</t>
   </si>
   <si>
-    <t>65</t>
+    <t>79</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
     <t>86.13</t>
   </si>
   <si>
-    <t>66</t>
+    <t>80</t>
   </si>
   <si>
     <t>2025-10-30</t>
   </si>
   <si>
     <t>86.44</t>
   </si>
   <si>
-    <t>67</t>
+    <t>81</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>87.11</t>
   </si>
   <si>
-    <t>68</t>
+    <t>82</t>
   </si>
   <si>
     <t>2025-10-28</t>
   </si>
   <si>
     <t>87.07</t>
   </si>
   <si>
-    <t>69</t>
+    <t>83</t>
   </si>
   <si>
     <t>2025-10-27</t>
   </si>
   <si>
     <t>85.86</t>
   </si>
   <si>
-    <t>70</t>
+    <t>84</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>85.50</t>
   </si>
   <si>
-    <t>71</t>
+    <t>85</t>
   </si>
   <si>
     <t>2025-10-23</t>
   </si>
   <si>
     <t>85.54</t>
   </si>
   <si>
-    <t>72</t>
+    <t>86</t>
   </si>
   <si>
     <t>2025-10-22</t>
   </si>
   <si>
-    <t>73</t>
+    <t>87</t>
   </si>
   <si>
     <t>2025-10-21</t>
   </si>
   <si>
     <t>84.96</t>
   </si>
   <si>
-    <t>74</t>
+    <t>88</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>85.02</t>
   </si>
   <si>
-    <t>75</t>
+    <t>89</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
   <si>
     <t>84.13</t>
   </si>
   <si>
-    <t>76</t>
+    <t>90</t>
   </si>
   <si>
     <t>2025-10-16</t>
   </si>
   <si>
     <t>84.31</t>
   </si>
   <si>
-    <t>77</t>
+    <t>91</t>
   </si>
   <si>
     <t>2025-10-15</t>
   </si>
   <si>
     <t>84.63</t>
   </si>
   <si>
-    <t>78</t>
+    <t>92</t>
   </si>
   <si>
     <t>2025-10-14</t>
   </si>
   <si>
     <t>83.74</t>
   </si>
   <si>
-    <t>79</t>
+    <t>93</t>
   </si>
   <si>
     <t>2025-10-13</t>
   </si>
   <si>
     <t>84.53</t>
   </si>
   <si>
-    <t>80</t>
+    <t>94</t>
   </si>
   <si>
     <t>2025-10-10</t>
   </si>
   <si>
     <t>84.21</t>
   </si>
   <si>
-    <t>81</t>
+    <t>95</t>
   </si>
   <si>
     <t>2025-10-09</t>
   </si>
   <si>
     <t>84.72</t>
   </si>
   <si>
-    <t>82</t>
+    <t>96</t>
   </si>
   <si>
     <t>2025-10-08</t>
   </si>
   <si>
     <t>84.61</t>
   </si>
   <si>
-    <t>83</t>
+    <t>97</t>
   </si>
   <si>
     <t>2025-10-07</t>
   </si>
   <si>
-    <t>84</t>
+    <t>98</t>
   </si>
   <si>
     <t>2025-10-06</t>
   </si>
   <si>
     <t>83.78</t>
   </si>
   <si>
-    <t>85</t>
+    <t>99</t>
   </si>
   <si>
     <t>2025-10-03</t>
   </si>
   <si>
     <t>84.08</t>
   </si>
   <si>
-    <t>86</t>
+    <t>100</t>
   </si>
   <si>
     <t>2025-10-02</t>
   </si>
   <si>
     <t>84.20</t>
   </si>
   <si>
-    <t>87</t>
+    <t>101</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>83.84</t>
   </si>
   <si>
-    <t>88</t>
+    <t>102</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>83.17</t>
   </si>
   <si>
-    <t>89</t>
+    <t>103</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>83.28</t>
   </si>
   <si>
-    <t>90</t>
+    <t>104</t>
   </si>
   <si>
     <t>2025-09-26</t>
   </si>
   <si>
     <t>83.60</t>
   </si>
   <si>
-    <t>91</t>
+    <t>105</t>
   </si>
   <si>
     <t>2025-09-25</t>
   </si>
   <si>
     <t>83.00</t>
   </si>
   <si>
-    <t>92</t>
+    <t>106</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
-    <t>93</t>
+    <t>107</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
-    <t>94</t>
+    <t>108</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>82.74</t>
   </si>
   <si>
-    <t>95</t>
+    <t>109</t>
   </si>
   <si>
     <t>2025-09-19</t>
   </si>
   <si>
     <t>82.94</t>
   </si>
   <si>
-    <t>96</t>
+    <t>110</t>
   </si>
   <si>
     <t>2025-09-18</t>
   </si>
   <si>
     <t>83.04</t>
   </si>
   <si>
-    <t>97</t>
+    <t>111</t>
   </si>
   <si>
     <t>2025-09-17</t>
   </si>
   <si>
     <t>82.25</t>
   </si>
   <si>
-    <t>98</t>
+    <t>112</t>
   </si>
   <si>
     <t>2025-09-16</t>
   </si>
   <si>
     <t>82.56</t>
   </si>
   <si>
-    <t>99</t>
+    <t>113</t>
   </si>
   <si>
     <t>2025-09-15</t>
   </si>
   <si>
     <t>83.31</t>
   </si>
   <si>
-    <t>100</t>
+    <t>114</t>
   </si>
   <si>
     <t>2025-09-12</t>
   </si>
   <si>
     <t>82.68</t>
   </si>
   <si>
-    <t>101</t>
+    <t>115</t>
   </si>
   <si>
     <t>2025-09-11</t>
   </si>
   <si>
-    <t>102</t>
+    <t>116</t>
   </si>
   <si>
     <t>2025-09-10</t>
   </si>
   <si>
     <t>82.15</t>
   </si>
   <si>
-    <t>103</t>
+    <t>117</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>82.53</t>
   </si>
   <si>
-    <t>104</t>
+    <t>118</t>
   </si>
   <si>
     <t>2025-09-08</t>
   </si>
   <si>
     <t>82.79</t>
   </si>
   <si>
-    <t>105</t>
+    <t>119</t>
   </si>
   <si>
     <t>2025-09-05</t>
   </si>
   <si>
     <t>81.83</t>
   </si>
   <si>
-    <t>106</t>
+    <t>120</t>
   </si>
   <si>
     <t>2025-09-04</t>
   </si>
   <si>
     <t>81.99</t>
   </si>
   <si>
-    <t>107</t>
+    <t>121</t>
   </si>
   <si>
     <t>2025-09-03</t>
   </si>
   <si>
     <t>81.19</t>
   </si>
   <si>
-    <t>108</t>
+    <t>122</t>
   </si>
   <si>
     <t>2025-09-02</t>
   </si>
   <si>
     <t>80.96</t>
   </si>
   <si>
-    <t>109</t>
+    <t>123</t>
   </si>
   <si>
     <t>2025-09-01</t>
   </si>
   <si>
     <t>81.08</t>
   </si>
   <si>
-    <t>110</t>
+    <t>124</t>
   </si>
   <si>
     <t>2025-08-29</t>
   </si>
   <si>
     <t>81.36</t>
   </si>
   <si>
-    <t>111</t>
+    <t>125</t>
   </si>
   <si>
     <t>2025-08-28</t>
   </si>
   <si>
     <t>81.81</t>
   </si>
   <si>
-    <t>112</t>
+    <t>126</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>82.24</t>
   </si>
   <si>
-    <t>113</t>
+    <t>127</t>
   </si>
   <si>
     <t>2025-08-26</t>
   </si>
   <si>
     <t>82.97</t>
   </si>
   <si>
-    <t>114</t>
+    <t>128</t>
   </si>
   <si>
     <t>2025-08-25</t>
   </si>
   <si>
     <t>82.93</t>
   </si>
   <si>
-    <t>115</t>
+    <t>129</t>
   </si>
   <si>
     <t>2025-08-22</t>
   </si>
   <si>
     <t>82.63</t>
   </si>
   <si>
-    <t>116</t>
+    <t>130</t>
   </si>
   <si>
     <t>2025-08-21</t>
   </si>
   <si>
     <t>83.81</t>
   </si>
   <si>
-    <t>117</t>
+    <t>131</t>
   </si>
   <si>
     <t>2025-08-20</t>
   </si>
   <si>
     <t>83.55</t>
   </si>
   <si>
-    <t>118</t>
+    <t>132</t>
   </si>
   <si>
     <t>2025-08-19</t>
   </si>
   <si>
     <t>84.14</t>
   </si>
   <si>
-    <t>119</t>
+    <t>133</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
     <t>83.50</t>
   </si>
   <si>
-    <t>120</t>
+    <t>134</t>
   </si>
   <si>
     <t>2025-08-14</t>
   </si>
   <si>
     <t>83.53</t>
   </si>
   <si>
-    <t>121</t>
+    <t>135</t>
   </si>
   <si>
     <t>2025-08-13</t>
   </si>
   <si>
-    <t>122</t>
+    <t>136</t>
   </si>
   <si>
     <t>2025-08-12</t>
   </si>
   <si>
     <t>83.66</t>
   </si>
   <si>
-    <t>123</t>
+    <t>137</t>
   </si>
   <si>
     <t>2025-08-11</t>
   </si>
   <si>
     <t>83.12</t>
   </si>
   <si>
-    <t>124</t>
+    <t>138</t>
   </si>
   <si>
     <t>2025-08-08</t>
   </si>
   <si>
     <t>83.38</t>
   </si>
   <si>
-    <t>125</t>
+    <t>139</t>
   </si>
   <si>
     <t>2025-08-07</t>
   </si>
   <si>
     <t>83.06</t>
   </si>
   <si>
-    <t>126</t>
+    <t>140</t>
   </si>
   <si>
     <t>2025-08-06</t>
   </si>
   <si>
     <t>82.29</t>
   </si>
   <si>
-    <t>127</t>
+    <t>141</t>
   </si>
   <si>
     <t>2025-08-05</t>
   </si>
   <si>
     <t>81.40</t>
   </si>
   <si>
-    <t>128</t>
+    <t>142</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>81.69</t>
   </si>
   <si>
-    <t>129</t>
+    <t>143</t>
   </si>
   <si>
     <t>2025-08-01</t>
   </si>
   <si>
     <t>81.06</t>
   </si>
   <si>
-    <t>130</t>
+    <t>144</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
-    <t>131</t>
+    <t>145</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>82.52</t>
   </si>
   <si>
-    <t>132</t>
+    <t>146</t>
   </si>
   <si>
     <t>2025-07-29</t>
   </si>
   <si>
     <t>82.09</t>
   </si>
   <si>
-    <t>133</t>
+    <t>147</t>
   </si>
   <si>
     <t>2025-07-28</t>
   </si>
   <si>
     <t>81.58</t>
   </si>
   <si>
-    <t>134</t>
+    <t>148</t>
   </si>
   <si>
     <t>2025-07-25</t>
   </si>
   <si>
     <t>81.93</t>
   </si>
   <si>
-    <t>135</t>
+    <t>149</t>
   </si>
   <si>
     <t>2025-07-24</t>
   </si>
   <si>
     <t>82.11</t>
   </si>
   <si>
-    <t>136</t>
+    <t>150</t>
   </si>
   <si>
     <t>2025-07-23</t>
   </si>
   <si>
     <t>81.53</t>
   </si>
   <si>
-    <t>137</t>
+    <t>151</t>
   </si>
   <si>
     <t>2025-07-22</t>
   </si>
   <si>
     <t>81.10</t>
   </si>
   <si>
-    <t>138</t>
+    <t>152</t>
   </si>
   <si>
     <t>2025-07-21</t>
   </si>
   <si>
     <t>81.44</t>
   </si>
   <si>
-    <t>139</t>
+    <t>153</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
-    <t>140</t>
+    <t>154</t>
   </si>
   <si>
     <t>2025-07-17</t>
   </si>
   <si>
     <t>80.68</t>
   </si>
   <si>
-    <t>141</t>
+    <t>155</t>
   </si>
   <si>
     <t>2025-07-16</t>
   </si>
   <si>
     <t>79.98</t>
   </si>
   <si>
-    <t>142</t>
+    <t>156</t>
   </si>
   <si>
     <t>2025-07-15</t>
   </si>
   <si>
     <t>79.90</t>
   </si>
   <si>
-    <t>143</t>
+    <t>157</t>
   </si>
   <si>
     <t>2025-07-14</t>
   </si>
   <si>
     <t>79.94</t>
   </si>
   <si>
-    <t>144</t>
+    <t>158</t>
   </si>
   <si>
     <t>2025-07-11</t>
   </si>
   <si>
     <t>79.84</t>
   </si>
   <si>
-    <t>145</t>
+    <t>159</t>
   </si>
   <si>
     <t>2025-07-10</t>
   </si>
   <si>
-    <t>146</t>
+    <t>160</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>80.28</t>
   </si>
   <si>
-    <t>147</t>
+    <t>161</t>
   </si>
   <si>
     <t>2025-07-08</t>
   </si>
   <si>
     <t>79.89</t>
   </si>
   <si>
-    <t>148</t>
+    <t>162</t>
   </si>
   <si>
     <t>2025-07-07</t>
   </si>
   <si>
     <t>79.53</t>
   </si>
   <si>
-    <t>149</t>
+    <t>163</t>
   </si>
   <si>
     <t>2025-07-04</t>
   </si>
   <si>
     <t>79.73</t>
   </si>
   <si>
-    <t>150</t>
+    <t>164</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
     <t>80.10</t>
   </si>
   <si>
-    <t>151</t>
+    <t>165</t>
   </si>
   <si>
     <t>2025-07-02</t>
   </si>
   <si>
     <t>79.51</t>
   </si>
   <si>
-    <t>152</t>
+    <t>166</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
     <t>79.14</t>
   </si>
   <si>
-    <t>153</t>
+    <t>167</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>79.60</t>
   </si>
   <si>
-    <t>154</t>
+    <t>168</t>
   </si>
   <si>
     <t>2025-06-27</t>
   </si>
   <si>
     <t>79.12</t>
   </si>
   <si>
-    <t>155</t>
+    <t>169</t>
   </si>
   <si>
     <t>2025-06-26</t>
   </si>
   <si>
     <t>78.65</t>
   </si>
   <si>
-    <t>156</t>
+    <t>170</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>77.70</t>
   </si>
   <si>
-    <t>157</t>
+    <t>171</t>
   </si>
   <si>
     <t>2025-06-24</t>
   </si>
   <si>
     <t>77.59</t>
   </si>
   <si>
-    <t>158</t>
+    <t>172</t>
   </si>
   <si>
     <t>2025-06-23</t>
   </si>
   <si>
     <t>76.15</t>
   </si>
   <si>
-    <t>159</t>
+    <t>173</t>
   </si>
   <si>
     <t>2025-06-20</t>
   </si>
   <si>
     <t>76.83</t>
   </si>
   <si>
-    <t>160</t>
+    <t>174</t>
   </si>
   <si>
     <t>2025-06-18</t>
   </si>
   <si>
     <t>76.85</t>
   </si>
   <si>
-    <t>161</t>
+    <t>175</t>
   </si>
   <si>
     <t>2025-06-17</t>
   </si>
   <si>
     <t>76.87</t>
   </si>
   <si>
-    <t>162</t>
+    <t>176</t>
   </si>
   <si>
     <t>2025-06-16</t>
   </si>
   <si>
     <t>76.81</t>
   </si>
   <si>
-    <t>163</t>
+    <t>177</t>
   </si>
   <si>
     <t>2025-06-13</t>
   </si>
   <si>
     <t>76.55</t>
   </si>
   <si>
-    <t>164</t>
+    <t>178</t>
   </si>
   <si>
     <t>2025-06-12</t>
   </si>
   <si>
     <t>77.35</t>
   </si>
   <si>
-    <t>165</t>
+    <t>179</t>
   </si>
   <si>
     <t>2025-06-11</t>
   </si>
   <si>
     <t>77.49</t>
   </si>
   <si>
-    <t>166</t>
+    <t>180</t>
   </si>
   <si>
     <t>2025-06-10</t>
   </si>
   <si>
     <t>77.43</t>
   </si>
   <si>
-    <t>167</t>
+    <t>181</t>
   </si>
   <si>
     <t>2025-06-09</t>
   </si>
   <si>
     <t>76.72</t>
   </si>
   <si>
-    <t>168</t>
+    <t>182</t>
   </si>
   <si>
     <t>2025-06-06</t>
   </si>
   <si>
     <t>76.36</t>
   </si>
   <si>
-    <t>169</t>
+    <t>183</t>
   </si>
   <si>
     <t>2025-06-05</t>
   </si>
   <si>
     <t>76.53</t>
   </si>
   <si>
-    <t>170</t>
+    <t>184</t>
   </si>
   <si>
     <t>2025-06-04</t>
   </si>
   <si>
     <t>77.07</t>
   </si>
   <si>
-    <t>171</t>
+    <t>185</t>
   </si>
   <si>
     <t>2025-06-03</t>
   </si>
   <si>
     <t>76.61</t>
   </si>
   <si>
-    <t>172</t>
+    <t>186</t>
   </si>
   <si>
     <t>2025-06-02</t>
   </si>
   <si>
     <t>76.88</t>
   </si>
   <si>
-    <t>173</t>
+    <t>187</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>76.92</t>
   </si>
   <si>
-    <t>174</t>
+    <t>188</t>
   </si>
   <si>
     <t>2025-05-29</t>
   </si>
   <si>
     <t>77.19</t>
   </si>
   <si>
-    <t>175</t>
+    <t>189</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>77.87</t>
   </si>
   <si>
-    <t>176</t>
+    <t>190</t>
   </si>
   <si>
     <t>2025-05-27</t>
   </si>
   <si>
-    <t>177</t>
+    <t>191</t>
   </si>
   <si>
     <t>2025-05-26</t>
   </si>
   <si>
     <t>77.05</t>
   </si>
   <si>
-    <t>178</t>
+    <t>192</t>
   </si>
   <si>
     <t>2025-05-23</t>
   </si>
   <si>
     <t>76.12</t>
   </si>
   <si>
-    <t>179</t>
+    <t>193</t>
   </si>
   <si>
     <t>2025-05-22</t>
   </si>
   <si>
     <t>76.66</t>
   </si>
   <si>
-    <t>180</t>
+    <t>194</t>
   </si>
   <si>
     <t>2025-05-21</t>
   </si>
   <si>
     <t>77.18</t>
   </si>
   <si>
-    <t>181</t>
+    <t>195</t>
   </si>
   <si>
     <t>2025-05-20</t>
   </si>
   <si>
     <t>77.75</t>
   </si>
   <si>
-    <t>182</t>
+    <t>196</t>
   </si>
   <si>
     <t>2025-05-19</t>
   </si>
   <si>
     <t>77.65</t>
   </si>
   <si>
-    <t>183</t>
+    <t>197</t>
   </si>
   <si>
     <t>2025-05-16</t>
   </si>
   <si>
     <t>78.00</t>
   </si>
   <si>
-    <t>184</t>
+    <t>198</t>
   </si>
   <si>
     <t>2025-05-15</t>
   </si>
   <si>
     <t>77.77</t>
   </si>
   <si>
-    <t>185</t>
+    <t>199</t>
   </si>
   <si>
     <t>2025-05-14</t>
   </si>
   <si>
     <t>78.12</t>
   </si>
   <si>
-    <t>186</t>
+    <t>200</t>
   </si>
   <si>
     <t>2025-05-13</t>
   </si>
   <si>
     <t>78.31</t>
   </si>
   <si>
-    <t>187</t>
+    <t>201</t>
   </si>
   <si>
     <t>2025-05-12</t>
   </si>
   <si>
-    <t>188</t>
+    <t>202</t>
   </si>
   <si>
     <t>2025-05-09</t>
   </si>
   <si>
     <t>77.40</t>
   </si>
   <si>
-    <t>189</t>
+    <t>203</t>
   </si>
   <si>
     <t>2025-05-08</t>
   </si>
   <si>
-    <t>190</t>
+    <t>204</t>
   </si>
   <si>
     <t>2025-05-07</t>
   </si>
   <si>
     <t>75.87</t>
   </si>
   <si>
-    <t>191</t>
+    <t>205</t>
   </si>
   <si>
     <t>2025-05-06</t>
   </si>
   <si>
     <t>74.91</t>
   </si>
   <si>
-    <t>192</t>
+    <t>206</t>
   </si>
   <si>
     <t>2025-05-05</t>
   </si>
   <si>
     <t>75.33</t>
   </si>
   <si>
-    <t>193</t>
+    <t>207</t>
   </si>
   <si>
     <t>2025-05-02</t>
   </si>
   <si>
     <t>75.58</t>
   </si>
   <si>
-    <t>194</t>
+    <t>208</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>74.53</t>
   </si>
   <si>
-    <t>195</t>
+    <t>209</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>75.86</t>
   </si>
   <si>
-    <t>196</t>
+    <t>210</t>
   </si>
   <si>
     <t>2025-04-28</t>
   </si>
   <si>
     <t>75.68</t>
   </si>
   <si>
-    <t>197</t>
+    <t>211</t>
   </si>
   <si>
     <t>2025-04-25</t>
   </si>
   <si>
     <t>75.42</t>
   </si>
   <si>
-    <t>198</t>
+    <t>212</t>
   </si>
   <si>
     <t>2025-04-24</t>
   </si>
   <si>
     <t>75.45</t>
   </si>
   <si>
-    <t>199</t>
+    <t>213</t>
   </si>
   <si>
     <t>2025-04-23</t>
   </si>
   <si>
     <t>75.22</t>
   </si>
   <si>
-    <t>200</t>
+    <t>214</t>
   </si>
   <si>
     <t>2025-04-22</t>
   </si>
   <si>
     <t>73.81</t>
   </si>
   <si>
-    <t>201</t>
+    <t>215</t>
   </si>
   <si>
     <t>2025-04-17</t>
   </si>
   <si>
     <t>73.19</t>
   </si>
   <si>
-    <t>202</t>
+    <t>216</t>
   </si>
   <si>
     <t>2025-04-16</t>
   </si>
   <si>
     <t>72.97</t>
   </si>
   <si>
-    <t>203</t>
+    <t>217</t>
   </si>
   <si>
     <t>2025-04-15</t>
   </si>
   <si>
     <t>73.28</t>
   </si>
   <si>
-    <t>204</t>
+    <t>218</t>
   </si>
   <si>
     <t>2025-04-14</t>
   </si>
   <si>
     <t>73.05</t>
   </si>
   <si>
-    <t>205</t>
+    <t>219</t>
   </si>
   <si>
     <t>2025-04-11</t>
   </si>
   <si>
     <t>71.81</t>
   </si>
   <si>
-    <t>206</t>
+    <t>220</t>
   </si>
   <si>
     <t>2025-04-10</t>
   </si>
   <si>
     <t>72.10</t>
   </si>
   <si>
-    <t>207</t>
+    <t>221</t>
   </si>
   <si>
     <t>2025-04-09</t>
   </si>
   <si>
     <t>70.78</t>
   </si>
   <si>
-    <t>208</t>
+    <t>222</t>
   </si>
   <si>
     <t>2025-04-08</t>
   </si>
   <si>
     <t>71.05</t>
   </si>
   <si>
-    <t>209</t>
+    <t>223</t>
   </si>
   <si>
     <t>2025-04-07</t>
   </si>
   <si>
     <t>70.24</t>
   </si>
   <si>
-    <t>210</t>
+    <t>224</t>
   </si>
   <si>
     <t>2025-04-04</t>
   </si>
   <si>
     <t>70.58</t>
   </si>
   <si>
-    <t>211</t>
+    <t>225</t>
   </si>
   <si>
     <t>2025-04-03</t>
   </si>
   <si>
     <t>73.37</t>
   </si>
   <si>
-    <t>212</t>
+    <t>226</t>
   </si>
   <si>
     <t>2025-04-02</t>
   </si>
   <si>
-    <t>213</t>
+    <t>227</t>
   </si>
   <si>
     <t>2025-04-01</t>
   </si>
   <si>
     <t>75.48</t>
   </si>
   <si>
-    <t>214</t>
+    <t>228</t>
   </si>
   <si>
     <t>2025-03-31</t>
   </si>
   <si>
     <t>74.65</t>
   </si>
   <si>
-    <t>215</t>
+    <t>229</t>
   </si>
   <si>
     <t>2025-03-28</t>
   </si>
   <si>
     <t>75.31</t>
   </si>
   <si>
-    <t>216</t>
+    <t>230</t>
   </si>
   <si>
     <t>2025-03-27</t>
   </si>
   <si>
     <t>75.81</t>
   </si>
   <si>
-    <t>217</t>
+    <t>231</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>75.74</t>
   </si>
   <si>
-    <t>218</t>
+    <t>232</t>
   </si>
   <si>
     <t>2025-03-25</t>
   </si>
   <si>
     <t>76.11</t>
   </si>
   <si>
-    <t>219</t>
+    <t>233</t>
   </si>
   <si>
     <t>2025-03-24</t>
   </si>
   <si>
     <t>75.32</t>
   </si>
   <si>
-    <t>220</t>
+    <t>234</t>
   </si>
   <si>
     <t>2025-03-21</t>
   </si>
   <si>
     <t>74.63</t>
   </si>
   <si>
-    <t>221</t>
+    <t>235</t>
   </si>
   <si>
     <t>2025-03-20</t>
   </si>
   <si>
     <t>74.96</t>
   </si>
   <si>
-    <t>222</t>
+    <t>236</t>
   </si>
   <si>
     <t>2025-03-19</t>
   </si>
   <si>
     <t>75.15</t>
   </si>
   <si>
-    <t>223</t>
+    <t>237</t>
   </si>
   <si>
     <t>2025-03-18</t>
   </si>
   <si>
     <t>75.03</t>
   </si>
   <si>
-    <t>224</t>
+    <t>238</t>
   </si>
   <si>
     <t>2025-03-17</t>
   </si>
   <si>
     <t>74.86</t>
   </si>
   <si>
-    <t>225</t>
+    <t>239</t>
   </si>
   <si>
     <t>2025-03-14</t>
   </si>
   <si>
     <t>74.30</t>
   </si>
   <si>
-    <t>226</t>
+    <t>240</t>
   </si>
   <si>
     <t>2025-03-13</t>
   </si>
   <si>
     <t>72.91</t>
   </si>
   <si>
-    <t>227</t>
+    <t>241</t>
   </si>
   <si>
     <t>2025-03-12</t>
   </si>
   <si>
     <t>72.46</t>
   </si>
   <si>
-    <t>228</t>
+    <t>242</t>
   </si>
   <si>
     <t>2025-03-11</t>
   </si>
   <si>
     <t>71.62</t>
   </si>
   <si>
-    <t>229</t>
+    <t>243</t>
   </si>
   <si>
     <t>2025-03-10</t>
   </si>
   <si>
     <t>71.58</t>
   </si>
   <si>
-    <t>230</t>
+    <t>244</t>
   </si>
   <si>
     <t>2025-03-07</t>
   </si>
   <si>
     <t>72.56</t>
   </si>
   <si>
-    <t>231</t>
+    <t>245</t>
   </si>
   <si>
     <t>2025-03-06</t>
   </si>
   <si>
     <t>72.47</t>
   </si>
   <si>
-    <t>232</t>
+    <t>246</t>
   </si>
   <si>
     <t>2025-03-05</t>
   </si>
   <si>
     <t>72.20</t>
   </si>
   <si>
-    <t>233</t>
+    <t>247</t>
   </si>
   <si>
     <t>2025-03-04</t>
   </si>
   <si>
     <t>70.95</t>
   </si>
   <si>
-    <t>234</t>
+    <t>248</t>
   </si>
   <si>
     <t>2025-03-03</t>
   </si>
   <si>
     <t>72.55</t>
   </si>
   <si>
-    <t>235</t>
+    <t>249</t>
   </si>
   <si>
     <t>2025-02-28</t>
   </si>
   <si>
     <t>72.59</t>
   </si>
   <si>
-    <t>236</t>
+    <t>250</t>
   </si>
   <si>
     <t>2025-02-27</t>
   </si>
   <si>
-    <t>237</t>
+    <t>251</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>73.29</t>
   </si>
   <si>
-    <t>238</t>
+    <t>252</t>
   </si>
   <si>
     <t>2025-02-25</t>
   </si>
   <si>
     <t>72.33</t>
   </si>
   <si>
-    <t>239</t>
+    <t>253</t>
   </si>
   <si>
     <t>2025-02-24</t>
   </si>
   <si>
     <t>72.36</t>
   </si>
   <si>
-    <t>240</t>
+    <t>254</t>
   </si>
   <si>
     <t>2025-02-21</t>
   </si>
   <si>
     <t>73.36</t>
   </si>
   <si>
-    <t>241</t>
+    <t>255</t>
   </si>
   <si>
     <t>2025-02-20</t>
   </si>
   <si>
     <t>73.60</t>
   </si>
   <si>
-    <t>242</t>
+    <t>256</t>
   </si>
   <si>
     <t>2025-02-19</t>
   </si>
   <si>
     <t>73.85</t>
   </si>
   <si>
-    <t>243</t>
+    <t>257</t>
   </si>
   <si>
     <t>2025-02-18</t>
   </si>
   <si>
     <t>74.35</t>
   </si>
   <si>
-    <t>244</t>
+    <t>258</t>
   </si>
   <si>
     <t>2025-02-17</t>
   </si>
   <si>
     <t>73.23</t>
   </si>
   <si>
-    <t>245</t>
+    <t>259</t>
   </si>
   <si>
     <t>2025-02-14</t>
   </si>
   <si>
     <t>72.99</t>
   </si>
   <si>
-    <t>246</t>
+    <t>260</t>
   </si>
   <si>
     <t>2025-02-13</t>
   </si>
   <si>
     <t>73.00</t>
   </si>
   <si>
-    <t>247</t>
+    <t>261</t>
   </si>
   <si>
     <t>2025-02-12</t>
   </si>
   <si>
     <t>72.48</t>
   </si>
   <si>
-    <t>248</t>
+    <t>262</t>
   </si>
   <si>
     <t>2025-02-11</t>
   </si>
   <si>
     <t>72.29</t>
   </si>
   <si>
-    <t>249</t>
+    <t>263</t>
   </si>
   <si>
     <t>2025-02-10</t>
   </si>
   <si>
     <t>72.04</t>
   </si>
   <si>
-    <t>250</t>
+    <t>264</t>
   </si>
   <si>
     <t>2025-02-07</t>
   </si>
   <si>
     <t>71.49</t>
   </si>
   <si>
-    <t>251</t>
+    <t>265</t>
   </si>
   <si>
     <t>2025-02-06</t>
   </si>
   <si>
     <t>71.41</t>
   </si>
   <si>
-    <t>252</t>
+    <t>266</t>
   </si>
   <si>
     <t>2025-02-05</t>
   </si>
   <si>
     <t>70.31</t>
   </si>
   <si>
-    <t>253</t>
+    <t>267</t>
   </si>
   <si>
     <t>2025-02-04</t>
   </si>
   <si>
     <t>70.67</t>
   </si>
   <si>
-    <t>254</t>
+    <t>268</t>
   </si>
   <si>
     <t>2025-02-03</t>
   </si>
   <si>
     <t>70.33</t>
   </si>
   <si>
-    <t>255</t>
+    <t>269</t>
   </si>
   <si>
     <t>2025-01-31</t>
   </si>
   <si>
-    <t>256</t>
+    <t>270</t>
   </si>
   <si>
     <t>2025-01-30</t>
   </si>
   <si>
     <t>70.98</t>
   </si>
   <si>
-    <t>257</t>
+    <t>271</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>70.34</t>
   </si>
   <si>
-    <t>258</t>
+    <t>272</t>
   </si>
   <si>
     <t>2025-01-28</t>
   </si>
   <si>
     <t>70.36</t>
   </si>
   <si>
-    <t>259</t>
+    <t>273</t>
   </si>
   <si>
     <t>2025-01-27</t>
   </si>
   <si>
     <t>69.92</t>
   </si>
   <si>
-    <t>260</t>
+    <t>274</t>
   </si>
   <si>
     <t>2025-01-24</t>
   </si>
   <si>
-    <t>261</t>
+    <t>275</t>
   </si>
   <si>
     <t>2025-01-23</t>
   </si>
   <si>
     <t>70.21</t>
   </si>
   <si>
-    <t>262</t>
+    <t>276</t>
   </si>
   <si>
     <t>2025-01-22</t>
   </si>
   <si>
     <t>70.37</t>
   </si>
   <si>
-    <t>263</t>
+    <t>277</t>
   </si>
   <si>
     <t>2025-01-21</t>
   </si>
   <si>
     <t>69.94</t>
   </si>
   <si>
-    <t>264</t>
+    <t>278</t>
   </si>
   <si>
     <t>2025-01-20</t>
   </si>
   <si>
     <t>69.84</t>
   </si>
   <si>
-    <t>265</t>
+    <t>279</t>
   </si>
   <si>
     <t>2025-01-17</t>
   </si>
   <si>
     <t>69.59</t>
   </si>
   <si>
-    <t>266</t>
+    <t>280</t>
   </si>
   <si>
     <t>2025-01-16</t>
   </si>
   <si>
     <t>69.15</t>
   </si>
   <si>
-    <t>267</t>
+    <t>281</t>
   </si>
   <si>
     <t>2025-01-15</t>
   </si>
   <si>
     <t>69.26</t>
   </si>
   <si>
-    <t>268</t>
+    <t>282</t>
   </si>
   <si>
     <t>2025-01-14</t>
   </si>
   <si>
     <t>68.51</t>
   </si>
   <si>
-    <t>269</t>
+    <t>283</t>
   </si>
   <si>
     <t>2025-01-13</t>
   </si>
   <si>
     <t>68.56</t>
   </si>
   <si>
-    <t>270</t>
+    <t>284</t>
   </si>
   <si>
     <t>2025-01-10</t>
   </si>
   <si>
     <t>69.00</t>
   </si>
   <si>
-    <t>271</t>
+    <t>285</t>
   </si>
   <si>
     <t>2025-01-09</t>
   </si>
   <si>
     <t>69.16</t>
   </si>
   <si>
-    <t>272</t>
+    <t>286</t>
   </si>
   <si>
     <t>2025-01-08</t>
   </si>
   <si>
     <t>68.93</t>
   </si>
   <si>
-    <t>273</t>
+    <t>287</t>
   </si>
   <si>
     <t>2025-01-07</t>
   </si>
   <si>
     <t>69.22</t>
   </si>
   <si>
-    <t>274</t>
+    <t>288</t>
   </si>
   <si>
     <t>2025-01-03</t>
   </si>
   <si>
     <t>68.98</t>
   </si>
   <si>
-    <t>275</t>
+    <t>289</t>
   </si>
   <si>
     <t>2025-01-02</t>
   </si>
   <si>
     <t>68.58</t>
   </si>
   <si>
-    <t>276</t>
+    <t>290</t>
   </si>
   <si>
     <t>2024-12-30</t>
   </si>
   <si>
     <t>68.11</t>
   </si>
   <si>
-    <t>277</t>
+    <t>291</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>68.30</t>
   </si>
   <si>
-    <t>278</t>
+    <t>292</t>
   </si>
   <si>
     <t>2024-12-23</t>
   </si>
   <si>
-    <t>279</t>
+    <t>293</t>
   </si>
   <si>
     <t>2024-12-20</t>
   </si>
   <si>
-    <t>280</t>
+    <t>294</t>
   </si>
   <si>
     <t>2024-12-19</t>
   </si>
   <si>
     <t>68.17</t>
   </si>
   <si>
-    <t>281</t>
+    <t>295</t>
   </si>
   <si>
     <t>2024-12-18</t>
   </si>
   <si>
     <t>68.35</t>
   </si>
   <si>
-    <t>282</t>
+    <t>296</t>
   </si>
   <si>
     <t>2024-12-17</t>
   </si>
   <si>
     <t>68.49</t>
   </si>
   <si>
-    <t>283</t>
+    <t>297</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>69.32</t>
   </si>
   <si>
-    <t>284</t>
+    <t>298</t>
   </si>
   <si>
     <t>2024-12-13</t>
   </si>
   <si>
     <t>69.37</t>
   </si>
   <si>
-    <t>285</t>
+    <t>299</t>
   </si>
   <si>
     <t>2024-12-12</t>
   </si>
   <si>
     <t>69.48</t>
   </si>
   <si>
-    <t>286</t>
+    <t>300</t>
   </si>
   <si>
     <t>2024-12-11</t>
   </si>
   <si>
     <t>69.83</t>
   </si>
   <si>
-    <t>287</t>
+    <t>301</t>
   </si>
   <si>
     <t>2024-12-10</t>
   </si>
   <si>
     <t>69.77</t>
   </si>
   <si>
-    <t>288</t>
+    <t>302</t>
   </si>
   <si>
     <t>2024-12-09</t>
   </si>
   <si>
     <t>69.72</t>
   </si>
   <si>
-    <t>289</t>
+    <t>303</t>
   </si>
   <si>
     <t>2024-12-06</t>
   </si>
   <si>
     <t>69.64</t>
   </si>
   <si>
-    <t>290</t>
+    <t>304</t>
   </si>
   <si>
     <t>2024-12-05</t>
   </si>
   <si>
     <t>69.63</t>
   </si>
   <si>
-    <t>291</t>
+    <t>305</t>
   </si>
   <si>
     <t>2024-12-04</t>
   </si>
   <si>
     <t>69.45</t>
   </si>
   <si>
-    <t>292</t>
+    <t>306</t>
   </si>
   <si>
     <t>2024-12-03</t>
   </si>
   <si>
     <t>69.09</t>
   </si>
   <si>
-    <t>293</t>
+    <t>307</t>
   </si>
   <si>
     <t>2024-12-02</t>
   </si>
   <si>
-    <t>294</t>
+    <t>308</t>
   </si>
   <si>
     <t>2024-11-29</t>
   </si>
   <si>
     <t>68.31</t>
   </si>
   <si>
-    <t>295</t>
+    <t>309</t>
   </si>
   <si>
     <t>2024-11-28</t>
   </si>
   <si>
     <t>68.21</t>
   </si>
   <si>
-    <t>296</t>
+    <t>310</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>68.13</t>
   </si>
   <si>
-    <t>297</t>
+    <t>311</t>
   </si>
   <si>
     <t>2024-11-26</t>
   </si>
   <si>
     <t>68.36</t>
   </si>
   <si>
-    <t>298</t>
+    <t>312</t>
   </si>
   <si>
     <t>2024-11-25</t>
   </si>
   <si>
     <t>68.61</t>
   </si>
   <si>
-    <t>299</t>
+    <t>313</t>
   </si>
   <si>
     <t>2024-11-22</t>
   </si>
   <si>
     <t>68.54</t>
   </si>
   <si>
-    <t>300</t>
+    <t>314</t>
   </si>
   <si>
     <t>2024-11-21</t>
   </si>
   <si>
     <t>68.23</t>
   </si>
   <si>
-    <t>301</t>
+    <t>315</t>
   </si>
   <si>
     <t>2024-11-20</t>
   </si>
   <si>
     <t>67.71</t>
   </si>
   <si>
-    <t>302</t>
+    <t>316</t>
   </si>
   <si>
     <t>2024-11-19</t>
   </si>
   <si>
     <t>67.35</t>
   </si>
   <si>
-    <t>303</t>
+    <t>317</t>
   </si>
   <si>
     <t>2024-11-18</t>
   </si>
   <si>
     <t>67.82</t>
   </si>
   <si>
-    <t>304</t>
+    <t>318</t>
   </si>
   <si>
     <t>2024-11-15</t>
   </si>
   <si>
     <t>67.70</t>
   </si>
   <si>
-    <t>305</t>
+    <t>319</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
-    <t>306</t>
+    <t>320</t>
   </si>
   <si>
     <t>2024-11-13</t>
   </si>
   <si>
-    <t>307</t>
+    <t>321</t>
   </si>
   <si>
     <t>2024-11-12</t>
   </si>
   <si>
     <t>68.64</t>
   </si>
   <si>
-    <t>308</t>
+    <t>322</t>
   </si>
   <si>
     <t>2024-11-08</t>
   </si>
   <si>
     <t>69.23</t>
   </si>
   <si>
-    <t>309</t>
+    <t>323</t>
   </si>
   <si>
     <t>2024-11-07</t>
   </si>
   <si>
-    <t>310</t>
+    <t>324</t>
   </si>
   <si>
     <t>2024-11-06</t>
   </si>
   <si>
-    <t>311</t>
+    <t>325</t>
   </si>
   <si>
     <t>2024-11-05</t>
   </si>
   <si>
     <t>68.40</t>
   </si>
   <si>
-    <t>312</t>
+    <t>326</t>
   </si>
   <si>
     <t>2024-11-04</t>
   </si>
   <si>
     <t>68.34</t>
   </si>
   <si>
-    <t>313</t>
+    <t>327</t>
   </si>
   <si>
     <t>2024-10-31</t>
   </si>
   <si>
     <t>67.55</t>
   </si>
   <si>
-    <t>314</t>
+    <t>328</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>68.02</t>
   </si>
   <si>
-    <t>315</t>
+    <t>329</t>
   </si>
   <si>
     <t>2024-10-29</t>
   </si>
   <si>
-    <t>316</t>
+    <t>330</t>
   </si>
   <si>
     <t>2024-10-28</t>
   </si>
   <si>
-    <t>317</t>
+    <t>331</t>
   </si>
   <si>
     <t>2024-10-25</t>
   </si>
   <si>
     <t>68.71</t>
   </si>
   <si>
-    <t>318</t>
+    <t>332</t>
   </si>
   <si>
     <t>2024-10-24</t>
   </si>
   <si>
     <t>68.59</t>
   </si>
   <si>
-    <t>319</t>
+    <t>333</t>
   </si>
   <si>
     <t>2024-10-23</t>
   </si>
   <si>
-    <t>320</t>
+    <t>334</t>
   </si>
   <si>
     <t>2024-10-22</t>
   </si>
   <si>
-    <t>321</t>
+    <t>335</t>
   </si>
   <si>
     <t>2024-10-21</t>
   </si>
   <si>
     <t>69.08</t>
   </si>
   <si>
-    <t>322</t>
+    <t>336</t>
   </si>
   <si>
     <t>2024-10-18</t>
   </si>
   <si>
     <t>69.28</t>
   </si>
   <si>
-    <t>323</t>
+    <t>337</t>
   </si>
   <si>
     <t>2024-10-17</t>
   </si>
   <si>
     <t>69.04</t>
   </si>
   <si>
-    <t>324</t>
+    <t>338</t>
   </si>
   <si>
     <t>2024-10-16</t>
   </si>
   <si>
-    <t>325</t>
+    <t>339</t>
   </si>
   <si>
     <t>2024-10-15</t>
   </si>
   <si>
-    <t>326</t>
+    <t>340</t>
   </si>
   <si>
     <t>2024-10-14</t>
   </si>
   <si>
     <t>69.36</t>
   </si>
   <si>
-    <t>327</t>
+    <t>341</t>
   </si>
   <si>
     <t>2024-10-11</t>
   </si>
   <si>
     <t>69.42</t>
   </si>
   <si>
-    <t>328</t>
+    <t>342</t>
   </si>
   <si>
     <t>2024-10-10</t>
   </si>
   <si>
     <t>69.07</t>
   </si>
   <si>
-    <t>329</t>
+    <t>343</t>
   </si>
   <si>
     <t>2024-10-09</t>
   </si>
   <si>
-    <t>330</t>
+    <t>344</t>
   </si>
   <si>
     <t>2024-10-08</t>
   </si>
   <si>
     <t>68.62</t>
   </si>
   <si>
-    <t>331</t>
+    <t>345</t>
   </si>
   <si>
     <t>2024-10-07</t>
   </si>
   <si>
     <t>68.70</t>
   </si>
   <si>
-    <t>332</t>
+    <t>346</t>
   </si>
   <si>
     <t>2024-10-04</t>
   </si>
   <si>
     <t>68.75</t>
   </si>
   <si>
-    <t>333</t>
+    <t>347</t>
   </si>
   <si>
     <t>2024-10-03</t>
   </si>
   <si>
-    <t>334</t>
+    <t>348</t>
   </si>
   <si>
     <t>2024-10-02</t>
   </si>
   <si>
     <t>68.89</t>
   </si>
   <si>
-    <t>335</t>
+    <t>349</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>68.87</t>
   </si>
   <si>
-    <t>336</t>
+    <t>350</t>
   </si>
   <si>
     <t>2024-09-30</t>
   </si>
   <si>
     <t>68.96</t>
   </si>
   <si>
-    <t>337</t>
+    <t>351</t>
   </si>
   <si>
     <t>2024-09-27</t>
   </si>
   <si>
     <t>69.68</t>
   </si>
   <si>
-    <t>338</t>
+    <t>352</t>
   </si>
   <si>
     <t>2024-09-26</t>
   </si>
   <si>
     <t>69.35</t>
   </si>
   <si>
-    <t>339</t>
+    <t>353</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
-    <t>340</t>
+    <t>354</t>
   </si>
   <si>
     <t>2024-09-24</t>
   </si>
   <si>
-    <t>341</t>
+    <t>355</t>
   </si>
   <si>
     <t>2024-09-23</t>
   </si>
   <si>
     <t>68.10</t>
   </si>
   <si>
-    <t>342</t>
+    <t>356</t>
   </si>
   <si>
     <t>2024-09-20</t>
   </si>
   <si>
     <t>67.85</t>
   </si>
   <si>
-    <t>343</t>
+    <t>357</t>
   </si>
   <si>
     <t>2024-09-19</t>
   </si>
   <si>
-    <t>344</t>
+    <t>358</t>
   </si>
   <si>
     <t>2024-09-18</t>
   </si>
   <si>
-    <t>345</t>
+    <t>359</t>
   </si>
   <si>
     <t>2024-09-17</t>
   </si>
   <si>
     <t>68.19</t>
   </si>
   <si>
-    <t>346</t>
+    <t>360</t>
   </si>
   <si>
     <t>2024-09-16</t>
   </si>
   <si>
     <t>67.81</t>
   </si>
   <si>
-    <t>347</t>
+    <t>361</t>
   </si>
   <si>
     <t>2024-09-13</t>
   </si>
   <si>
     <t>68.14</t>
   </si>
   <si>
-    <t>348</t>
+    <t>362</t>
   </si>
   <si>
     <t>2024-09-12</t>
   </si>
   <si>
     <t>67.59</t>
   </si>
   <si>
-    <t>349</t>
+    <t>363</t>
   </si>
   <si>
     <t>2024-09-11</t>
   </si>
   <si>
     <t>66.92</t>
   </si>
   <si>
-    <t>350</t>
+    <t>364</t>
   </si>
   <si>
     <t>2024-09-10</t>
   </si>
   <si>
     <t>67.17</t>
   </si>
   <si>
-    <t>351</t>
+    <t>365</t>
   </si>
   <si>
     <t>2024-09-09</t>
   </si>
   <si>
     <t>67.41</t>
   </si>
   <si>
-    <t>352</t>
+    <t>366</t>
   </si>
   <si>
     <t>2024-09-06</t>
   </si>
   <si>
     <t>67.16</t>
   </si>
   <si>
-    <t>353</t>
+    <t>367</t>
   </si>
   <si>
     <t>2024-09-05</t>
   </si>
   <si>
     <t>68.06</t>
   </si>
   <si>
-    <t>354</t>
+    <t>368</t>
   </si>
   <si>
     <t>2024-09-04</t>
   </si>
   <si>
     <t>68.52</t>
   </si>
   <si>
-    <t>355</t>
+    <t>369</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>68.72</t>
   </si>
   <si>
-    <t>356</t>
+    <t>370</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
-    <t>357</t>
+    <t>371</t>
   </si>
   <si>
     <t>2024-08-30</t>
   </si>
   <si>
-    <t>358</t>
+    <t>372</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
-    <t>359</t>
+    <t>373</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>68.39</t>
   </si>
   <si>
-    <t>360</t>
+    <t>374</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>68.83</t>
   </si>
   <si>
-    <t>361</t>
+    <t>375</t>
   </si>
   <si>
     <t>2024-08-26</t>
   </si>
   <si>
     <t>68.86</t>
   </si>
   <si>
-    <t>362</t>
+    <t>376</t>
   </si>
   <si>
     <t>2024-08-23</t>
   </si>
   <si>
     <t>69.19</t>
   </si>
   <si>
-    <t>363</t>
+    <t>377</t>
   </si>
   <si>
     <t>2024-08-22</t>
   </si>
   <si>
     <t>68.95</t>
   </si>
   <si>
-    <t>364</t>
+    <t>378</t>
   </si>
   <si>
     <t>2024-08-21</t>
   </si>
   <si>
-    <t>365</t>
+    <t>379</t>
   </si>
   <si>
     <t>2024-08-20</t>
   </si>
   <si>
     <t>68.81</t>
   </si>
   <si>
-    <t>366</t>
+    <t>380</t>
   </si>
   <si>
     <t>2024-08-19</t>
   </si>
   <si>
     <t>69.34</t>
   </si>
   <si>
-    <t>367</t>
+    <t>381</t>
   </si>
   <si>
     <t>2024-08-16</t>
   </si>
   <si>
     <t>69.29</t>
   </si>
   <si>
-    <t>368</t>
+    <t>382</t>
   </si>
   <si>
     <t>2024-08-14</t>
   </si>
   <si>
-    <t>369</t>
+    <t>383</t>
   </si>
   <si>
     <t>2024-08-13</t>
   </si>
   <si>
     <t>68.16</t>
   </si>
   <si>
-    <t>370</t>
+    <t>384</t>
   </si>
   <si>
     <t>2024-08-12</t>
   </si>
   <si>
     <t>68.01</t>
   </si>
   <si>
-    <t>371</t>
+    <t>385</t>
   </si>
   <si>
     <t>2024-08-09</t>
   </si>
   <si>
     <t>67.06</t>
   </si>
   <si>
-    <t>372</t>
+    <t>386</t>
   </si>
   <si>
     <t>2024-08-08</t>
   </si>
   <si>
     <t>66.95</t>
   </si>
   <si>
-    <t>373</t>
+    <t>387</t>
   </si>
   <si>
     <t>2024-08-07</t>
   </si>
   <si>
     <t>66.56</t>
   </si>
   <si>
-    <t>374</t>
+    <t>388</t>
   </si>
   <si>
     <t>2024-08-06</t>
   </si>
   <si>
     <t>66.48</t>
   </si>
   <si>
-    <t>375</t>
+    <t>389</t>
   </si>
   <si>
     <t>2024-08-05</t>
   </si>
   <si>
     <t>66.69</t>
   </si>
   <si>
-    <t>376</t>
+    <t>390</t>
   </si>
   <si>
     <t>2024-08-02</t>
   </si>
   <si>
     <t>67.76</t>
   </si>
   <si>
-    <t>377</t>
+    <t>391</t>
   </si>
   <si>
     <t>2024-08-01</t>
   </si>
   <si>
     <t>68.42</t>
   </si>
   <si>
-    <t>378</t>
+    <t>392</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>68.97</t>
   </si>
   <si>
-    <t>379</t>
+    <t>393</t>
   </si>
   <si>
     <t>2024-07-30</t>
   </si>
   <si>
     <t>68.22</t>
   </si>
   <si>
-    <t>380</t>
+    <t>394</t>
   </si>
   <si>
     <t>2024-07-29</t>
   </si>
   <si>
-    <t>381</t>
+    <t>395</t>
   </si>
   <si>
     <t>2024-07-26</t>
   </si>
   <si>
     <t>68.44</t>
   </si>
   <si>
-    <t>382</t>
+    <t>396</t>
   </si>
   <si>
     <t>2024-07-25</t>
   </si>
   <si>
-    <t>383</t>
+    <t>397</t>
   </si>
   <si>
     <t>2024-07-24</t>
   </si>
   <si>
-    <t>384</t>
+    <t>398</t>
   </si>
   <si>
     <t>2024-07-23</t>
   </si>
   <si>
     <t>69.11</t>
   </si>
   <si>
-    <t>385</t>
+    <t>399</t>
   </si>
   <si>
     <t>2024-07-22</t>
   </si>
   <si>
     <t>69.53</t>
   </si>
   <si>
-    <t>386</t>
+    <t>400</t>
   </si>
   <si>
     <t>2024-07-19</t>
   </si>
   <si>
     <t>69.30</t>
   </si>
   <si>
-    <t>387</t>
+    <t>401</t>
   </si>
   <si>
     <t>2024-07-18</t>
   </si>
   <si>
     <t>69.60</t>
   </si>
   <si>
-    <t>388</t>
+    <t>402</t>
   </si>
   <si>
     <t>2024-07-17</t>
   </si>
   <si>
     <t>69.06</t>
   </si>
   <si>
-    <t>389</t>
+    <t>403</t>
   </si>
   <si>
     <t>2024-07-16</t>
   </si>
   <si>
-    <t>390</t>
+    <t>404</t>
   </si>
   <si>
     <t>2024-07-15</t>
   </si>
   <si>
     <t>70.57</t>
   </si>
   <si>
-    <t>391</t>
+    <t>405</t>
   </si>
   <si>
     <t>2024-07-12</t>
   </si>
   <si>
     <t>70.80</t>
   </si>
   <si>
-    <t>392</t>
+    <t>406</t>
   </si>
   <si>
     <t>2024-07-11</t>
   </si>
   <si>
     <t>70.68</t>
   </si>
   <si>
-    <t>393</t>
+    <t>407</t>
   </si>
   <si>
     <t>2024-07-10</t>
   </si>
   <si>
     <t>70.59</t>
   </si>
   <si>
-    <t>394</t>
+    <t>408</t>
   </si>
   <si>
     <t>2024-07-09</t>
   </si>
   <si>
     <t>70.76</t>
   </si>
   <si>
-    <t>395</t>
+    <t>409</t>
   </si>
   <si>
     <t>2024-07-08</t>
   </si>
   <si>
     <t>70.70</t>
   </si>
   <si>
-    <t>396</t>
+    <t>410</t>
   </si>
   <si>
     <t>2024-07-05</t>
   </si>
   <si>
     <t>70.47</t>
   </si>
   <si>
-    <t>397</t>
+    <t>411</t>
   </si>
   <si>
     <t>2024-07-04</t>
   </si>
   <si>
     <t>70.79</t>
   </si>
   <si>
-    <t>398</t>
+    <t>412</t>
   </si>
   <si>
     <t>2024-07-03</t>
   </si>
   <si>
     <t>70.71</t>
   </si>
   <si>
-    <t>399</t>
+    <t>413</t>
   </si>
   <si>
     <t>2024-07-02</t>
   </si>
   <si>
     <t>70.63</t>
   </si>
   <si>
-    <t>400</t>
+    <t>414</t>
   </si>
   <si>
     <t>2024-07-01</t>
   </si>
   <si>
     <t>70.91</t>
   </si>
   <si>
-    <t>401</t>
+    <t>415</t>
   </si>
   <si>
     <t>2024-06-28</t>
   </si>
   <si>
     <t>70.94</t>
   </si>
   <si>
-    <t>402</t>
+    <t>416</t>
   </si>
   <si>
     <t>2024-06-27</t>
   </si>
   <si>
     <t>70.89</t>
   </si>
   <si>
-    <t>403</t>
+    <t>417</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>70.60</t>
   </si>
   <si>
-    <t>404</t>
+    <t>418</t>
   </si>
   <si>
     <t>2024-06-25</t>
   </si>
   <si>
     <t>70.46</t>
   </si>
   <si>
-    <t>405</t>
+    <t>419</t>
   </si>
   <si>
     <t>2024-06-24</t>
   </si>
   <si>
     <t>70.28</t>
   </si>
   <si>
-    <t>406</t>
+    <t>420</t>
   </si>
   <si>
     <t>2024-06-21</t>
   </si>
   <si>
-    <t>407</t>
+    <t>421</t>
   </si>
   <si>
     <t>2024-06-20</t>
   </si>
   <si>
-    <t>408</t>
+    <t>422</t>
   </si>
   <si>
     <t>2024-06-19</t>
   </si>
   <si>
-    <t>409</t>
+    <t>423</t>
   </si>
   <si>
     <t>2024-06-18</t>
   </si>
   <si>
     <t>69.57</t>
   </si>
   <si>
-    <t>410</t>
+    <t>424</t>
   </si>
   <si>
     <t>2024-06-17</t>
   </si>
   <si>
     <t>69.55</t>
   </si>
   <si>
-    <t>411</t>
+    <t>425</t>
   </si>
   <si>
     <t>2024-06-14</t>
   </si>
   <si>
-    <t>412</t>
+    <t>426</t>
   </si>
   <si>
     <t>2024-06-13</t>
   </si>
   <si>
-    <t>413</t>
+    <t>427</t>
   </si>
   <si>
     <t>2024-06-12</t>
   </si>
   <si>
-    <t>414</t>
+    <t>428</t>
   </si>
   <si>
     <t>2024-06-11</t>
   </si>
   <si>
-    <t>415</t>
+    <t>429</t>
   </si>
   <si>
     <t>2024-06-10</t>
   </si>
   <si>
     <t>69.21</t>
   </si>
   <si>
-    <t>416</t>
+    <t>430</t>
   </si>
   <si>
     <t>2024-06-07</t>
   </si>
   <si>
-    <t>417</t>
+    <t>431</t>
   </si>
   <si>
     <t>2024-06-06</t>
   </si>
   <si>
     <t>69.49</t>
   </si>
   <si>
-    <t>418</t>
+    <t>432</t>
   </si>
   <si>
     <t>2024-06-05</t>
   </si>
   <si>
-    <t>419</t>
+    <t>433</t>
   </si>
   <si>
     <t>2024-06-04</t>
   </si>
   <si>
     <t>68.90</t>
   </si>
   <si>
-    <t>420</t>
+    <t>434</t>
   </si>
   <si>
     <t>2024-06-03</t>
   </si>
   <si>
     <t>69.70</t>
   </si>
   <si>
-    <t>421</t>
+    <t>435</t>
   </si>
   <si>
     <t>2024-05-31</t>
   </si>
   <si>
-    <t>422</t>
+    <t>436</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
-    <t>423</t>
+    <t>437</t>
   </si>
   <si>
     <t>2024-05-28</t>
   </si>
   <si>
     <t>69.56</t>
   </si>
   <si>
-    <t>424</t>
+    <t>438</t>
   </si>
   <si>
     <t>2024-05-27</t>
   </si>
   <si>
-    <t>425</t>
+    <t>439</t>
   </si>
   <si>
     <t>2024-05-24</t>
   </si>
   <si>
     <t>69.78</t>
   </si>
   <si>
-    <t>426</t>
+    <t>440</t>
   </si>
   <si>
     <t>2024-05-23</t>
   </si>
   <si>
     <t>69.79</t>
   </si>
   <si>
-    <t>427</t>
+    <t>441</t>
   </si>
   <si>
     <t>2024-05-22</t>
   </si>
   <si>
     <t>69.87</t>
   </si>
   <si>
-    <t>428</t>
+    <t>442</t>
   </si>
   <si>
     <t>2024-05-21</t>
   </si>
   <si>
     <t>69.97</t>
   </si>
   <si>
-    <t>429</t>
+    <t>443</t>
   </si>
   <si>
     <t>2024-05-20</t>
   </si>
   <si>
     <t>70.22</t>
   </si>
   <si>
-    <t>430</t>
+    <t>444</t>
   </si>
   <si>
     <t>2024-05-17</t>
   </si>
   <si>
     <t>69.95</t>
   </si>
   <si>
-    <t>431</t>
+    <t>445</t>
   </si>
   <si>
     <t>2024-05-16</t>
   </si>
   <si>
-    <t>432</t>
+    <t>446</t>
   </si>
   <si>
     <t>2024-05-15</t>
   </si>
   <si>
     <t>69.93</t>
   </si>
   <si>
-    <t>433</t>
+    <t>447</t>
   </si>
   <si>
     <t>2024-05-14</t>
   </si>
   <si>
     <t>69.69</t>
   </si>
   <si>
-    <t>434</t>
+    <t>448</t>
   </si>
   <si>
     <t>2024-05-13</t>
   </si>
   <si>
-    <t>435</t>
+    <t>449</t>
   </si>
   <si>
     <t>2024-05-10</t>
   </si>
   <si>
-    <t>436</t>
+    <t>450</t>
   </si>
   <si>
     <t>2024-05-09</t>
   </si>
   <si>
     <t>69.81</t>
   </si>
   <si>
-    <t>437</t>
+    <t>451</t>
   </si>
   <si>
     <t>2024-05-08</t>
   </si>
   <si>
-    <t>438</t>
+    <t>452</t>
   </si>
   <si>
     <t>2024-05-07</t>
   </si>
   <si>
-    <t>439</t>
+    <t>453</t>
   </si>
   <si>
     <t>2024-05-06</t>
   </si>
   <si>
     <t>69.38</t>
   </si>
   <si>
-    <t>440</t>
+    <t>454</t>
   </si>
   <si>
     <t>2024-05-02</t>
   </si>
   <si>
     <t>67.99</t>
   </si>
   <si>
-    <t>441</t>
+    <t>455</t>
   </si>
   <si>
     <t>2024-04-30</t>
   </si>
   <si>
     <t>67.94</t>
   </si>
   <si>
-    <t>442</t>
+    <t>456</t>
   </si>
   <si>
     <t>2024-04-29</t>
   </si>
   <si>
     <t>68.43</t>
   </si>
   <si>
-    <t>443</t>
+    <t>457</t>
   </si>
   <si>
     <t>2024-04-26</t>
   </si>
   <si>
     <t>68.08</t>
   </si>
   <si>
-    <t>444</t>
+    <t>458</t>
   </si>
   <si>
     <t>2024-04-25</t>
   </si>
   <si>
     <t>67.54</t>
   </si>
   <si>
-    <t>445</t>
+    <t>459</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
-    <t>446</t>
+    <t>460</t>
   </si>
   <si>
     <t>2024-04-23</t>
   </si>
   <si>
-    <t>447</t>
+    <t>461</t>
   </si>
   <si>
     <t>2024-04-22</t>
   </si>
   <si>
     <t>68.18</t>
   </si>
   <si>
-    <t>448</t>
+    <t>462</t>
   </si>
   <si>
     <t>2024-04-19</t>
   </si>
   <si>
     <t>67.44</t>
   </si>
   <si>
-    <t>449</t>
+    <t>463</t>
   </si>
   <si>
     <t>2024-04-18</t>
   </si>
   <si>
     <t>67.78</t>
   </si>
   <si>
-    <t>450</t>
+    <t>464</t>
   </si>
   <si>
     <t>2024-04-17</t>
   </si>
   <si>
     <t>67.32</t>
   </si>
   <si>
-    <t>451</t>
+    <t>465</t>
   </si>
   <si>
     <t>2024-04-16</t>
   </si>
   <si>
     <t>66.67</t>
   </si>
   <si>
-    <t>452</t>
+    <t>466</t>
   </si>
   <si>
     <t>2024-04-15</t>
   </si>
   <si>
     <t>67.62</t>
   </si>
   <si>
-    <t>453</t>
+    <t>467</t>
   </si>
   <si>
     <t>2024-04-12</t>
   </si>
   <si>
     <t>67.67</t>
   </si>
   <si>
-    <t>454</t>
+    <t>468</t>
   </si>
   <si>
     <t>2024-04-11</t>
   </si>
   <si>
     <t>67.80</t>
   </si>
   <si>
-    <t>455</t>
+    <t>469</t>
   </si>
   <si>
     <t>2024-04-10</t>
   </si>
   <si>
-    <t>456</t>
+    <t>470</t>
   </si>
   <si>
     <t>2024-04-09</t>
   </si>
   <si>
     <t>67.86</t>
   </si>
   <si>
-    <t>457</t>
+    <t>471</t>
   </si>
   <si>
     <t>2024-04-08</t>
   </si>
   <si>
     <t>68.41</t>
   </si>
   <si>
-    <t>458</t>
+    <t>472</t>
   </si>
   <si>
     <t>2024-04-05</t>
   </si>
   <si>
-    <t>459</t>
+    <t>473</t>
   </si>
   <si>
     <t>2024-04-04</t>
   </si>
   <si>
-    <t>460</t>
+    <t>474</t>
   </si>
   <si>
     <t>2024-04-03</t>
   </si>
   <si>
-    <t>461</t>
+    <t>475</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
     <t>67.64</t>
   </si>
   <si>
-    <t>462</t>
+    <t>476</t>
   </si>
   <si>
     <t>2024-03-28</t>
   </si>
   <si>
     <t>67.50</t>
   </si>
   <si>
-    <t>463</t>
+    <t>477</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
-    <t>464</t>
+    <t>478</t>
   </si>
   <si>
     <t>2024-03-26</t>
   </si>
   <si>
     <t>66.44</t>
   </si>
   <si>
-    <t>465</t>
+    <t>479</t>
   </si>
   <si>
     <t>2024-03-25</t>
   </si>
   <si>
     <t>66.01</t>
   </si>
   <si>
-    <t>466</t>
+    <t>480</t>
   </si>
   <si>
     <t>2024-03-22</t>
   </si>
   <si>
     <t>66.41</t>
   </si>
   <si>
-    <t>467</t>
+    <t>481</t>
   </si>
   <si>
     <t>2024-03-21</t>
   </si>
   <si>
     <t>66.60</t>
   </si>
   <si>
-    <t>468</t>
+    <t>482</t>
   </si>
   <si>
     <t>2024-03-20</t>
   </si>
   <si>
     <t>65.75</t>
   </si>
   <si>
-    <t>469</t>
+    <t>483</t>
   </si>
   <si>
     <t>2024-03-19</t>
   </si>
   <si>
     <t>65.52</t>
   </si>
   <si>
-    <t>470</t>
+    <t>484</t>
   </si>
   <si>
     <t>2024-03-18</t>
   </si>
   <si>
     <t>65.46</t>
   </si>
   <si>
-    <t>471</t>
+    <t>485</t>
   </si>
   <si>
     <t>2024-03-15</t>
   </si>
   <si>
     <t>65.26</t>
   </si>
   <si>
-    <t>472</t>
+    <t>486</t>
   </si>
   <si>
     <t>2024-03-14</t>
   </si>
   <si>
     <t>66.18</t>
   </si>
   <si>
-    <t>473</t>
+    <t>487</t>
   </si>
   <si>
     <t>2024-03-13</t>
   </si>
   <si>
     <t>66.14</t>
   </si>
   <si>
-    <t>474</t>
+    <t>488</t>
   </si>
   <si>
     <t>2024-03-12</t>
   </si>
   <si>
     <t>66.26</t>
   </si>
   <si>
-    <t>475</t>
+    <t>489</t>
   </si>
   <si>
     <t>2024-03-11</t>
   </si>
   <si>
     <t>65.56</t>
   </si>
   <si>
-    <t>476</t>
+    <t>490</t>
   </si>
   <si>
     <t>2024-03-08</t>
   </si>
   <si>
     <t>65.65</t>
   </si>
   <si>
-    <t>477</t>
+    <t>491</t>
   </si>
   <si>
     <t>2024-03-07</t>
   </si>
   <si>
     <t>65.55</t>
   </si>
   <si>
-    <t>478</t>
+    <t>492</t>
   </si>
   <si>
     <t>2024-03-06</t>
   </si>
   <si>
     <t>65.69</t>
   </si>
   <si>
-    <t>479</t>
+    <t>493</t>
   </si>
   <si>
     <t>2024-03-05</t>
   </si>
   <si>
     <t>65.64</t>
   </si>
   <si>
-    <t>480</t>
+    <t>494</t>
   </si>
   <si>
     <t>2024-03-04</t>
   </si>
   <si>
     <t>65.91</t>
   </si>
   <si>
-    <t>481</t>
+    <t>495</t>
   </si>
   <si>
     <t>2024-03-01</t>
   </si>
   <si>
     <t>66.25</t>
   </si>
   <si>
-    <t>482</t>
+    <t>496</t>
   </si>
   <si>
     <t>2024-02-29</t>
   </si>
   <si>
     <t>65.95</t>
   </si>
   <si>
-    <t>483</t>
+    <t>497</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>65.76</t>
   </si>
   <si>
-    <t>484</t>
+    <t>498</t>
   </si>
   <si>
     <t>2024-02-27</t>
   </si>
   <si>
     <t>66.20</t>
   </si>
   <si>
-    <t>485</t>
+    <t>499</t>
   </si>
   <si>
     <t>2024-02-26</t>
   </si>
   <si>
-    <t>486</t>
+    <t>500</t>
   </si>
   <si>
     <t>2024-02-23</t>
   </si>
   <si>
-    <t>487</t>
+    <t>501</t>
   </si>
   <si>
     <t>2024-02-22</t>
   </si>
   <si>
     <t>66.15</t>
   </si>
   <si>
-    <t>488</t>
+    <t>502</t>
   </si>
   <si>
     <t>2024-02-21</t>
   </si>
   <si>
     <t>65.54</t>
   </si>
   <si>
-    <t>489</t>
+    <t>503</t>
   </si>
   <si>
     <t>2024-02-20</t>
   </si>
   <si>
     <t>65.66</t>
   </si>
   <si>
-    <t>490</t>
+    <t>504</t>
   </si>
   <si>
     <t>2024-02-19</t>
   </si>
   <si>
     <t>65.34</t>
   </si>
   <si>
-    <t>491</t>
+    <t>505</t>
   </si>
   <si>
     <t>2024-02-16</t>
   </si>
   <si>
     <t>65.22</t>
   </si>
   <si>
-    <t>492</t>
+    <t>506</t>
   </si>
   <si>
     <t>2024-02-15</t>
   </si>
   <si>
     <t>65.00</t>
   </si>
   <si>
-    <t>493</t>
+    <t>507</t>
   </si>
   <si>
     <t>2024-02-14</t>
   </si>
   <si>
     <t>65.03</t>
   </si>
   <si>
-    <t>494</t>
+    <t>508</t>
   </si>
   <si>
     <t>2024-02-13</t>
   </si>
   <si>
     <t>64.25</t>
   </si>
   <si>
-    <t>495</t>
+    <t>509</t>
   </si>
   <si>
     <t>2024-02-12</t>
   </si>
   <si>
     <t>64.90</t>
   </si>
   <si>
-    <t>496</t>
+    <t>510</t>
   </si>
   <si>
     <t>2024-02-09</t>
   </si>
   <si>
     <t>64.56</t>
   </si>
   <si>
-    <t>497</t>
+    <t>511</t>
   </si>
   <si>
     <t>2024-02-08</t>
   </si>
   <si>
     <t>64.58</t>
   </si>
   <si>
-    <t>498</t>
+    <t>512</t>
   </si>
   <si>
     <t>2024-02-07</t>
   </si>
   <si>
     <t>64.92</t>
   </si>
   <si>
-    <t>499</t>
+    <t>513</t>
   </si>
   <si>
     <t>2024-02-06</t>
   </si>
   <si>
     <t>64.73</t>
   </si>
   <si>
-    <t>500</t>
+    <t>514</t>
   </si>
   <si>
     <t>2024-02-05</t>
   </si>
   <si>
     <t>64.44</t>
   </si>
   <si>
-    <t>501</t>
+    <t>515</t>
   </si>
   <si>
     <t>2024-02-02</t>
   </si>
   <si>
     <t>64.86</t>
   </si>
   <si>
-    <t>502</t>
+    <t>516</t>
   </si>
   <si>
     <t>2024-02-01</t>
   </si>
   <si>
     <t>64.15</t>
   </si>
   <si>
-    <t>503</t>
+    <t>517</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>63.68</t>
   </si>
   <si>
-    <t>504</t>
+    <t>518</t>
   </si>
   <si>
     <t>2024-01-30</t>
   </si>
   <si>
     <t>63.29</t>
   </si>
   <si>
-    <t>505</t>
+    <t>519</t>
   </si>
   <si>
     <t>2024-01-29</t>
   </si>
   <si>
     <t>62.98</t>
   </si>
   <si>
-    <t>506</t>
+    <t>520</t>
   </si>
   <si>
     <t>2024-01-26</t>
   </si>
   <si>
     <t>63.01</t>
   </si>
   <si>
-    <t>507</t>
+    <t>521</t>
   </si>
   <si>
     <t>2024-01-25</t>
   </si>
   <si>
     <t>62.79</t>
   </si>
   <si>
-    <t>508</t>
+    <t>522</t>
   </si>
   <si>
     <t>2024-01-24</t>
   </si>
   <si>
     <t>62.74</t>
   </si>
   <si>
-    <t>509</t>
+    <t>523</t>
   </si>
   <si>
     <t>2024-01-23</t>
   </si>
   <si>
     <t>62.38</t>
   </si>
   <si>
-    <t>510</t>
+    <t>524</t>
   </si>
   <si>
     <t>2024-01-22</t>
   </si>
   <si>
     <t>62.48</t>
   </si>
   <si>
-    <t>511</t>
+    <t>525</t>
   </si>
   <si>
     <t>2024-01-19</t>
   </si>
   <si>
     <t>62.52</t>
   </si>
   <si>
-    <t>512</t>
+    <t>526</t>
   </si>
   <si>
     <t>2024-01-18</t>
   </si>
   <si>
     <t>62.32</t>
   </si>
   <si>
-    <t>513</t>
+    <t>527</t>
   </si>
   <si>
     <t>2024-01-17</t>
   </si>
   <si>
     <t>61.77</t>
   </si>
   <si>
-    <t>514</t>
+    <t>528</t>
   </si>
   <si>
     <t>2024-01-16</t>
   </si>
   <si>
     <t>62.31</t>
   </si>
   <si>
-    <t>515</t>
+    <t>529</t>
   </si>
   <si>
     <t>2024-01-15</t>
   </si>
   <si>
-    <t>516</t>
+    <t>530</t>
   </si>
   <si>
     <t>2024-01-12</t>
   </si>
   <si>
     <t>62.97</t>
   </si>
   <si>
-    <t>517</t>
+    <t>531</t>
   </si>
   <si>
     <t>2024-01-11</t>
   </si>
   <si>
     <t>62.64</t>
   </si>
   <si>
-    <t>518</t>
+    <t>532</t>
   </si>
   <si>
     <t>2024-01-10</t>
   </si>
   <si>
     <t>62.88</t>
   </si>
   <si>
-    <t>519</t>
+    <t>533</t>
   </si>
   <si>
     <t>2024-01-09</t>
   </si>
   <si>
-    <t>520</t>
+    <t>534</t>
   </si>
   <si>
     <t>2024-01-08</t>
   </si>
   <si>
     <t>62.83</t>
   </si>
   <si>
-    <t>521</t>
+    <t>535</t>
   </si>
   <si>
     <t>2024-01-05</t>
   </si>
   <si>
     <t>62.59</t>
   </si>
   <si>
-    <t>522</t>
+    <t>536</t>
   </si>
   <si>
     <t>2024-01-04</t>
   </si>
   <si>
     <t>62.58</t>
   </si>
   <si>
-    <t>523</t>
+    <t>537</t>
   </si>
   <si>
     <t>2024-01-03</t>
   </si>
   <si>
-    <t>524</t>
+    <t>538</t>
   </si>
   <si>
     <t>2024-01-02</t>
   </si>
   <si>
     <t>62.91</t>
   </si>
   <si>
-    <t>525</t>
+    <t>539</t>
   </si>
   <si>
     <t>2023-12-29</t>
   </si>
   <si>
     <t>63.45</t>
   </si>
   <si>
-    <t>526</t>
+    <t>540</t>
   </si>
   <si>
     <t>2023-12-28</t>
   </si>
   <si>
     <t>63.64</t>
   </si>
   <si>
-    <t>527</t>
+    <t>541</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>63.80</t>
   </si>
   <si>
-    <t>528</t>
+    <t>542</t>
   </si>
   <si>
     <t>2023-12-22</t>
   </si>
   <si>
     <t>63.55</t>
   </si>
   <si>
-    <t>529</t>
+    <t>543</t>
   </si>
   <si>
     <t>2023-12-21</t>
   </si>
   <si>
-    <t>530</t>
+    <t>544</t>
   </si>
   <si>
     <t>2023-12-20</t>
   </si>
   <si>
-    <t>531</t>
+    <t>545</t>
   </si>
   <si>
     <t>2023-12-19</t>
   </si>
   <si>
     <t>63.67</t>
   </si>
   <si>
-    <t>532</t>
+    <t>546</t>
   </si>
   <si>
     <t>2023-12-18</t>
   </si>
   <si>
     <t>63.30</t>
   </si>
   <si>
-    <t>533</t>
+    <t>547</t>
   </si>
   <si>
     <t>2023-12-15</t>
   </si>
   <si>
     <t>62.99</t>
   </si>
   <si>
-    <t>534</t>
+    <t>548</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>62.81</t>
   </si>
   <si>
-    <t>535</t>
+    <t>549</t>
   </si>
   <si>
     <t>2023-12-13</t>
   </si>
   <si>
     <t>62.63</t>
   </si>
   <si>
-    <t>536</t>
+    <t>550</t>
   </si>
   <si>
     <t>2023-12-12</t>
   </si>
   <si>
-    <t>537</t>
+    <t>551</t>
   </si>
   <si>
     <t>2023-12-11</t>
   </si>
   <si>
     <t>62.60</t>
   </si>
   <si>
-    <t>538</t>
+    <t>552</t>
   </si>
   <si>
     <t>2023-12-08</t>
   </si>
   <si>
     <t>62.51</t>
   </si>
   <si>
-    <t>539</t>
+    <t>553</t>
   </si>
   <si>
     <t>2023-12-07</t>
   </si>
   <si>
-    <t>540</t>
+    <t>554</t>
   </si>
   <si>
     <t>2023-12-06</t>
   </si>
   <si>
     <t>62.33</t>
   </si>
   <si>
-    <t>541</t>
+    <t>555</t>
   </si>
   <si>
     <t>2023-12-05</t>
   </si>
   <si>
     <t>62.08</t>
   </si>
   <si>
-    <t>542</t>
+    <t>556</t>
   </si>
   <si>
     <t>2023-12-04</t>
   </si>
   <si>
     <t>61.82</t>
   </si>
   <si>
-    <t>543</t>
+    <t>557</t>
   </si>
   <si>
     <t>2023-12-01</t>
   </si>
   <si>
     <t>62.01</t>
   </si>
   <si>
-    <t>544</t>
+    <t>558</t>
   </si>
   <si>
     <t>2023-11-30</t>
   </si>
   <si>
     <t>61.13</t>
   </si>
   <si>
-    <t>545</t>
+    <t>559</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>61.17</t>
   </si>
   <si>
-    <t>546</t>
+    <t>560</t>
   </si>
   <si>
     <t>2023-11-28</t>
   </si>
   <si>
     <t>61.43</t>
   </si>
   <si>
-    <t>547</t>
+    <t>561</t>
   </si>
   <si>
     <t>2023-11-27</t>
   </si>
   <si>
     <t>60.86</t>
   </si>
   <si>
-    <t>548</t>
+    <t>562</t>
   </si>
   <si>
     <t>2023-11-24</t>
   </si>
   <si>
     <t>61.11</t>
   </si>
   <si>
-    <t>549</t>
+    <t>563</t>
   </si>
   <si>
     <t>2023-11-23</t>
   </si>
   <si>
     <t>61.00</t>
   </si>
   <si>
-    <t>550</t>
+    <t>564</t>
   </si>
   <si>
     <t>2023-11-22</t>
   </si>
   <si>
     <t>61.12</t>
   </si>
   <si>
-    <t>551</t>
+    <t>565</t>
   </si>
   <si>
     <t>2023-11-21</t>
   </si>
   <si>
     <t>61.05</t>
   </si>
   <si>
-    <t>552</t>
+    <t>566</t>
   </si>
   <si>
     <t>2023-11-20</t>
   </si>
   <si>
     <t>61.15</t>
   </si>
   <si>
-    <t>553</t>
+    <t>567</t>
   </si>
   <si>
     <t>2023-11-17</t>
   </si>
   <si>
-    <t>554</t>
+    <t>568</t>
   </si>
   <si>
     <t>2023-11-16</t>
   </si>
   <si>
     <t>60.71</t>
   </si>
   <si>
-    <t>555</t>
+    <t>569</t>
   </si>
   <si>
     <t>2023-11-15</t>
   </si>
   <si>
     <t>60.78</t>
   </si>
   <si>
-    <t>556</t>
+    <t>570</t>
   </si>
   <si>
     <t>2023-11-14</t>
   </si>
   <si>
     <t>60.96</t>
   </si>
   <si>
-    <t>557</t>
+    <t>571</t>
   </si>
   <si>
     <t>2023-11-13</t>
   </si>
   <si>
     <t>59.64</t>
   </si>
   <si>
-    <t>558</t>
+    <t>572</t>
   </si>
   <si>
     <t>2023-11-10</t>
   </si>
   <si>
     <t>59.78</t>
   </si>
   <si>
-    <t>559</t>
+    <t>573</t>
   </si>
   <si>
     <t>2023-11-09</t>
   </si>
   <si>
     <t>60.07</t>
   </si>
   <si>
-    <t>560</t>
+    <t>574</t>
   </si>
   <si>
     <t>2023-11-08</t>
   </si>
   <si>
     <t>59.83</t>
   </si>
   <si>
-    <t>561</t>
+    <t>575</t>
   </si>
   <si>
     <t>2023-11-07</t>
   </si>
   <si>
     <t>60.18</t>
   </si>
   <si>
-    <t>562</t>
+    <t>576</t>
   </si>
   <si>
     <t>2023-11-06</t>
   </si>
   <si>
     <t>60.41</t>
   </si>
   <si>
-    <t>563</t>
+    <t>577</t>
   </si>
   <si>
     <t>2023-11-03</t>
   </si>
   <si>
     <t>60.26</t>
   </si>
   <si>
-    <t>564</t>
+    <t>578</t>
   </si>
   <si>
     <t>2023-11-02</t>
   </si>
   <si>
     <t>60.04</t>
   </si>
   <si>
-    <t>565</t>
+    <t>579</t>
   </si>
   <si>
     <t>2023-10-31</t>
   </si>
   <si>
-    <t>566</t>
+    <t>580</t>
   </si>
   <si>
     <t>2023-10-30</t>
   </si>
   <si>
     <t>59.48</t>
   </si>
   <si>
-    <t>567</t>
+    <t>581</t>
   </si>
   <si>
     <t>2023-10-27</t>
   </si>
   <si>
     <t>59.07</t>
   </si>
   <si>
-    <t>568</t>
+    <t>582</t>
   </si>
   <si>
     <t>2023-10-26</t>
   </si>
   <si>
     <t>59.08</t>
   </si>
   <si>
-    <t>569</t>
+    <t>583</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>58.82</t>
   </si>
   <si>
-    <t>570</t>
+    <t>584</t>
   </si>
   <si>
     <t>2023-10-24</t>
   </si>
   <si>
     <t>58.66</t>
   </si>
   <si>
-    <t>571</t>
+    <t>585</t>
   </si>
   <si>
     <t>2023-10-23</t>
   </si>
   <si>
     <t>58.12</t>
   </si>
   <si>
-    <t>572</t>
+    <t>586</t>
   </si>
   <si>
     <t>2023-10-20</t>
   </si>
   <si>
     <t>58.20</t>
   </si>
   <si>
-    <t>573</t>
+    <t>587</t>
   </si>
   <si>
     <t>2023-10-19</t>
   </si>
   <si>
     <t>58.71</t>
   </si>
   <si>
-    <t>574</t>
+    <t>588</t>
   </si>
   <si>
     <t>2023-10-18</t>
   </si>
   <si>
     <t>59.44</t>
   </si>
   <si>
-    <t>575</t>
+    <t>589</t>
   </si>
   <si>
     <t>2023-10-17</t>
   </si>
   <si>
     <t>59.91</t>
   </si>
   <si>
-    <t>576</t>
+    <t>590</t>
   </si>
   <si>
     <t>2023-10-16</t>
   </si>
   <si>
     <t>59.57</t>
   </si>
   <si>
-    <t>577</t>
+    <t>591</t>
   </si>
   <si>
     <t>2023-10-13</t>
   </si>
   <si>
     <t>58.23</t>
   </si>
   <si>
-    <t>578</t>
+    <t>592</t>
   </si>
   <si>
     <t>2023-10-12</t>
   </si>
   <si>
     <t>58.19</t>
   </si>
   <si>
-    <t>579</t>
+    <t>593</t>
   </si>
   <si>
     <t>2023-10-11</t>
   </si>
   <si>
     <t>58.29</t>
   </si>
   <si>
-    <t>580</t>
+    <t>594</t>
   </si>
   <si>
     <t>2023-10-10</t>
   </si>
   <si>
     <t>58.08</t>
   </si>
   <si>
-    <t>581</t>
+    <t>595</t>
   </si>
   <si>
     <t>2023-10-09</t>
   </si>
   <si>
     <t>57.35</t>
   </si>
   <si>
-    <t>582</t>
+    <t>596</t>
   </si>
   <si>
     <t>2023-10-06</t>
   </si>
   <si>
     <t>56.91</t>
   </si>
   <si>
-    <t>583</t>
+    <t>597</t>
   </si>
   <si>
     <t>2023-10-05</t>
   </si>
   <si>
     <t>56.85</t>
   </si>
   <si>
-    <t>584</t>
+    <t>598</t>
   </si>
   <si>
     <t>2023-10-04</t>
   </si>
   <si>
     <t>57.10</t>
   </si>
   <si>
-    <t>585</t>
+    <t>599</t>
   </si>
   <si>
     <t>2023-10-03</t>
   </si>
   <si>
     <t>56.94</t>
   </si>
   <si>
-    <t>586</t>
+    <t>600</t>
   </si>
   <si>
     <t>2023-10-02</t>
   </si>
   <si>
     <t>57.29</t>
   </si>
   <si>
-    <t>587</t>
+    <t>601</t>
   </si>
   <si>
     <t>2023-09-29</t>
   </si>
   <si>
     <t>57.72</t>
   </si>
   <si>
-    <t>588</t>
+    <t>602</t>
   </si>
   <si>
     <t>2023-09-28</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
-    <t>589</t>
+    <t>603</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>57.23</t>
   </si>
   <si>
-    <t>590</t>
+    <t>604</t>
   </si>
   <si>
     <t>2023-09-26</t>
   </si>
   <si>
     <t>57.43</t>
   </si>
   <si>
-    <t>591</t>
+    <t>605</t>
   </si>
   <si>
     <t>2023-09-25</t>
   </si>
   <si>
     <t>57.30</t>
   </si>
   <si>
-    <t>592</t>
+    <t>606</t>
   </si>
   <si>
     <t>2023-09-22</t>
   </si>
   <si>
     <t>57.62</t>
   </si>
   <si>
-    <t>593</t>
+    <t>607</t>
   </si>
   <si>
     <t>2023-09-21</t>
   </si>
   <si>
     <t>57.69</t>
   </si>
   <si>
-    <t>594</t>
+    <t>608</t>
   </si>
   <si>
     <t>2023-09-20</t>
   </si>
   <si>
-    <t>595</t>
+    <t>609</t>
   </si>
   <si>
     <t>2023-09-19</t>
   </si>
   <si>
     <t>57.88</t>
   </si>
   <si>
-    <t>596</t>
+    <t>610</t>
   </si>
   <si>
     <t>2023-09-18</t>
   </si>
   <si>
     <t>57.97</t>
   </si>
   <si>
-    <t>597</t>
+    <t>611</t>
   </si>
   <si>
     <t>2023-09-15</t>
   </si>
   <si>
     <t>58.43</t>
   </si>
   <si>
-    <t>598</t>
+    <t>612</t>
   </si>
   <si>
     <t>2023-09-14</t>
   </si>
   <si>
     <t>58.49</t>
   </si>
   <si>
-    <t>599</t>
+    <t>613</t>
   </si>
   <si>
     <t>2023-09-13</t>
   </si>
   <si>
     <t>58.15</t>
   </si>
   <si>
-    <t>600</t>
+    <t>614</t>
   </si>
   <si>
     <t>2023-09-12</t>
   </si>
   <si>
     <t>58.18</t>
   </si>
   <si>
-    <t>601</t>
+    <t>615</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>58.05</t>
   </si>
   <si>
-    <t>602</t>
+    <t>616</t>
   </si>
   <si>
     <t>2023-09-08</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
-    <t>603</t>
+    <t>617</t>
   </si>
   <si>
     <t>2023-09-07</t>
   </si>
   <si>
     <t>57.48</t>
   </si>
   <si>
-    <t>604</t>
+    <t>618</t>
   </si>
   <si>
     <t>2023-09-06</t>
   </si>
   <si>
     <t>57.65</t>
   </si>
   <si>
-    <t>605</t>
+    <t>619</t>
   </si>
   <si>
     <t>2023-09-05</t>
   </si>
   <si>
-    <t>606</t>
+    <t>620</t>
   </si>
   <si>
     <t>2023-09-04</t>
   </si>
   <si>
     <t>58.41</t>
   </si>
   <si>
-    <t>607</t>
+    <t>621</t>
   </si>
   <si>
     <t>2023-09-01</t>
   </si>
   <si>
     <t>58.75</t>
   </si>
   <si>
-    <t>608</t>
+    <t>622</t>
   </si>
   <si>
     <t>2023-08-31</t>
   </si>
   <si>
     <t>58.53</t>
   </si>
   <si>
-    <t>609</t>
+    <t>623</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>58.74</t>
   </si>
   <si>
-    <t>610</t>
+    <t>624</t>
   </si>
   <si>
     <t>2023-08-29</t>
   </si>
   <si>
     <t>58.57</t>
   </si>
   <si>
-    <t>611</t>
+    <t>625</t>
   </si>
   <si>
     <t>2023-08-28</t>
   </si>
   <si>
-    <t>612</t>
+    <t>626</t>
   </si>
   <si>
     <t>2023-08-25</t>
   </si>
   <si>
     <t>57.99</t>
   </si>
   <si>
-    <t>613</t>
+    <t>627</t>
   </si>
   <si>
     <t>2023-08-24</t>
   </si>
   <si>
-    <t>614</t>
+    <t>628</t>
   </si>
   <si>
     <t>2023-08-23</t>
   </si>
   <si>
     <t>58.35</t>
   </si>
   <si>
-    <t>615</t>
+    <t>629</t>
   </si>
   <si>
     <t>2023-08-22</t>
   </si>
   <si>
     <t>58.09</t>
   </si>
   <si>
-    <t>616</t>
+    <t>630</t>
   </si>
   <si>
     <t>2023-08-21</t>
   </si>
   <si>
     <t>58.28</t>
   </si>
   <si>
-    <t>617</t>
+    <t>631</t>
   </si>
   <si>
     <t>2023-08-18</t>
   </si>
   <si>
     <t>58.17</t>
   </si>
   <si>
-    <t>618</t>
+    <t>632</t>
   </si>
   <si>
     <t>2023-08-17</t>
   </si>
   <si>
-    <t>619</t>
+    <t>633</t>
   </si>
   <si>
     <t>2023-08-16</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
-    <t>620</t>
+    <t>634</t>
   </si>
   <si>
     <t>2023-08-14</t>
   </si>
   <si>
     <t>58.97</t>
   </si>
   <si>
-    <t>621</t>
+    <t>635</t>
   </si>
   <si>
     <t>2023-08-11</t>
   </si>
   <si>
     <t>59.20</t>
   </si>
   <si>
-    <t>622</t>
+    <t>636</t>
   </si>
   <si>
     <t>2023-08-10</t>
   </si>
   <si>
     <t>59.59</t>
   </si>
   <si>
-    <t>623</t>
+    <t>637</t>
   </si>
   <si>
     <t>2023-08-09</t>
   </si>
   <si>
     <t>59.16</t>
   </si>
   <si>
-    <t>624</t>
+    <t>638</t>
   </si>
   <si>
     <t>2023-08-08</t>
   </si>
   <si>
     <t>58.95</t>
   </si>
   <si>
-    <t>625</t>
+    <t>639</t>
   </si>
   <si>
     <t>2023-08-07</t>
   </si>
   <si>
     <t>59.45</t>
   </si>
   <si>
-    <t>626</t>
+    <t>640</t>
   </si>
   <si>
     <t>2023-08-04</t>
   </si>
   <si>
     <t>59.58</t>
   </si>
   <si>
-    <t>627</t>
+    <t>641</t>
   </si>
   <si>
     <t>2023-08-03</t>
   </si>
   <si>
     <t>59.11</t>
   </si>
   <si>
-    <t>628</t>
+    <t>642</t>
   </si>
   <si>
     <t>2023-08-02</t>
   </si>
   <si>
     <t>59.15</t>
   </si>
   <si>
-    <t>629</t>
+    <t>643</t>
   </si>
   <si>
     <t>2023-08-01</t>
   </si>
   <si>
     <t>59.77</t>
   </si>
   <si>
-    <t>630</t>
+    <t>644</t>
   </si>
   <si>
     <t>2023-07-31</t>
   </si>
   <si>
     <t>59.88</t>
   </si>
   <si>
-    <t>631</t>
+    <t>645</t>
   </si>
   <si>
     <t>2023-07-28</t>
   </si>
   <si>
     <t>59.70</t>
   </si>
   <si>
-    <t>632</t>
+    <t>646</t>
   </si>
   <si>
     <t>2023-07-27</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
-    <t>633</t>
+    <t>647</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>59.18</t>
   </si>
   <si>
-    <t>634</t>
+    <t>648</t>
   </si>
   <si>
     <t>2023-07-25</t>
   </si>
   <si>
     <t>59.41</t>
   </si>
   <si>
-    <t>635</t>
+    <t>649</t>
   </si>
   <si>
     <t>2023-07-24</t>
   </si>
   <si>
     <t>59.34</t>
   </si>
   <si>
-    <t>636</t>
+    <t>650</t>
   </si>
   <si>
     <t>2023-07-21</t>
   </si>
   <si>
     <t>58.94</t>
   </si>
   <si>
-    <t>637</t>
+    <t>651</t>
   </si>
   <si>
     <t>2023-07-20</t>
   </si>
   <si>
     <t>58.96</t>
   </si>
   <si>
-    <t>638</t>
+    <t>652</t>
   </si>
   <si>
     <t>2023-07-19</t>
   </si>
   <si>
     <t>59.13</t>
   </si>
   <si>
-    <t>639</t>
+    <t>653</t>
   </si>
   <si>
     <t>2023-07-18</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>640</t>
+    <t>654</t>
   </si>
   <si>
     <t>2023-07-17</t>
   </si>
   <si>
-    <t>641</t>
+    <t>655</t>
   </si>
   <si>
     <t>2023-07-14</t>
   </si>
   <si>
-    <t>642</t>
+    <t>656</t>
   </si>
   <si>
     <t>2023-07-13</t>
   </si>
   <si>
-    <t>643</t>
+    <t>657</t>
   </si>
   <si>
     <t>2023-07-12</t>
   </si>
   <si>
     <t>57.93</t>
   </si>
   <si>
-    <t>644</t>
+    <t>658</t>
   </si>
   <si>
     <t>2023-07-11</t>
   </si>
   <si>
     <t>56.99</t>
   </si>
   <si>
-    <t>645</t>
+    <t>659</t>
   </si>
   <si>
     <t>2023-07-10</t>
   </si>
   <si>
     <t>56.78</t>
   </si>
   <si>
-    <t>646</t>
+    <t>660</t>
   </si>
   <si>
     <t>2023-07-07</t>
   </si>
   <si>
     <t>56.55</t>
   </si>
   <si>
-    <t>647</t>
+    <t>661</t>
   </si>
   <si>
     <t>2023-07-06</t>
   </si>
   <si>
     <t>56.20</t>
   </si>
   <si>
-    <t>648</t>
+    <t>662</t>
   </si>
   <si>
     <t>2023-07-05</t>
   </si>
   <si>
     <t>56.42</t>
   </si>
   <si>
-    <t>649</t>
+    <t>663</t>
   </si>
   <si>
     <t>2023-07-04</t>
   </si>
   <si>
     <t>56.67</t>
   </si>
   <si>
-    <t>650</t>
+    <t>664</t>
   </si>
   <si>
     <t>2023-07-03</t>
   </si>
   <si>
     <t>56.87</t>
   </si>
   <si>
-    <t>651</t>
+    <t>665</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>56.58</t>
   </si>
   <si>
-    <t>652</t>
+    <t>666</t>
   </si>
   <si>
     <t>2023-06-29</t>
   </si>
   <si>
     <t>56.47</t>
   </si>
   <si>
-    <t>653</t>
+    <t>667</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>56.21</t>
   </si>
   <si>
-    <t>654</t>
+    <t>668</t>
   </si>
   <si>
     <t>2023-06-27</t>
   </si>
   <si>
     <t>56.12</t>
   </si>
   <si>
-    <t>655</t>
+    <t>669</t>
   </si>
   <si>
     <t>2023-06-26</t>
   </si>
   <si>
     <t>56.41</t>
   </si>
   <si>
-    <t>656</t>
+    <t>670</t>
   </si>
   <si>
     <t>2023-06-23</t>
   </si>
   <si>
     <t>56.15</t>
   </si>
   <si>
-    <t>657</t>
+    <t>671</t>
   </si>
   <si>
     <t>2023-06-22</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
-    <t>658</t>
+    <t>672</t>
   </si>
   <si>
     <t>2023-06-21</t>
   </si>
   <si>
     <t>56.49</t>
   </si>
   <si>
-    <t>659</t>
+    <t>673</t>
   </si>
   <si>
     <t>2023-06-20</t>
   </si>
   <si>
     <t>56.28</t>
   </si>
   <si>
-    <t>660</t>
+    <t>674</t>
   </si>
   <si>
     <t>2023-06-19</t>
   </si>
   <si>
-    <t>661</t>
+    <t>675</t>
   </si>
   <si>
     <t>2023-06-16</t>
   </si>
   <si>
-    <t>662</t>
+    <t>676</t>
   </si>
   <si>
     <t>2023-06-15</t>
   </si>
   <si>
-    <t>663</t>
+    <t>677</t>
   </si>
   <si>
     <t>2023-06-14</t>
   </si>
   <si>
     <t>56.35</t>
   </si>
   <si>
-    <t>664</t>
+    <t>678</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>55.91</t>
   </si>
   <si>
-    <t>665</t>
+    <t>679</t>
   </si>
   <si>
     <t>2023-06-12</t>
   </si>
   <si>
-    <t>666</t>
+    <t>680</t>
   </si>
   <si>
     <t>2023-06-09</t>
   </si>
   <si>
     <t>56.27</t>
   </si>
   <si>
-    <t>667</t>
+    <t>681</t>
   </si>
   <si>
     <t>2023-06-07</t>
   </si>
   <si>
-    <t>668</t>
+    <t>682</t>
   </si>
   <si>
     <t>2023-06-06</t>
   </si>
   <si>
-    <t>669</t>
+    <t>683</t>
   </si>
   <si>
     <t>2023-06-05</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
-    <t>670</t>
+    <t>684</t>
   </si>
   <si>
     <t>2023-06-02</t>
   </si>
   <si>
     <t>56.02</t>
   </si>
   <si>
-    <t>671</t>
+    <t>685</t>
   </si>
   <si>
     <t>2023-06-01</t>
   </si>
   <si>
     <t>55.12</t>
   </si>
   <si>
-    <t>672</t>
+    <t>686</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>54.47</t>
   </si>
   <si>
-    <t>673</t>
+    <t>687</t>
   </si>
   <si>
     <t>2023-05-30</t>
   </si>
   <si>
     <t>55.23</t>
   </si>
   <si>
-    <t>674</t>
+    <t>688</t>
   </si>
   <si>
     <t>2023-05-29</t>
   </si>
   <si>
     <t>55.72</t>
   </si>
   <si>
-    <t>675</t>
+    <t>689</t>
   </si>
   <si>
     <t>2023-05-26</t>
   </si>
   <si>
     <t>55.68</t>
   </si>
   <si>
-    <t>676</t>
+    <t>690</t>
   </si>
   <si>
     <t>2023-05-25</t>
   </si>
   <si>
     <t>55.00</t>
   </si>
   <si>
-    <t>677</t>
+    <t>691</t>
   </si>
   <si>
     <t>2023-05-24</t>
   </si>
   <si>
-    <t>678</t>
+    <t>692</t>
   </si>
   <si>
     <t>2023-05-23</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
-    <t>679</t>
+    <t>693</t>
   </si>
   <si>
     <t>2023-05-22</t>
   </si>
   <si>
     <t>55.98</t>
   </si>
   <si>
-    <t>680</t>
+    <t>694</t>
   </si>
   <si>
     <t>2023-05-19</t>
   </si>
   <si>
     <t>55.84</t>
   </si>
   <si>
-    <t>681</t>
+    <t>695</t>
   </si>
   <si>
     <t>2023-05-18</t>
   </si>
   <si>
     <t>55.28</t>
   </si>
   <si>
-    <t>682</t>
+    <t>696</t>
   </si>
   <si>
     <t>2023-05-17</t>
   </si>
   <si>
     <t>55.03</t>
   </si>
   <si>
-    <t>683</t>
+    <t>697</t>
   </si>
   <si>
     <t>2023-05-16</t>
   </si>
   <si>
     <t>55.04</t>
   </si>
   <si>
-    <t>684</t>
+    <t>698</t>
   </si>
   <si>
     <t>2023-05-15</t>
   </si>
   <si>
     <t>55.06</t>
   </si>
   <si>
-    <t>685</t>
+    <t>699</t>
   </si>
   <si>
     <t>2023-05-12</t>
   </si>
   <si>
     <t>55.15</t>
   </si>
   <si>
-    <t>686</t>
+    <t>700</t>
   </si>
   <si>
     <t>2023-05-11</t>
   </si>
   <si>
     <t>54.97</t>
   </si>
   <si>
-    <t>687</t>
+    <t>701</t>
   </si>
   <si>
     <t>2023-05-10</t>
   </si>
   <si>
     <t>55.11</t>
   </si>
   <si>
-    <t>688</t>
+    <t>702</t>
   </si>
   <si>
     <t>2023-05-09</t>
   </si>
   <si>
     <t>54.78</t>
   </si>
   <si>
-    <t>689</t>
+    <t>703</t>
   </si>
   <si>
     <t>2023-05-08</t>
   </si>
   <si>
     <t>54.79</t>
   </si>
   <si>
-    <t>690</t>
+    <t>704</t>
   </si>
   <si>
     <t>2023-05-05</t>
   </si>
   <si>
-    <t>691</t>
+    <t>705</t>
   </si>
   <si>
     <t>2023-05-04</t>
   </si>
   <si>
     <t>53.91</t>
   </si>
   <si>
-    <t>692</t>
+    <t>706</t>
   </si>
   <si>
     <t>2023-05-02</t>
   </si>
   <si>
     <t>54.49</t>
   </si>
   <si>
-    <t>693</t>
+    <t>707</t>
   </si>
   <si>
     <t>2023-04-28</t>
   </si>
   <si>
     <t>54.69</t>
   </si>
   <si>
-    <t>694</t>
+    <t>708</t>
   </si>
   <si>
     <t>2023-04-27</t>
   </si>
   <si>
     <t>54.93</t>
   </si>
   <si>
-    <t>695</t>
+    <t>709</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>54.13</t>
   </si>
   <si>
-    <t>696</t>
+    <t>710</t>
   </si>
   <si>
     <t>2023-04-25</t>
   </si>
   <si>
     <t>54.24</t>
   </si>
   <si>
-    <t>697</t>
+    <t>711</t>
   </si>
   <si>
     <t>2023-04-24</t>
   </si>
   <si>
     <t>54.68</t>
   </si>
   <si>
-    <t>698</t>
+    <t>712</t>
   </si>
   <si>
     <t>2023-04-21</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
-    <t>699</t>
+    <t>713</t>
   </si>
   <si>
     <t>2023-04-20</t>
   </si>
   <si>
     <t>54.53</t>
   </si>
   <si>
-    <t>700</t>
+    <t>714</t>
   </si>
   <si>
     <t>2023-04-19</t>
   </si>
   <si>
     <t>54.54</t>
   </si>
   <si>
-    <t>701</t>
+    <t>715</t>
   </si>
   <si>
     <t>2023-04-18</t>
   </si>
   <si>
     <t>54.55</t>
   </si>
   <si>
-    <t>702</t>
+    <t>716</t>
   </si>
   <si>
     <t>2023-04-17</t>
   </si>
   <si>
     <t>54.18</t>
   </si>
   <si>
-    <t>703</t>
+    <t>717</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>54.03</t>
   </si>
   <si>
-    <t>704</t>
+    <t>718</t>
   </si>
   <si>
     <t>2023-04-13</t>
   </si>
   <si>
     <t>53.88</t>
   </si>
   <si>
-    <t>705</t>
+    <t>719</t>
   </si>
   <si>
     <t>2023-04-12</t>
   </si>
   <si>
     <t>53.60</t>
   </si>
   <si>
-    <t>706</t>
+    <t>720</t>
   </si>
   <si>
     <t>2023-04-11</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>707</t>
+    <t>721</t>
   </si>
   <si>
     <t>2023-04-06</t>
   </si>
   <si>
     <t>53.04</t>
   </si>
   <si>
-    <t>708</t>
+    <t>722</t>
   </si>
   <si>
     <t>2023-04-05</t>
   </si>
   <si>
     <t>52.85</t>
   </si>
   <si>
-    <t>709</t>
+    <t>723</t>
   </si>
   <si>
     <t>2023-04-04</t>
   </si>
   <si>
     <t>53.15</t>
   </si>
   <si>
-    <t>710</t>
+    <t>724</t>
   </si>
   <si>
     <t>2023-04-03</t>
   </si>
   <si>
     <t>53.14</t>
   </si>
   <si>
-    <t>711</t>
+    <t>725</t>
   </si>
   <si>
     <t>2023-03-31</t>
   </si>
   <si>
     <t>52.78</t>
   </si>
   <si>
-    <t>712</t>
+    <t>726</t>
   </si>
   <si>
     <t>2023-03-30</t>
   </si>
   <si>
     <t>52.72</t>
   </si>
   <si>
-    <t>713</t>
+    <t>727</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>52.00</t>
   </si>
   <si>
-    <t>714</t>
+    <t>728</t>
   </si>
   <si>
     <t>2023-03-28</t>
   </si>
   <si>
     <t>51.63</t>
   </si>
   <si>
-    <t>715</t>
+    <t>729</t>
   </si>
   <si>
     <t>2023-03-27</t>
   </si>
   <si>
     <t>51.49</t>
   </si>
   <si>
-    <t>716</t>
+    <t>730</t>
   </si>
   <si>
     <t>2023-03-24</t>
   </si>
   <si>
     <t>51.33</t>
   </si>
   <si>
-    <t>717</t>
+    <t>731</t>
   </si>
   <si>
     <t>2023-03-23</t>
   </si>
   <si>
     <t>51.70</t>
   </si>
   <si>
-    <t>718</t>
+    <t>732</t>
   </si>
   <si>
     <t>2023-03-22</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
-    <t>719</t>
+    <t>733</t>
   </si>
   <si>
     <t>2023-03-21</t>
   </si>
   <si>
     <t>51.96</t>
   </si>
   <si>
-    <t>720</t>
+    <t>734</t>
   </si>
   <si>
     <t>2023-03-20</t>
   </si>
   <si>
     <t>51.42</t>
   </si>
   <si>
-    <t>721</t>
+    <t>735</t>
   </si>
   <si>
     <t>2023-03-17</t>
   </si>
   <si>
     <t>51.17</t>
   </si>
   <si>
-    <t>722</t>
+    <t>736</t>
   </si>
   <si>
     <t>2023-03-16</t>
   </si>
   <si>
     <t>51.56</t>
   </si>
   <si>
-    <t>723</t>
+    <t>737</t>
   </si>
   <si>
     <t>2023-03-15</t>
   </si>
   <si>
     <t>51.44</t>
   </si>
   <si>
-    <t>724</t>
+    <t>738</t>
   </si>
   <si>
     <t>2023-03-14</t>
   </si>
   <si>
     <t>52.18</t>
   </si>
   <si>
-    <t>725</t>
+    <t>739</t>
   </si>
   <si>
     <t>2023-03-13</t>
   </si>
   <si>
     <t>52.04</t>
   </si>
   <si>
-    <t>726</t>
+    <t>740</t>
   </si>
   <si>
     <t>2023-03-10</t>
   </si>
   <si>
     <t>52.64</t>
   </si>
   <si>
-    <t>727</t>
+    <t>741</t>
   </si>
   <si>
     <t>2023-03-09</t>
   </si>
   <si>
     <t>53.18</t>
   </si>
   <si>
-    <t>728</t>
+    <t>742</t>
   </si>
   <si>
     <t>2023-03-08</t>
   </si>
   <si>
     <t>53.41</t>
   </si>
   <si>
-    <t>729</t>
+    <t>743</t>
   </si>
   <si>
     <t>2023-03-07</t>
   </si>
   <si>
     <t>53.21</t>
   </si>
   <si>
-    <t>730</t>
+    <t>744</t>
   </si>
   <si>
     <t>2023-03-06</t>
   </si>
   <si>
     <t>53.49</t>
   </si>
   <si>
-    <t>731</t>
+    <t>745</t>
   </si>
   <si>
     <t>2023-03-03</t>
   </si>
   <si>
     <t>53.13</t>
   </si>
   <si>
-    <t>732</t>
+    <t>746</t>
   </si>
   <si>
     <t>2023-03-02</t>
   </si>
   <si>
     <t>52.53</t>
   </si>
   <si>
-    <t>733</t>
+    <t>747</t>
   </si>
   <si>
     <t>2023-03-01</t>
   </si>
   <si>
     <t>53.01</t>
   </si>
   <si>
-    <t>734</t>
+    <t>748</t>
   </si>
   <si>
     <t>2023-02-28</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
-    <t>735</t>
+    <t>749</t>
   </si>
   <si>
     <t>2023-02-27</t>
   </si>
   <si>
     <t>52.61</t>
   </si>
   <si>
-    <t>736</t>
+    <t>750</t>
   </si>
   <si>
     <t>2023-02-24</t>
   </si>
   <si>
     <t>52.43</t>
   </si>
   <si>
-    <t>737</t>
+    <t>751</t>
   </si>
   <si>
     <t>2023-02-23</t>
   </si>
   <si>
     <t>52.58</t>
   </si>
   <si>
-    <t>738</t>
+    <t>752</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>52.15</t>
   </si>
   <si>
-    <t>739</t>
+    <t>753</t>
   </si>
   <si>
     <t>2023-02-21</t>
   </si>
   <si>
     <t>52.35</t>
   </si>
   <si>
-    <t>740</t>
+    <t>754</t>
   </si>
   <si>
     <t>2023-02-20</t>
   </si>
   <si>
     <t>52.87</t>
   </si>
   <si>
-    <t>741</t>
+    <t>755</t>
   </si>
   <si>
     <t>2023-02-17</t>
   </si>
   <si>
     <t>53.11</t>
   </si>
   <si>
-    <t>742</t>
+    <t>756</t>
   </si>
   <si>
     <t>2023-02-16</t>
   </si>
   <si>
     <t>53.34</t>
   </si>
   <si>
-    <t>743</t>
+    <t>757</t>
   </si>
   <si>
     <t>2023-02-15</t>
   </si>
   <si>
     <t>53.44</t>
   </si>
   <si>
-    <t>744</t>
+    <t>758</t>
   </si>
   <si>
     <t>2023-02-14</t>
   </si>
   <si>
     <t>53.32</t>
   </si>
   <si>
-    <t>745</t>
+    <t>759</t>
   </si>
   <si>
     <t>2023-02-13</t>
   </si>
   <si>
     <t>53.12</t>
   </si>
   <si>
-    <t>746</t>
+    <t>760</t>
   </si>
   <si>
     <t>2023-02-10</t>
   </si>
   <si>
     <t>53.02</t>
   </si>
   <si>
-    <t>747</t>
+    <t>761</t>
   </si>
   <si>
     <t>2023-02-09</t>
   </si>
   <si>
     <t>53.52</t>
   </si>
   <si>
-    <t>748</t>
+    <t>762</t>
   </si>
   <si>
     <t>2023-02-08</t>
   </si>
   <si>
     <t>53.28</t>
   </si>
   <si>
-    <t>749</t>
+    <t>763</t>
   </si>
   <si>
     <t>2023-02-07</t>
   </si>
   <si>
     <t>53.22</t>
   </si>
   <si>
-    <t>750</t>
+    <t>764</t>
   </si>
   <si>
     <t>2023-02-06</t>
   </si>
   <si>
     <t>53.06</t>
   </si>
   <si>
-    <t>751</t>
+    <t>765</t>
   </si>
   <si>
     <t>2023-02-03</t>
   </si>
   <si>
     <t>53.62</t>
   </si>
   <si>
-    <t>752</t>
+    <t>766</t>
   </si>
   <si>
     <t>2023-02-02</t>
   </si>
   <si>
     <t>53.72</t>
   </si>
   <si>
-    <t>753</t>
+    <t>767</t>
   </si>
   <si>
     <t>2023-02-01</t>
   </si>
   <si>
-    <t>754</t>
+    <t>768</t>
   </si>
   <si>
     <t>2023-01-31</t>
   </si>
   <si>
-    <t>755</t>
+    <t>769</t>
   </si>
   <si>
     <t>2023-01-30</t>
   </si>
   <si>
-    <t>756</t>
+    <t>770</t>
   </si>
   <si>
     <t>2023-01-27</t>
   </si>
   <si>
     <t>53.51</t>
   </si>
   <si>
-    <t>757</t>
+    <t>771</t>
   </si>
   <si>
     <t>2023-01-26</t>
   </si>
   <si>
     <t>53.40</t>
   </si>
   <si>
-    <t>758</t>
+    <t>772</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>53.00</t>
   </si>
   <si>
-    <t>759</t>
+    <t>773</t>
   </si>
   <si>
     <t>2023-01-24</t>
   </si>
   <si>
     <t>53.42</t>
   </si>
   <si>
-    <t>760</t>
+    <t>774</t>
   </si>
   <si>
     <t>2023-01-23</t>
   </si>
   <si>
     <t>53.46</t>
   </si>
   <si>
-    <t>761</t>
+    <t>775</t>
   </si>
   <si>
     <t>2023-01-20</t>
   </si>
   <si>
-    <t>762</t>
+    <t>776</t>
   </si>
   <si>
     <t>2023-01-19</t>
   </si>
   <si>
     <t>52.99</t>
   </si>
   <si>
-    <t>763</t>
+    <t>777</t>
   </si>
   <si>
     <t>2023-01-18</t>
   </si>
   <si>
-    <t>764</t>
+    <t>778</t>
   </si>
   <si>
     <t>2023-01-17</t>
   </si>
   <si>
     <t>53.25</t>
   </si>
   <si>
-    <t>765</t>
+    <t>779</t>
   </si>
   <si>
     <t>2023-01-16</t>
   </si>
   <si>
     <t>53.57</t>
   </si>
   <si>
-    <t>766</t>
+    <t>780</t>
   </si>
   <si>
     <t>2023-01-13</t>
   </si>
   <si>
     <t>53.38</t>
   </si>
   <si>
-    <t>767</t>
+    <t>781</t>
   </si>
   <si>
     <t>2023-01-12</t>
   </si>
   <si>
     <t>53.48</t>
   </si>
   <si>
-    <t>768</t>
+    <t>782</t>
   </si>
   <si>
     <t>2023-01-11</t>
   </si>
   <si>
-    <t>769</t>
+    <t>783</t>
   </si>
   <si>
     <t>2023-01-10</t>
   </si>
   <si>
     <t>52.97</t>
   </si>
   <si>
-    <t>770</t>
+    <t>784</t>
   </si>
   <si>
     <t>2023-01-09</t>
   </si>
   <si>
     <t>52.88</t>
   </si>
   <si>
-    <t>771</t>
+    <t>785</t>
   </si>
   <si>
     <t>2023-01-05</t>
   </si>
   <si>
     <t>51.91</t>
   </si>
   <si>
-    <t>772</t>
+    <t>786</t>
   </si>
   <si>
     <t>2023-01-04</t>
   </si>
   <si>
     <t>51.86</t>
   </si>
   <si>
-    <t>773</t>
+    <t>787</t>
   </si>
   <si>
     <t>2023-01-03</t>
   </si>
   <si>
     <t>51.36</t>
   </si>
   <si>
-    <t>774</t>
+    <t>788</t>
   </si>
   <si>
     <t>2023-01-02</t>
   </si>
   <si>
     <t>50.75</t>
   </si>
   <si>
-    <t>775</t>
+    <t>789</t>
   </si>
   <si>
     <t>2022-12-30</t>
   </si>
   <si>
     <t>50.48</t>
   </si>
   <si>
-    <t>776</t>
+    <t>790</t>
   </si>
   <si>
     <t>2022-12-29</t>
   </si>
   <si>
     <t>50.59</t>
   </si>
   <si>
-    <t>777</t>
+    <t>791</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
-    <t>778</t>
+    <t>792</t>
   </si>
   <si>
     <t>2022-12-27</t>
   </si>
   <si>
     <t>50.26</t>
   </si>
   <si>
-    <t>779</t>
+    <t>793</t>
   </si>
   <si>
     <t>2022-12-23</t>
   </si>
   <si>
     <t>50.44</t>
   </si>
   <si>
-    <t>780</t>
+    <t>794</t>
   </si>
   <si>
     <t>2022-12-22</t>
   </si>
   <si>
     <t>50.46</t>
   </si>
   <si>
-    <t>781</t>
+    <t>795</t>
   </si>
   <si>
     <t>2022-12-21</t>
   </si>
   <si>
-    <t>782</t>
+    <t>796</t>
   </si>
   <si>
     <t>2022-12-20</t>
   </si>
   <si>
     <t>50.17</t>
   </si>
   <si>
-    <t>783</t>
+    <t>797</t>
   </si>
   <si>
     <t>2022-12-19</t>
   </si>
   <si>
     <t>49.79</t>
   </si>
   <si>
-    <t>784</t>
+    <t>798</t>
   </si>
   <si>
     <t>2022-12-16</t>
   </si>
   <si>
     <t>49.83</t>
   </si>
   <si>
-    <t>785</t>
+    <t>799</t>
   </si>
   <si>
     <t>2022-12-15</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
-    <t>786</t>
+    <t>800</t>
   </si>
   <si>
     <t>2022-12-14</t>
   </si>
   <si>
     <t>50.55</t>
   </si>
   <si>
-    <t>787</t>
+    <t>801</t>
   </si>
   <si>
     <t>2022-12-13</t>
   </si>
   <si>
     <t>50.52</t>
   </si>
   <si>
-    <t>788</t>
+    <t>802</t>
   </si>
   <si>
     <t>2022-12-12</t>
   </si>
   <si>
     <t>50.01</t>
   </si>
   <si>
-    <t>789</t>
+    <t>803</t>
   </si>
   <si>
     <t>2022-12-09</t>
   </si>
   <si>
     <t>49.70</t>
   </si>
   <si>
-    <t>790</t>
+    <t>804</t>
   </si>
   <si>
     <t>2022-12-08</t>
   </si>
   <si>
     <t>49.60</t>
   </si>
   <si>
-    <t>791</t>
+    <t>805</t>
   </si>
   <si>
     <t>2022-12-07</t>
   </si>
   <si>
     <t>49.76</t>
   </si>
   <si>
-    <t>792</t>
+    <t>806</t>
   </si>
   <si>
     <t>2022-12-06</t>
   </si>
   <si>
     <t>49.63</t>
   </si>
   <si>
-    <t>793</t>
+    <t>807</t>
   </si>
   <si>
     <t>2022-12-05</t>
   </si>
   <si>
-    <t>794</t>
+    <t>808</t>
   </si>
   <si>
     <t>2022-12-02</t>
   </si>
   <si>
     <t>50.02</t>
   </si>
   <si>
-    <t>795</t>
+    <t>809</t>
   </si>
   <si>
     <t>2022-12-01</t>
   </si>
   <si>
     <t>50.30</t>
   </si>
   <si>
-    <t>796</t>
+    <t>810</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
-    <t>797</t>
+    <t>811</t>
   </si>
   <si>
     <t>2022-11-29</t>
   </si>
   <si>
     <t>49.49</t>
   </si>
   <si>
-    <t>798</t>
+    <t>812</t>
   </si>
   <si>
     <t>2022-11-28</t>
   </si>
   <si>
     <t>49.24</t>
   </si>
   <si>
-    <t>799</t>
+    <t>813</t>
   </si>
   <si>
     <t>2022-11-25</t>
   </si>
   <si>
     <t>49.48</t>
   </si>
   <si>
-    <t>800</t>
+    <t>814</t>
   </si>
   <si>
     <t>2022-11-24</t>
   </si>
   <si>
-    <t>801</t>
+    <t>815</t>
   </si>
   <si>
     <t>2022-11-23</t>
   </si>
   <si>
     <t>48.99</t>
   </si>
   <si>
-    <t>802</t>
+    <t>816</t>
   </si>
   <si>
     <t>2022-11-22</t>
   </si>
   <si>
     <t>49.09</t>
   </si>
   <si>
-    <t>803</t>
+    <t>817</t>
   </si>
   <si>
     <t>2022-11-21</t>
   </si>
   <si>
     <t>48.57</t>
   </si>
   <si>
-    <t>804</t>
+    <t>818</t>
   </si>
   <si>
     <t>2022-11-18</t>
   </si>
   <si>
     <t>48.82</t>
   </si>
   <si>
-    <t>805</t>
+    <t>819</t>
   </si>
   <si>
     <t>2022-11-17</t>
   </si>
   <si>
     <t>48.80</t>
   </si>
   <si>
-    <t>806</t>
+    <t>820</t>
   </si>
   <si>
     <t>2022-11-16</t>
   </si>
   <si>
     <t>49.12</t>
   </si>
   <si>
-    <t>807</t>
+    <t>821</t>
   </si>
   <si>
     <t>2022-11-15</t>
   </si>
   <si>
-    <t>808</t>
+    <t>822</t>
   </si>
   <si>
     <t>2022-11-14</t>
   </si>
   <si>
     <t>49.19</t>
   </si>
   <si>
-    <t>809</t>
+    <t>823</t>
   </si>
   <si>
     <t>2022-11-10</t>
   </si>
   <si>
     <t>48.69</t>
   </si>
   <si>
-    <t>810</t>
+    <t>824</t>
   </si>
   <si>
     <t>2022-11-09</t>
   </si>
   <si>
     <t>48.08</t>
   </si>
   <si>
-    <t>811</t>
+    <t>825</t>
   </si>
   <si>
     <t>2022-11-08</t>
   </si>
   <si>
     <t>48.07</t>
   </si>
   <si>
-    <t>812</t>
+    <t>826</t>
   </si>
   <si>
     <t>2022-11-07</t>
   </si>
   <si>
     <t>47.77</t>
   </si>
   <si>
-    <t>813</t>
+    <t>827</t>
   </si>
   <si>
     <t>2022-11-04</t>
   </si>
   <si>
     <t>47.52</t>
   </si>
   <si>
-    <t>814</t>
+    <t>828</t>
   </si>
   <si>
     <t>2022-11-03</t>
   </si>
   <si>
     <t>46.99</t>
   </si>
   <si>
-    <t>815</t>
+    <t>829</t>
   </si>
   <si>
     <t>2022-11-02</t>
   </si>
   <si>
     <t>46.83</t>
   </si>
   <si>
-    <t>816</t>
+    <t>830</t>
   </si>
   <si>
     <t>2022-10-31</t>
   </si>
   <si>
     <t>46.46</t>
   </si>
   <si>
-    <t>817</t>
+    <t>831</t>
   </si>
   <si>
     <t>2022-10-28</t>
   </si>
   <si>
     <t>46.30</t>
   </si>
   <si>
-    <t>818</t>
+    <t>832</t>
   </si>
   <si>
     <t>2022-10-27</t>
   </si>
   <si>
     <t>46.27</t>
   </si>
   <si>
-    <t>819</t>
+    <t>833</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>46.16</t>
   </si>
   <si>
-    <t>820</t>
+    <t>834</t>
   </si>
   <si>
     <t>2022-10-25</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
-    <t>821</t>
+    <t>835</t>
   </si>
   <si>
     <t>2022-10-24</t>
   </si>
   <si>
     <t>45.19</t>
   </si>
   <si>
-    <t>822</t>
+    <t>836</t>
   </si>
   <si>
     <t>2022-10-21</t>
   </si>
   <si>
     <t>44.78</t>
   </si>
   <si>
-    <t>823</t>
+    <t>837</t>
   </si>
   <si>
     <t>2022-10-20</t>
   </si>
   <si>
     <t>45.01</t>
   </si>
   <si>
-    <t>824</t>
+    <t>838</t>
   </si>
   <si>
     <t>2022-10-19</t>
   </si>
   <si>
     <t>44.68</t>
   </si>
   <si>
-    <t>825</t>
+    <t>839</t>
   </si>
   <si>
     <t>2022-10-18</t>
   </si>
   <si>
     <t>45.04</t>
   </si>
   <si>
-    <t>826</t>
+    <t>840</t>
   </si>
   <si>
     <t>2022-10-17</t>
   </si>
   <si>
     <t>45.14</t>
   </si>
   <si>
-    <t>827</t>
+    <t>841</t>
   </si>
   <si>
     <t>2022-10-14</t>
   </si>
   <si>
     <t>44.96</t>
   </si>
   <si>
-    <t>828</t>
+    <t>842</t>
   </si>
   <si>
     <t>2022-10-13</t>
   </si>
   <si>
     <t>44.73</t>
   </si>
   <si>
-    <t>829</t>
+    <t>843</t>
   </si>
   <si>
     <t>2022-10-12</t>
   </si>
   <si>
     <t>44.54</t>
   </si>
   <si>
-    <t>830</t>
+    <t>844</t>
   </si>
   <si>
     <t>2022-10-11</t>
   </si>
   <si>
     <t>44.81</t>
   </si>
   <si>
-    <t>831</t>
+    <t>845</t>
   </si>
   <si>
     <t>2022-10-10</t>
   </si>
   <si>
     <t>45.07</t>
   </si>
   <si>
-    <t>832</t>
+    <t>846</t>
   </si>
   <si>
     <t>2022-10-07</t>
   </si>
   <si>
     <t>45.29</t>
   </si>
   <si>
-    <t>833</t>
+    <t>847</t>
   </si>
   <si>
     <t>2022-10-06</t>
   </si>
   <si>
     <t>45.58</t>
   </si>
   <si>
-    <t>834</t>
+    <t>848</t>
   </si>
   <si>
     <t>2022-10-05</t>
   </si>
   <si>
     <t>45.50</t>
   </si>
   <si>
-    <t>835</t>
+    <t>849</t>
   </si>
   <si>
     <t>2022-10-04</t>
   </si>
   <si>
     <t>46.05</t>
   </si>
   <si>
-    <t>836</t>
+    <t>850</t>
   </si>
   <si>
     <t>2022-10-03</t>
   </si>
   <si>
     <t>45.22</t>
   </si>
   <si>
-    <t>837</t>
+    <t>851</t>
   </si>
   <si>
     <t>2022-09-30</t>
   </si>
   <si>
     <t>45.05</t>
   </si>
   <si>
-    <t>838</t>
+    <t>852</t>
   </si>
   <si>
     <t>2022-09-29</t>
   </si>
   <si>
     <t>44.90</t>
   </si>
   <si>
-    <t>839</t>
+    <t>853</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>45.63</t>
   </si>
   <si>
-    <t>840</t>
+    <t>854</t>
   </si>
   <si>
     <t>2022-09-27</t>
   </si>
   <si>
     <t>45.70</t>
   </si>
   <si>
-    <t>841</t>
+    <t>855</t>
   </si>
   <si>
     <t>2022-09-26</t>
   </si>
   <si>
     <t>45.38</t>
   </si>
   <si>
-    <t>842</t>
+    <t>856</t>
   </si>
   <si>
     <t>2022-09-23</t>
   </si>
   <si>
-    <t>843</t>
+    <t>857</t>
   </si>
   <si>
     <t>2022-09-22</t>
   </si>
   <si>
     <t>46.90</t>
   </si>
   <si>
-    <t>844</t>
+    <t>858</t>
   </si>
   <si>
     <t>2022-09-21</t>
   </si>
   <si>
     <t>46.84</t>
   </si>
   <si>
-    <t>845</t>
+    <t>859</t>
   </si>
   <si>
     <t>2022-09-20</t>
   </si>
   <si>
     <t>46.78</t>
   </si>
   <si>
-    <t>846</t>
+    <t>860</t>
   </si>
   <si>
     <t>2022-09-19</t>
   </si>
   <si>
     <t>47.16</t>
   </si>
   <si>
-    <t>847</t>
+    <t>861</t>
   </si>
   <si>
     <t>2022-09-16</t>
   </si>
   <si>
     <t>46.85</t>
   </si>
   <si>
-    <t>848</t>
+    <t>862</t>
   </si>
   <si>
     <t>2022-09-15</t>
   </si>
   <si>
     <t>47.41</t>
   </si>
   <si>
-    <t>849</t>
+    <t>863</t>
   </si>
   <si>
     <t>2022-09-14</t>
   </si>
   <si>
     <t>47.49</t>
   </si>
   <si>
-    <t>850</t>
+    <t>864</t>
   </si>
   <si>
     <t>2022-09-13</t>
   </si>
   <si>
     <t>47.45</t>
   </si>
   <si>
-    <t>851</t>
+    <t>865</t>
   </si>
   <si>
     <t>2022-09-12</t>
   </si>
   <si>
     <t>47.93</t>
   </si>
   <si>
-    <t>852</t>
+    <t>866</t>
   </si>
   <si>
     <t>2022-09-09</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>853</t>
+    <t>867</t>
   </si>
   <si>
     <t>2022-09-08</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>854</t>
+    <t>868</t>
   </si>
   <si>
     <t>2022-09-07</t>
   </si>
   <si>
-    <t>855</t>
+    <t>869</t>
   </si>
   <si>
     <t>2022-09-06</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>856</t>
+    <t>870</t>
   </si>
   <si>
     <t>2022-09-05</t>
   </si>
   <si>
     <t>46.92</t>
   </si>
   <si>
-    <t>857</t>
+    <t>871</t>
   </si>
   <si>
     <t>2022-09-02</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
-    <t>858</t>
+    <t>872</t>
   </si>
   <si>
     <t>2022-09-01</t>
   </si>
   <si>
     <t>46.52</t>
   </si>
   <si>
-    <t>859</t>
+    <t>873</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>47.28</t>
   </si>
   <si>
-    <t>860</t>
+    <t>874</t>
   </si>
   <si>
     <t>2022-08-30</t>
   </si>
   <si>
     <t>47.24</t>
   </si>
   <si>
-    <t>861</t>
+    <t>875</t>
   </si>
   <si>
     <t>2022-08-29</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
-    <t>862</t>
+    <t>876</t>
   </si>
   <si>
     <t>2022-08-26</t>
   </si>
   <si>
     <t>48.02</t>
   </si>
   <si>
-    <t>863</t>
+    <t>877</t>
   </si>
   <si>
     <t>2022-08-25</t>
   </si>
   <si>
     <t>48.54</t>
   </si>
   <si>
-    <t>864</t>
+    <t>878</t>
   </si>
   <si>
     <t>2022-08-24</t>
   </si>
   <si>
     <t>48.31</t>
   </si>
   <si>
-    <t>865</t>
+    <t>879</t>
   </si>
   <si>
     <t>2022-08-23</t>
   </si>
   <si>
     <t>48.74</t>
   </si>
   <si>
-    <t>866</t>
+    <t>880</t>
   </si>
   <si>
     <t>2022-08-22</t>
   </si>
   <si>
     <t>48.60</t>
   </si>
   <si>
-    <t>867</t>
+    <t>881</t>
   </si>
   <si>
     <t>2022-08-19</t>
   </si>
   <si>
     <t>49.13</t>
   </si>
   <si>
-    <t>868</t>
+    <t>882</t>
   </si>
   <si>
     <t>2022-08-18</t>
   </si>
   <si>
     <t>49.50</t>
   </si>
   <si>
-    <t>869</t>
+    <t>883</t>
   </si>
   <si>
     <t>2022-08-17</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>870</t>
+    <t>884</t>
   </si>
   <si>
     <t>2022-08-16</t>
   </si>
   <si>
     <t>49.93</t>
   </si>
   <si>
-    <t>871</t>
+    <t>885</t>
   </si>
   <si>
     <t>2022-08-12</t>
   </si>
   <si>
     <t>50.11</t>
   </si>
   <si>
-    <t>872</t>
+    <t>886</t>
   </si>
   <si>
     <t>2022-08-11</t>
   </si>
   <si>
     <t>50.06</t>
   </si>
   <si>
-    <t>873</t>
+    <t>887</t>
   </si>
   <si>
     <t>2022-08-10</t>
   </si>
   <si>
     <t>49.84</t>
   </si>
   <si>
-    <t>874</t>
+    <t>888</t>
   </si>
   <si>
     <t>2022-08-09</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
-    <t>875</t>
+    <t>889</t>
   </si>
   <si>
     <t>2022-08-08</t>
   </si>
   <si>
     <t>49.72</t>
   </si>
   <si>
-    <t>876</t>
+    <t>890</t>
   </si>
   <si>
     <t>2022-08-05</t>
   </si>
   <si>
     <t>49.23</t>
   </si>
   <si>
-    <t>877</t>
+    <t>891</t>
   </si>
   <si>
     <t>2022-08-04</t>
   </si>
   <si>
     <t>49.42</t>
   </si>
   <si>
-    <t>878</t>
+    <t>892</t>
   </si>
   <si>
     <t>2022-08-03</t>
   </si>
   <si>
     <t>49.46</t>
   </si>
   <si>
-    <t>879</t>
+    <t>893</t>
   </si>
   <si>
     <t>2022-08-02</t>
   </si>
   <si>
-    <t>880</t>
+    <t>894</t>
   </si>
   <si>
     <t>2022-08-01</t>
   </si>
   <si>
-    <t>881</t>
+    <t>895</t>
   </si>
   <si>
     <t>2022-07-29</t>
   </si>
   <si>
     <t>49.61</t>
   </si>
   <si>
-    <t>882</t>
+    <t>896</t>
   </si>
   <si>
     <t>2022-07-28</t>
   </si>
   <si>
     <t>48.97</t>
   </si>
   <si>
-    <t>883</t>
+    <t>897</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>48.86</t>
   </si>
   <si>
-    <t>884</t>
+    <t>898</t>
   </si>
   <si>
     <t>2022-07-26</t>
   </si>
   <si>
     <t>48.76</t>
   </si>
   <si>
-    <t>885</t>
+    <t>899</t>
   </si>
   <si>
     <t>2022-07-25</t>
   </si>
   <si>
     <t>49.03</t>
   </si>
   <si>
-    <t>886</t>
+    <t>900</t>
   </si>
   <si>
     <t>2022-07-22</t>
   </si>
   <si>
     <t>49.08</t>
   </si>
   <si>
-    <t>887</t>
+    <t>901</t>
   </si>
   <si>
     <t>2022-07-21</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>888</t>
+    <t>902</t>
   </si>
   <si>
     <t>2022-07-20</t>
   </si>
   <si>
-    <t>889</t>
+    <t>903</t>
   </si>
   <si>
     <t>2022-07-19</t>
   </si>
   <si>
     <t>48.41</t>
   </si>
   <si>
-    <t>890</t>
+    <t>904</t>
   </si>
   <si>
     <t>2022-07-18</t>
   </si>
   <si>
     <t>48.09</t>
   </si>
   <si>
-    <t>891</t>
+    <t>905</t>
   </si>
   <si>
     <t>2022-07-15</t>
   </si>
   <si>
-    <t>892</t>
+    <t>906</t>
   </si>
   <si>
     <t>2022-07-14</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
-    <t>893</t>
+    <t>907</t>
   </si>
   <si>
     <t>2022-07-13</t>
   </si>
   <si>
     <t>47.71</t>
   </si>
   <si>
-    <t>894</t>
+    <t>908</t>
   </si>
   <si>
     <t>2022-07-12</t>
   </si>
   <si>
     <t>47.96</t>
   </si>
   <si>
-    <t>895</t>
+    <t>909</t>
   </si>
   <si>
     <t>2022-07-11</t>
   </si>
   <si>
     <t>48.43</t>
   </si>
   <si>
-    <t>896</t>
+    <t>910</t>
   </si>
   <si>
     <t>2022-07-08</t>
   </si>
   <si>
     <t>48.85</t>
   </si>
   <si>
-    <t>897</t>
+    <t>911</t>
   </si>
   <si>
     <t>2022-07-07</t>
   </si>
   <si>
     <t>48.39</t>
   </si>
   <si>
-    <t>898</t>
+    <t>912</t>
   </si>
   <si>
     <t>2022-07-06</t>
   </si>
   <si>
     <t>47.62</t>
   </si>
   <si>
-    <t>899</t>
+    <t>913</t>
   </si>
   <si>
     <t>2022-07-05</t>
   </si>
   <si>
     <t>47.54</t>
   </si>
   <si>
-    <t>900</t>
+    <t>914</t>
   </si>
   <si>
     <t>2022-07-04</t>
   </si>
   <si>
     <t>48.32</t>
   </si>
   <si>
-    <t>901</t>
+    <t>915</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>48.46</t>
   </si>
   <si>
-    <t>902</t>
+    <t>916</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
-    <t>903</t>
+    <t>917</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
-    <t>904</t>
+    <t>918</t>
   </si>
   <si>
     <t>2022-06-28</t>
   </si>
   <si>
     <t>49.00</t>
   </si>
   <si>
-    <t>905</t>
+    <t>919</t>
   </si>
   <si>
     <t>2022-06-27</t>
   </si>
   <si>
-    <t>906</t>
+    <t>920</t>
   </si>
   <si>
     <t>2022-06-24</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>907</t>
+    <t>921</t>
   </si>
   <si>
     <t>2022-06-23</t>
   </si>
   <si>
     <t>48.03</t>
   </si>
   <si>
-    <t>908</t>
+    <t>922</t>
   </si>
   <si>
     <t>2022-06-22</t>
   </si>
   <si>
-    <t>909</t>
+    <t>923</t>
   </si>
   <si>
     <t>2022-06-21</t>
   </si>
   <si>
     <t>48.95</t>
   </si>
   <si>
-    <t>910</t>
+    <t>924</t>
   </si>
   <si>
     <t>2022-06-20</t>
   </si>
   <si>
     <t>48.23</t>
   </si>
   <si>
-    <t>911</t>
+    <t>925</t>
   </si>
   <si>
     <t>2022-06-17</t>
   </si>
   <si>
     <t>48.14</t>
   </si>
   <si>
-    <t>912</t>
+    <t>926</t>
   </si>
   <si>
     <t>2022-06-15</t>
   </si>
   <si>
-    <t>913</t>
+    <t>927</t>
   </si>
   <si>
     <t>2022-06-14</t>
   </si>
   <si>
     <t>48.47</t>
   </si>
   <si>
-    <t>914</t>
+    <t>928</t>
   </si>
   <si>
     <t>2022-06-13</t>
   </si>
   <si>
     <t>48.21</t>
   </si>
   <si>
-    <t>915</t>
+    <t>929</t>
   </si>
   <si>
     <t>2022-06-10</t>
   </si>
   <si>
     <t>49.17</t>
   </si>
   <si>
-    <t>916</t>
+    <t>930</t>
   </si>
   <si>
     <t>2022-06-09</t>
   </si>
   <si>
     <t>49.80</t>
   </si>
   <si>
-    <t>917</t>
+    <t>931</t>
   </si>
   <si>
     <t>2022-06-08</t>
   </si>
   <si>
     <t>50.39</t>
   </si>
   <si>
-    <t>918</t>
+    <t>932</t>
   </si>
   <si>
     <t>2022-06-07</t>
   </si>
   <si>
     <t>50.88</t>
   </si>
   <si>
-    <t>919</t>
+    <t>933</t>
   </si>
   <si>
     <t>2022-06-06</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
-    <t>920</t>
+    <t>934</t>
   </si>
   <si>
     <t>2022-06-03</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
-    <t>921</t>
+    <t>935</t>
   </si>
   <si>
     <t>2022-06-02</t>
   </si>
   <si>
     <t>50.74</t>
   </si>
   <si>
-    <t>922</t>
+    <t>936</t>
   </si>
   <si>
     <t>2022-06-01</t>
   </si>
   <si>
     <t>50.63</t>
   </si>
   <si>
-    <t>923</t>
+    <t>937</t>
   </si>
   <si>
     <t>2022-05-31</t>
   </si>
   <si>
     <t>50.86</t>
   </si>
   <si>
-    <t>924</t>
+    <t>938</t>
   </si>
   <si>
     <t>2022-05-30</t>
   </si>
   <si>
     <t>51.07</t>
   </si>
   <si>
-    <t>925</t>
+    <t>939</t>
   </si>
   <si>
     <t>2022-05-27</t>
   </si>
   <si>
-    <t>926</t>
+    <t>940</t>
   </si>
   <si>
     <t>2022-05-26</t>
   </si>
   <si>
     <t>50.61</t>
   </si>
   <si>
-    <t>927</t>
+    <t>941</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
-    <t>928</t>
+    <t>942</t>
   </si>
   <si>
     <t>2022-05-24</t>
   </si>
   <si>
     <t>50.24</t>
   </si>
   <si>
-    <t>929</t>
+    <t>943</t>
   </si>
   <si>
     <t>2022-05-23</t>
   </si>
   <si>
-    <t>930</t>
+    <t>944</t>
   </si>
   <si>
     <t>2022-05-20</t>
   </si>
   <si>
     <t>49.86</t>
   </si>
   <si>
-    <t>931</t>
+    <t>945</t>
   </si>
   <si>
     <t>2022-05-19</t>
   </si>
   <si>
     <t>49.87</t>
   </si>
   <si>
-    <t>932</t>
+    <t>946</t>
   </si>
   <si>
     <t>2022-05-18</t>
   </si>
   <si>
     <t>50.25</t>
   </si>
   <si>
-    <t>933</t>
+    <t>947</t>
   </si>
   <si>
     <t>2022-05-17</t>
   </si>
   <si>
     <t>50.33</t>
   </si>
   <si>
-    <t>934</t>
+    <t>948</t>
   </si>
   <si>
     <t>2022-05-16</t>
   </si>
   <si>
-    <t>935</t>
+    <t>949</t>
   </si>
   <si>
     <t>2022-05-13</t>
   </si>
   <si>
     <t>49.65</t>
   </si>
   <si>
-    <t>936</t>
+    <t>950</t>
   </si>
   <si>
     <t>2022-05-12</t>
   </si>
   <si>
-    <t>937</t>
+    <t>951</t>
   </si>
   <si>
     <t>2022-05-11</t>
   </si>
   <si>
-    <t>938</t>
+    <t>952</t>
   </si>
   <si>
     <t>2022-05-10</t>
   </si>
   <si>
     <t>48.88</t>
   </si>
   <si>
-    <t>939</t>
+    <t>953</t>
   </si>
   <si>
     <t>2022-05-09</t>
   </si>
   <si>
     <t>49.20</t>
   </si>
   <si>
-    <t>940</t>
+    <t>954</t>
   </si>
   <si>
     <t>2022-05-06</t>
   </si>
   <si>
     <t>49.88</t>
   </si>
   <si>
-    <t>941</t>
+    <t>955</t>
   </si>
   <si>
     <t>2022-05-05</t>
   </si>
   <si>
-    <t>942</t>
+    <t>956</t>
   </si>
   <si>
     <t>2022-05-04</t>
   </si>
   <si>
     <t>50.70</t>
   </si>
   <si>
-    <t>943</t>
+    <t>957</t>
   </si>
   <si>
     <t>2022-05-02</t>
   </si>
   <si>
     <t>50.58</t>
   </si>
   <si>
-    <t>944</t>
+    <t>958</t>
   </si>
   <si>
     <t>2022-04-29</t>
   </si>
   <si>
     <t>50.95</t>
   </si>
   <si>
-    <t>945</t>
+    <t>959</t>
   </si>
   <si>
     <t>2022-04-28</t>
   </si>
   <si>
     <t>51.10</t>
   </si>
   <si>
-    <t>946</t>
+    <t>960</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>50.87</t>
   </si>
   <si>
-    <t>947</t>
+    <t>961</t>
   </si>
   <si>
     <t>2022-04-26</t>
   </si>
   <si>
     <t>51.18</t>
   </si>
   <si>
-    <t>948</t>
+    <t>962</t>
   </si>
   <si>
     <t>2022-04-25</t>
   </si>
   <si>
     <t>51.47</t>
   </si>
   <si>
-    <t>949</t>
+    <t>963</t>
   </si>
   <si>
     <t>2022-04-22</t>
   </si>
   <si>
     <t>52.38</t>
   </si>
   <si>
-    <t>950</t>
+    <t>964</t>
   </si>
   <si>
     <t>2022-04-21</t>
   </si>
   <si>
     <t>53.26</t>
   </si>
   <si>
-    <t>951</t>
+    <t>965</t>
   </si>
   <si>
     <t>2022-04-20</t>
   </si>
   <si>
-    <t>952</t>
+    <t>966</t>
   </si>
   <si>
     <t>2022-04-19</t>
   </si>
   <si>
     <t>53.30</t>
   </si>
   <si>
-    <t>953</t>
+    <t>967</t>
   </si>
   <si>
     <t>2022-04-14</t>
   </si>
   <si>
     <t>53.61</t>
   </si>
   <si>
-    <t>954</t>
+    <t>968</t>
   </si>
   <si>
     <t>2022-04-13</t>
   </si>
   <si>
-    <t>955</t>
+    <t>969</t>
   </si>
   <si>
     <t>2022-04-12</t>
   </si>
   <si>
     <t>53.16</t>
   </si>
   <si>
-    <t>956</t>
+    <t>970</t>
   </si>
   <si>
     <t>2022-04-11</t>
   </si>
   <si>
     <t>53.43</t>
   </si>
   <si>
-    <t>957</t>
+    <t>971</t>
   </si>
   <si>
     <t>2022-04-08</t>
   </si>
   <si>
     <t>53.20</t>
   </si>
   <si>
-    <t>958</t>
+    <t>972</t>
   </si>
   <si>
     <t>2022-04-07</t>
   </si>
   <si>
     <t>52.94</t>
   </si>
   <si>
-    <t>959</t>
+    <t>973</t>
   </si>
   <si>
     <t>2022-04-06</t>
   </si>
   <si>
     <t>53.31</t>
   </si>
   <si>
-    <t>960</t>
+    <t>974</t>
   </si>
   <si>
     <t>2022-04-05</t>
   </si>
   <si>
     <t>53.71</t>
   </si>
   <si>
-    <t>961</t>
+    <t>975</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>54.05</t>
   </si>
   <si>
-    <t>962</t>
+    <t>976</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
     <t>54.16</t>
   </si>
   <si>
-    <t>963</t>
+    <t>977</t>
   </si>
   <si>
     <t>2022-03-31</t>
   </si>
   <si>
     <t>53.84</t>
   </si>
   <si>
-    <t>964</t>
+    <t>978</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>54.50</t>
   </si>
   <si>
-    <t>965</t>
+    <t>979</t>
   </si>
   <si>
     <t>2022-03-29</t>
   </si>
   <si>
-    <t>966</t>
+    <t>980</t>
   </si>
   <si>
     <t>2022-03-28</t>
   </si>
   <si>
     <t>53.70</t>
   </si>
   <si>
-    <t>967</t>
+    <t>981</t>
   </si>
   <si>
     <t>2022-03-25</t>
   </si>
   <si>
     <t>53.79</t>
   </si>
   <si>
-    <t>968</t>
+    <t>982</t>
   </si>
   <si>
     <t>2022-03-24</t>
   </si>
   <si>
-    <t>969</t>
+    <t>983</t>
   </si>
   <si>
     <t>2022-03-23</t>
   </si>
   <si>
     <t>53.78</t>
   </si>
   <si>
-    <t>970</t>
+    <t>984</t>
   </si>
   <si>
     <t>2022-03-22</t>
   </si>
   <si>
     <t>53.81</t>
   </si>
   <si>
-    <t>971</t>
+    <t>985</t>
   </si>
   <si>
     <t>2022-03-21</t>
   </si>
   <si>
     <t>53.47</t>
   </si>
   <si>
-    <t>972</t>
+    <t>986</t>
   </si>
   <si>
     <t>2022-03-18</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>973</t>
+    <t>987</t>
   </si>
   <si>
     <t>2022-03-17</t>
   </si>
   <si>
     <t>53.76</t>
   </si>
   <si>
-    <t>974</t>
+    <t>988</t>
   </si>
   <si>
     <t>2022-03-16</t>
   </si>
   <si>
     <t>52.86</t>
   </si>
   <si>
-    <t>975</t>
+    <t>989</t>
   </si>
   <si>
     <t>2022-03-15</t>
   </si>
   <si>
-    <t>976</t>
+    <t>990</t>
   </si>
   <si>
     <t>2022-03-14</t>
   </si>
   <si>
-    <t>977</t>
+    <t>991</t>
   </si>
   <si>
     <t>2022-03-11</t>
   </si>
   <si>
     <t>52.30</t>
   </si>
   <si>
-    <t>978</t>
+    <t>992</t>
   </si>
   <si>
     <t>2022-03-10</t>
   </si>
   <si>
     <t>51.54</t>
   </si>
   <si>
-    <t>979</t>
+    <t>993</t>
   </si>
   <si>
     <t>2022-03-09</t>
   </si>
   <si>
     <t>51.79</t>
   </si>
   <si>
-    <t>980</t>
+    <t>994</t>
   </si>
   <si>
     <t>2022-03-08</t>
   </si>
   <si>
     <t>50.64</t>
   </si>
   <si>
-    <t>981</t>
+    <t>995</t>
   </si>
   <si>
     <t>2022-03-07</t>
   </si>
   <si>
-    <t>982</t>
+    <t>996</t>
   </si>
   <si>
     <t>2022-03-04</t>
   </si>
   <si>
     <t>50.92</t>
   </si>
   <si>
-    <t>983</t>
+    <t>997</t>
   </si>
   <si>
     <t>2022-03-03</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>984</t>
+    <t>998</t>
   </si>
   <si>
     <t>2022-03-02</t>
   </si>
   <si>
-    <t>985</t>
+    <t>999</t>
   </si>
   <si>
     <t>2022-03-01</t>
   </si>
   <si>
     <t>51.97</t>
   </si>
   <si>
-    <t>986</t>
+    <t>1000</t>
   </si>
   <si>
     <t>2022-02-28</t>
   </si>
   <si>
     <t>52.76</t>
   </si>
   <si>
-    <t>987</t>
+    <t>1001</t>
   </si>
   <si>
     <t>2022-02-25</t>
   </si>
   <si>
     <t>52.59</t>
   </si>
   <si>
-    <t>988</t>
+    <t>1002</t>
   </si>
   <si>
     <t>2022-02-24</t>
   </si>
   <si>
     <t>50.28</t>
   </si>
   <si>
-    <t>989</t>
+    <t>1003</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>53.75</t>
   </si>
   <si>
-    <t>990</t>
+    <t>1004</t>
   </si>
   <si>
     <t>2022-02-22</t>
   </si>
   <si>
     <t>54.63</t>
   </si>
   <si>
-    <t>991</t>
+    <t>1005</t>
   </si>
   <si>
     <t>2022-02-21</t>
   </si>
   <si>
     <t>54.33</t>
   </si>
   <si>
-    <t>992</t>
+    <t>1006</t>
   </si>
   <si>
     <t>2022-02-18</t>
   </si>
   <si>
     <t>55.52</t>
   </si>
   <si>
-    <t>993</t>
+    <t>1007</t>
   </si>
   <si>
     <t>2022-02-17</t>
   </si>
   <si>
     <t>55.80</t>
   </si>
   <si>
-    <t>994</t>
+    <t>1008</t>
   </si>
   <si>
     <t>2022-02-16</t>
   </si>
   <si>
     <t>56.45</t>
   </si>
   <si>
-    <t>995</t>
+    <t>1009</t>
   </si>
   <si>
     <t>2022-02-15</t>
   </si>
   <si>
     <t>56.50</t>
   </si>
   <si>
-    <t>996</t>
+    <t>1010</t>
   </si>
   <si>
     <t>2022-02-14</t>
   </si>
   <si>
-    <t>997</t>
+    <t>1011</t>
   </si>
   <si>
     <t>2022-02-11</t>
   </si>
   <si>
     <t>56.75</t>
   </si>
   <si>
-    <t>998</t>
+    <t>1012</t>
   </si>
   <si>
     <t>2022-02-10</t>
   </si>
   <si>
     <t>56.92</t>
   </si>
   <si>
-    <t>999</t>
+    <t>1013</t>
   </si>
   <si>
     <t>2022-02-09</t>
   </si>
   <si>
     <t>57.27</t>
   </si>
   <si>
-    <t>1000</t>
+    <t>1014</t>
   </si>
   <si>
     <t>2022-02-08</t>
   </si>
   <si>
-    <t>1001</t>
+    <t>1015</t>
   </si>
   <si>
     <t>2022-02-07</t>
   </si>
   <si>
     <t>56.56</t>
   </si>
   <si>
-    <t>1002</t>
+    <t>1016</t>
   </si>
   <si>
     <t>2022-02-04</t>
   </si>
   <si>
     <t>56.66</t>
   </si>
   <si>
-    <t>1003</t>
+    <t>1017</t>
   </si>
   <si>
     <t>2022-02-03</t>
   </si>
   <si>
     <t>57.22</t>
   </si>
   <si>
-    <t>1004</t>
+    <t>1018</t>
   </si>
   <si>
     <t>2022-02-02</t>
   </si>
   <si>
     <t>57.59</t>
   </si>
   <si>
-    <t>1005</t>
+    <t>1019</t>
   </si>
   <si>
     <t>2022-02-01</t>
   </si>
   <si>
     <t>57.18</t>
   </si>
   <si>
-    <t>1006</t>
+    <t>1020</t>
   </si>
   <si>
     <t>2022-01-31</t>
   </si>
   <si>
     <t>56.82</t>
   </si>
   <si>
-    <t>1007</t>
+    <t>1021</t>
   </si>
   <si>
     <t>2022-01-28</t>
   </si>
   <si>
-    <t>1008</t>
+    <t>1022</t>
   </si>
   <si>
     <t>2022-01-27</t>
   </si>
   <si>
     <t>57.17</t>
   </si>
   <si>
-    <t>1009</t>
+    <t>1023</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
-    <t>1010</t>
+    <t>1024</t>
   </si>
   <si>
     <t>2022-01-25</t>
   </si>
   <si>
     <t>56.51</t>
   </si>
   <si>
-    <t>1011</t>
+    <t>1025</t>
   </si>
   <si>
     <t>2022-01-24</t>
   </si>
   <si>
     <t>55.89</t>
   </si>
   <si>
-    <t>1012</t>
+    <t>1026</t>
   </si>
   <si>
     <t>2022-01-21</t>
   </si>
   <si>
     <t>57.76</t>
   </si>
   <si>
-    <t>1013</t>
+    <t>1027</t>
   </si>
   <si>
     <t>2022-01-20</t>
   </si>
   <si>
-    <t>1014</t>
+    <t>1028</t>
   </si>
   <si>
     <t>2022-01-19</t>
   </si>
   <si>
     <t>58.64</t>
   </si>
   <si>
-    <t>1015</t>
+    <t>1029</t>
   </si>
   <si>
     <t>2022-01-18</t>
   </si>
   <si>
     <t>58.79</t>
   </si>
   <si>
-    <t>1016</t>
+    <t>1030</t>
   </si>
   <si>
     <t>2022-01-17</t>
   </si>
   <si>
     <t>59.31</t>
   </si>
   <si>
-    <t>1017</t>
+    <t>1031</t>
   </si>
   <si>
     <t>2022-01-14</t>
   </si>
   <si>
     <t>59.50</t>
   </si>
   <si>
-    <t>1018</t>
+    <t>1032</t>
   </si>
   <si>
     <t>2022-01-13</t>
   </si>
   <si>
-    <t>1019</t>
+    <t>1033</t>
   </si>
   <si>
     <t>2022-01-12</t>
   </si>
   <si>
     <t>59.97</t>
   </si>
   <si>
-    <t>1020</t>
+    <t>1034</t>
   </si>
   <si>
     <t>2022-01-11</t>
   </si>
   <si>
-    <t>1021</t>
+    <t>1035</t>
   </si>
   <si>
     <t>2022-01-10</t>
   </si>
   <si>
     <t>58.46</t>
   </si>
   <si>
-    <t>1022</t>
+    <t>1036</t>
   </si>
   <si>
     <t>2022-01-07</t>
   </si>
   <si>
-    <t>1023</t>
+    <t>1037</t>
   </si>
   <si>
     <t>2022-01-05</t>
   </si>
   <si>
     <t>59.17</t>
   </si>
   <si>
-    <t>1024</t>
+    <t>1038</t>
   </si>
   <si>
     <t>2022-01-04</t>
   </si>
   <si>
     <t>59.12</t>
   </si>
   <si>
-    <t>1025</t>
+    <t>1039</t>
   </si>
   <si>
     <t>2022-01-03</t>
   </si>
   <si>
-    <t>1026</t>
+    <t>1040</t>
   </si>
   <si>
     <t>2021-12-30</t>
   </si>
   <si>
     <t>58.92</t>
   </si>
   <si>
-    <t>1027</t>
+    <t>1041</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>58.85</t>
   </si>
   <si>
-    <t>1028</t>
+    <t>1042</t>
   </si>
   <si>
     <t>2021-12-28</t>
   </si>
   <si>
     <t>58.81</t>
   </si>
   <si>
-    <t>1029</t>
+    <t>1043</t>
   </si>
   <si>
     <t>2021-12-27</t>
   </si>
   <si>
     <t>58.54</t>
   </si>
   <si>
-    <t>1030</t>
+    <t>1044</t>
   </si>
   <si>
     <t>2021-12-23</t>
   </si>
   <si>
     <t>58.47</t>
   </si>
   <si>
-    <t>1031</t>
+    <t>1045</t>
   </si>
   <si>
     <t>2021-12-22</t>
   </si>
   <si>
-    <t>1032</t>
+    <t>1046</t>
   </si>
   <si>
     <t>2021-12-21</t>
   </si>
   <si>
-    <t>1033</t>
+    <t>1047</t>
   </si>
   <si>
     <t>2021-12-20</t>
   </si>
   <si>
     <t>57.78</t>
   </si>
   <si>
-    <t>1034</t>
+    <t>1048</t>
   </si>
   <si>
     <t>2021-12-17</t>
   </si>
   <si>
     <t>58.04</t>
   </si>
   <si>
-    <t>1035</t>
+    <t>1049</t>
   </si>
   <si>
     <t>2021-12-16</t>
   </si>
   <si>
-    <t>1036</t>
+    <t>1050</t>
   </si>
   <si>
     <t>2021-12-15</t>
   </si>
   <si>
     <t>57.63</t>
   </si>
   <si>
-    <t>1037</t>
+    <t>1051</t>
   </si>
   <si>
     <t>2021-12-14</t>
   </si>
   <si>
     <t>58.11</t>
   </si>
   <si>
-    <t>1038</t>
+    <t>1052</t>
   </si>
   <si>
     <t>2021-12-13</t>
   </si>
   <si>
     <t>58.61</t>
   </si>
   <si>
-    <t>1039</t>
+    <t>1053</t>
   </si>
   <si>
     <t>2021-12-10</t>
   </si>
   <si>
     <t>58.76</t>
   </si>
   <si>
-    <t>1040</t>
+    <t>1054</t>
   </si>
   <si>
     <t>2021-12-09</t>
   </si>
   <si>
-    <t>1041</t>
+    <t>1055</t>
   </si>
   <si>
     <t>2021-12-08</t>
   </si>
   <si>
     <t>59.10</t>
   </si>
   <si>
-    <t>1042</t>
+    <t>1056</t>
   </si>
   <si>
     <t>2021-12-07</t>
   </si>
   <si>
-    <t>1043</t>
+    <t>1057</t>
   </si>
   <si>
     <t>2021-12-06</t>
   </si>
   <si>
-    <t>1044</t>
+    <t>1058</t>
   </si>
   <si>
     <t>2021-12-03</t>
   </si>
   <si>
-    <t>1045</t>
+    <t>1059</t>
   </si>
   <si>
     <t>2021-12-02</t>
   </si>
   <si>
     <t>58.65</t>
   </si>
   <si>
-    <t>1046</t>
+    <t>1060</t>
   </si>
   <si>
     <t>2021-12-01</t>
   </si>
   <si>
-    <t>1047</t>
+    <t>1061</t>
   </si>
   <si>
     <t>2021-11-30</t>
   </si>
   <si>
-    <t>1048</t>
+    <t>1062</t>
   </si>
   <si>
     <t>2021-11-29</t>
   </si>
   <si>
     <t>58.63</t>
   </si>
   <si>
-    <t>1049</t>
+    <t>1063</t>
   </si>
   <si>
     <t>2021-11-26</t>
   </si>
   <si>
     <t>58.56</t>
   </si>
   <si>
-    <t>1050</t>
+    <t>1064</t>
   </si>
   <si>
     <t>2021-11-25</t>
   </si>
   <si>
-    <t>1051</t>
+    <t>1065</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
-    <t>1052</t>
+    <t>1066</t>
   </si>
   <si>
     <t>2021-11-23</t>
   </si>
   <si>
     <t>59.89</t>
   </si>
   <si>
-    <t>1053</t>
+    <t>1067</t>
   </si>
   <si>
     <t>2021-11-22</t>
   </si>
   <si>
     <t>60.29</t>
   </si>
   <si>
-    <t>1054</t>
+    <t>1068</t>
   </si>
   <si>
     <t>2021-11-19</t>
   </si>
   <si>
-    <t>1055</t>
+    <t>1069</t>
   </si>
   <si>
     <t>2021-11-18</t>
   </si>
   <si>
     <t>60.35</t>
   </si>
   <si>
-    <t>1056</t>
+    <t>1070</t>
   </si>
   <si>
     <t>2021-11-17</t>
   </si>
   <si>
     <t>60.98</t>
   </si>
   <si>
-    <t>1057</t>
+    <t>1071</t>
   </si>
   <si>
     <t>2021-11-16</t>
   </si>
   <si>
     <t>61.14</t>
   </si>
   <si>
-    <t>1058</t>
+    <t>1072</t>
   </si>
   <si>
     <t>2021-11-15</t>
   </si>
   <si>
     <t>61.07</t>
   </si>
   <si>
-    <t>1059</t>
+    <t>1073</t>
   </si>
   <si>
     <t>2021-11-12</t>
   </si>
   <si>
-    <t>1060</t>
+    <t>1074</t>
   </si>
   <si>
     <t>2021-11-10</t>
   </si>
   <si>
     <t>60.97</t>
   </si>
   <si>
-    <t>1061</t>
+    <t>1075</t>
   </si>
   <si>
     <t>2021-11-09</t>
   </si>
   <si>
     <t>61.39</t>
   </si>
   <si>
-    <t>1062</t>
+    <t>1076</t>
   </si>
   <si>
     <t>2021-11-08</t>
   </si>
   <si>
     <t>61.46</t>
   </si>
   <si>
-    <t>1063</t>
+    <t>1077</t>
   </si>
   <si>
     <t>2021-11-05</t>
   </si>
   <si>
     <t>61.56</t>
   </si>
   <si>
-    <t>1064</t>
+    <t>1078</t>
   </si>
   <si>
     <t>2021-11-04</t>
   </si>
   <si>
     <t>61.44</t>
   </si>
   <si>
-    <t>1065</t>
+    <t>1079</t>
   </si>
   <si>
     <t>2021-11-03</t>
   </si>
   <si>
     <t>60.85</t>
   </si>
   <si>
-    <t>1066</t>
+    <t>1080</t>
   </si>
   <si>
     <t>2021-11-02</t>
   </si>
   <si>
-    <t>1067</t>
+    <t>1081</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
-    <t>1068</t>
+    <t>1082</t>
   </si>
   <si>
     <t>2021-10-28</t>
   </si>
   <si>
     <t>61.33</t>
   </si>
   <si>
-    <t>1069</t>
+    <t>1083</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>61.28</t>
   </si>
   <si>
-    <t>1070</t>
+    <t>1084</t>
   </si>
   <si>
     <t>2021-10-26</t>
   </si>
   <si>
     <t>61.48</t>
   </si>
   <si>
-    <t>1071</t>
+    <t>1085</t>
   </si>
   <si>
     <t>2021-10-25</t>
   </si>
   <si>
-    <t>1072</t>
+    <t>1086</t>
   </si>
   <si>
     <t>2021-10-22</t>
   </si>
   <si>
     <t>61.75</t>
   </si>
   <si>
-    <t>1073</t>
+    <t>1087</t>
   </si>
   <si>
     <t>2021-10-21</t>
   </si>
   <si>
     <t>61.68</t>
   </si>
   <si>
-    <t>1074</t>
+    <t>1088</t>
   </si>
   <si>
     <t>2021-10-20</t>
   </si>
   <si>
     <t>61.99</t>
   </si>
   <si>
-    <t>1075</t>
+    <t>1089</t>
   </si>
   <si>
     <t>2021-10-19</t>
   </si>
   <si>
     <t>62.07</t>
   </si>
   <si>
-    <t>1076</t>
+    <t>1090</t>
   </si>
   <si>
     <t>2021-10-18</t>
   </si>
   <si>
     <t>62.00</t>
   </si>
   <si>
-    <t>1077</t>
+    <t>1091</t>
   </si>
   <si>
     <t>2021-10-15</t>
   </si>
   <si>
     <t>61.90</t>
   </si>
   <si>
-    <t>1078</t>
+    <t>1092</t>
   </si>
   <si>
     <t>2021-10-14</t>
   </si>
   <si>
-    <t>1079</t>
+    <t>1093</t>
   </si>
   <si>
     <t>2021-10-13</t>
   </si>
   <si>
-    <t>1080</t>
+    <t>1094</t>
   </si>
   <si>
     <t>2021-10-12</t>
   </si>
   <si>
-    <t>1081</t>
+    <t>1095</t>
   </si>
   <si>
     <t>2021-10-11</t>
   </si>
   <si>
     <t>61.20</t>
   </si>
   <si>
-    <t>1082</t>
+    <t>1096</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>61.09</t>
   </si>
   <si>
-    <t>1083</t>
+    <t>1097</t>
   </si>
   <si>
     <t>2021-10-07</t>
   </si>
   <si>
     <t>60.77</t>
   </si>
   <si>
-    <t>1084</t>
+    <t>1098</t>
   </si>
   <si>
     <t>2021-10-06</t>
   </si>
   <si>
     <t>60.82</t>
   </si>
   <si>
-    <t>1085</t>
+    <t>1099</t>
   </si>
   <si>
     <t>2021-10-05</t>
   </si>
   <si>
     <t>61.23</t>
   </si>
   <si>
-    <t>1086</t>
+    <t>1100</t>
   </si>
   <si>
     <t>2021-10-04</t>
   </si>
   <si>
-    <t>1087</t>
+    <t>1101</t>
   </si>
   <si>
     <t>2021-10-01</t>
   </si>
   <si>
     <t>61.03</t>
   </si>
   <si>
-    <t>1088</t>
+    <t>1102</t>
   </si>
   <si>
     <t>2021-09-30</t>
   </si>
   <si>
-    <t>1089</t>
+    <t>1103</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
-    <t>1090</t>
+    <t>1104</t>
   </si>
   <si>
     <t>2021-09-28</t>
   </si>
   <si>
-    <t>1091</t>
+    <t>1105</t>
   </si>
   <si>
     <t>2021-09-27</t>
   </si>
   <si>
     <t>61.04</t>
   </si>
   <si>
-    <t>1092</t>
+    <t>1106</t>
   </si>
   <si>
     <t>2021-09-24</t>
   </si>
   <si>
     <t>61.31</t>
   </si>
   <si>
-    <t>1093</t>
+    <t>1107</t>
   </si>
   <si>
     <t>2021-09-23</t>
   </si>
   <si>
     <t>61.71</t>
   </si>
   <si>
-    <t>1094</t>
+    <t>1108</t>
   </si>
   <si>
     <t>2021-09-22</t>
   </si>
   <si>
     <t>61.66</t>
   </si>
   <si>
-    <t>1095</t>
+    <t>1109</t>
   </si>
   <si>
     <t>2021-09-21</t>
   </si>
   <si>
-    <t>1096</t>
+    <t>1110</t>
   </si>
   <si>
     <t>2021-09-20</t>
   </si>
   <si>
     <t>60.95</t>
   </si>
   <si>
-    <t>1097</t>
+    <t>1111</t>
   </si>
   <si>
     <t>2021-09-17</t>
   </si>
   <si>
     <t>61.76</t>
   </si>
   <si>
-    <t>1098</t>
+    <t>1112</t>
   </si>
   <si>
     <t>2021-09-16</t>
   </si>
   <si>
     <t>61.85</t>
   </si>
   <si>
-    <t>1099</t>
+    <t>1113</t>
   </si>
   <si>
     <t>2021-09-15</t>
   </si>
   <si>
     <t>61.79</t>
   </si>
   <si>
-    <t>1100</t>
+    <t>1114</t>
   </si>
   <si>
     <t>2021-09-14</t>
   </si>
   <si>
     <t>61.98</t>
   </si>
   <si>
-    <t>1101</t>
+    <t>1115</t>
   </si>
   <si>
     <t>2021-09-13</t>
   </si>
   <si>
     <t>61.84</t>
   </si>
   <si>
-    <t>1102</t>
+    <t>1116</t>
   </si>
   <si>
     <t>2021-09-10</t>
   </si>
   <si>
     <t>61.63</t>
   </si>
   <si>
-    <t>1103</t>
+    <t>1117</t>
   </si>
   <si>
     <t>2021-09-09</t>
   </si>
   <si>
     <t>61.60</t>
   </si>
   <si>
-    <t>1104</t>
+    <t>1118</t>
   </si>
   <si>
     <t>2021-09-08</t>
   </si>
   <si>
     <t>61.42</t>
   </si>
   <si>
-    <t>1105</t>
+    <t>1119</t>
   </si>
   <si>
     <t>2021-09-07</t>
   </si>
   <si>
     <t>62.13</t>
   </si>
   <si>
-    <t>1106</t>
+    <t>1120</t>
   </si>
   <si>
     <t>2021-09-06</t>
   </si>
   <si>
     <t>62.42</t>
   </si>
   <si>
-    <t>1107</t>
+    <t>1121</t>
   </si>
   <si>
     <t>2021-09-03</t>
   </si>
   <si>
-    <t>1108</t>
+    <t>1122</t>
   </si>
   <si>
     <t>2021-09-02</t>
   </si>
   <si>
-    <t>1109</t>
+    <t>1123</t>
   </si>
   <si>
     <t>2021-09-01</t>
   </si>
   <si>
-    <t>1110</t>
+    <t>1124</t>
   </si>
   <si>
     <t>2021-08-31</t>
   </si>
   <si>
     <t>61.92</t>
   </si>
   <si>
-    <t>1111</t>
+    <t>1125</t>
   </si>
   <si>
     <t>2021-08-30</t>
   </si>
   <si>
-    <t>1112</t>
+    <t>1126</t>
   </si>
   <si>
     <t>2021-08-27</t>
   </si>
   <si>
     <t>61.49</t>
   </si>
   <si>
-    <t>1113</t>
+    <t>1127</t>
   </si>
   <si>
     <t>2021-08-26</t>
   </si>
   <si>
-    <t>1114</t>
+    <t>1128</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>61.38</t>
   </si>
   <si>
-    <t>1115</t>
+    <t>1129</t>
   </si>
   <si>
     <t>2021-08-24</t>
   </si>
   <si>
-    <t>1116</t>
+    <t>1130</t>
   </si>
   <si>
     <t>2021-08-23</t>
   </si>
   <si>
     <t>61.01</t>
   </si>
   <si>
-    <t>1117</t>
+    <t>1131</t>
   </si>
   <si>
     <t>2021-08-20</t>
   </si>
   <si>
     <t>60.75</t>
   </si>
   <si>
-    <t>1118</t>
+    <t>1132</t>
   </si>
   <si>
     <t>2021-08-19</t>
   </si>
   <si>
     <t>60.62</t>
   </si>
   <si>
-    <t>1119</t>
+    <t>1133</t>
   </si>
   <si>
     <t>2021-08-18</t>
   </si>
   <si>
     <t>60.87</t>
   </si>
   <si>
-    <t>1120</t>
+    <t>1134</t>
   </si>
   <si>
     <t>2021-08-17</t>
   </si>
   <si>
     <t>61.08</t>
   </si>
   <si>
-    <t>1121</t>
+    <t>1135</t>
   </si>
   <si>
     <t>2021-08-16</t>
   </si>
   <si>
     <t>60.90</t>
   </si>
   <si>
-    <t>1122</t>
+    <t>1136</t>
   </si>
   <si>
     <t>2021-08-13</t>
   </si>
   <si>
     <t>61.29</t>
   </si>
   <si>
-    <t>1123</t>
+    <t>1137</t>
   </si>
   <si>
     <t>2021-08-12</t>
   </si>
   <si>
     <t>60.83</t>
   </si>
   <si>
-    <t>1124</t>
+    <t>1138</t>
   </si>
   <si>
     <t>2021-08-11</t>
   </si>
   <si>
     <t>60.80</t>
   </si>
   <si>
-    <t>1125</t>
+    <t>1139</t>
   </si>
   <si>
     <t>2021-08-10</t>
   </si>
   <si>
-    <t>1126</t>
+    <t>1140</t>
   </si>
   <si>
     <t>2021-08-09</t>
   </si>
   <si>
-    <t>1127</t>
+    <t>1141</t>
   </si>
   <si>
     <t>2021-08-06</t>
   </si>
   <si>
-    <t>1128</t>
+    <t>1142</t>
   </si>
   <si>
     <t>2021-08-05</t>
   </si>
   <si>
     <t>60.92</t>
   </si>
   <si>
-    <t>1129</t>
+    <t>1143</t>
   </si>
   <si>
     <t>2021-08-04</t>
   </si>
   <si>
-    <t>1130</t>
+    <t>1144</t>
   </si>
   <si>
     <t>2021-08-03</t>
   </si>
   <si>
     <t>60.76</t>
   </si>
   <si>
-    <t>1131</t>
+    <t>1145</t>
   </si>
   <si>
     <t>2021-08-02</t>
   </si>
   <si>
-    <t>1132</t>
+    <t>1146</t>
   </si>
   <si>
     <t>2021-07-30</t>
   </si>
   <si>
     <t>60.89</t>
   </si>
   <si>
-    <t>1133</t>
+    <t>1147</t>
   </si>
   <si>
     <t>2021-07-29</t>
   </si>
   <si>
-    <t>1134</t>
+    <t>1148</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>60.72</t>
   </si>
   <si>
-    <t>1135</t>
+    <t>1149</t>
   </si>
   <si>
     <t>2021-07-27</t>
   </si>
   <si>
     <t>60.54</t>
   </si>
   <si>
-    <t>1136</t>
+    <t>1150</t>
   </si>
   <si>
     <t>2021-07-26</t>
   </si>
   <si>
     <t>60.74</t>
   </si>
   <si>
-    <t>1137</t>
+    <t>1151</t>
   </si>
   <si>
     <t>2021-07-23</t>
   </si>
   <si>
-    <t>1138</t>
+    <t>1152</t>
   </si>
   <si>
     <t>2021-07-22</t>
   </si>
   <si>
     <t>60.48</t>
   </si>
   <si>
-    <t>1139</t>
+    <t>1153</t>
   </si>
   <si>
     <t>2021-07-21</t>
   </si>
   <si>
     <t>60.14</t>
   </si>
   <si>
-    <t>1140</t>
+    <t>1154</t>
   </si>
   <si>
     <t>2021-07-20</t>
   </si>
   <si>
     <t>59.80</t>
   </si>
   <si>
-    <t>1141</t>
+    <t>1155</t>
   </si>
   <si>
     <t>2021-07-19</t>
   </si>
   <si>
     <t>59.68</t>
   </si>
   <si>
-    <t>1142</t>
+    <t>1156</t>
   </si>
   <si>
     <t>2021-07-16</t>
   </si>
   <si>
     <t>60.20</t>
   </si>
   <si>
-    <t>1143</t>
+    <t>1157</t>
   </si>
   <si>
     <t>2021-07-15</t>
   </si>
   <si>
     <t>60.09</t>
   </si>
   <si>
-    <t>1144</t>
+    <t>1158</t>
   </si>
   <si>
     <t>2021-07-14</t>
   </si>
   <si>
     <t>60.25</t>
   </si>
   <si>
-    <t>1145</t>
+    <t>1159</t>
   </si>
   <si>
     <t>2021-07-13</t>
   </si>
   <si>
     <t>60.21</t>
   </si>
   <si>
-    <t>1146</t>
+    <t>1160</t>
   </si>
   <si>
     <t>2021-07-12</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>1147</t>
+    <t>1161</t>
   </si>
   <si>
     <t>2021-07-09</t>
   </si>
   <si>
     <t>59.39</t>
   </si>
   <si>
-    <t>1148</t>
+    <t>1162</t>
   </si>
   <si>
     <t>2021-07-08</t>
   </si>
   <si>
-    <t>1149</t>
+    <t>1163</t>
   </si>
   <si>
     <t>2021-07-07</t>
   </si>
   <si>
-    <t>1150</t>
+    <t>1164</t>
   </si>
   <si>
     <t>2021-07-06</t>
   </si>
   <si>
     <t>59.04</t>
   </si>
   <si>
-    <t>1151</t>
+    <t>1165</t>
   </si>
   <si>
     <t>2021-07-05</t>
   </si>
   <si>
     <t>59.09</t>
   </si>
   <si>
-    <t>1152</t>
+    <t>1166</t>
   </si>
   <si>
     <t>2021-07-02</t>
   </si>
   <si>
     <t>58.90</t>
   </si>
   <si>
-    <t>1153</t>
+    <t>1167</t>
   </si>
   <si>
     <t>2021-07-01</t>
   </si>
   <si>
-    <t>1154</t>
+    <t>1168</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>58.33</t>
   </si>
   <si>
-    <t>1155</t>
+    <t>1169</t>
   </si>
   <si>
     <t>2021-06-29</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
-    <t>1156</t>
+    <t>1170</t>
   </si>
   <si>
     <t>2021-06-28</t>
   </si>
   <si>
     <t>58.30</t>
   </si>
   <si>
-    <t>1157</t>
+    <t>1171</t>
   </si>
   <si>
     <t>2021-06-25</t>
   </si>
   <si>
-    <t>1158</t>
+    <t>1172</t>
   </si>
   <si>
     <t>2021-06-24</t>
   </si>
   <si>
     <t>57.96</t>
   </si>
   <si>
-    <t>1159</t>
+    <t>1173</t>
   </si>
   <si>
     <t>2021-06-23</t>
   </si>
   <si>
     <t>57.53</t>
   </si>
   <si>
-    <t>1160</t>
+    <t>1174</t>
   </si>
   <si>
     <t>2021-06-22</t>
   </si>
   <si>
     <t>57.51</t>
   </si>
   <si>
-    <t>1161</t>
+    <t>1175</t>
   </si>
   <si>
     <t>2021-06-21</t>
   </si>
   <si>
     <t>57.56</t>
   </si>
   <si>
-    <t>1162</t>
+    <t>1176</t>
   </si>
   <si>
     <t>2021-06-18</t>
   </si>
   <si>
     <t>57.54</t>
   </si>
   <si>
-    <t>1163</t>
+    <t>1177</t>
   </si>
   <si>
     <t>2021-06-17</t>
   </si>
   <si>
     <t>57.31</t>
   </si>
   <si>
-    <t>1164</t>
+    <t>1178</t>
   </si>
   <si>
     <t>2021-06-16</t>
   </si>
   <si>
-    <t>1165</t>
+    <t>1179</t>
   </si>
   <si>
     <t>2021-06-15</t>
   </si>
   <si>
     <t>57.70</t>
   </si>
   <si>
-    <t>1166</t>
+    <t>1180</t>
   </si>
   <si>
     <t>2021-06-14</t>
   </si>
   <si>
     <t>57.89</t>
   </si>
   <si>
-    <t>1167</t>
+    <t>1181</t>
   </si>
   <si>
     <t>2021-06-11</t>
   </si>
   <si>
     <t>57.52</t>
   </si>
   <si>
-    <t>1168</t>
+    <t>1182</t>
   </si>
   <si>
     <t>2021-06-10</t>
   </si>
   <si>
     <t>57.38</t>
   </si>
   <si>
-    <t>1169</t>
+    <t>1183</t>
   </si>
   <si>
     <t>2021-06-09</t>
   </si>
   <si>
     <t>57.36</t>
   </si>
   <si>
-    <t>1170</t>
+    <t>1184</t>
   </si>
   <si>
     <t>2021-06-08</t>
   </si>
   <si>
-    <t>1171</t>
+    <t>1185</t>
   </si>
   <si>
     <t>2021-06-07</t>
   </si>
   <si>
     <t>57.45</t>
   </si>
   <si>
-    <t>1172</t>
+    <t>1186</t>
   </si>
   <si>
     <t>2021-06-04</t>
   </si>
   <si>
-    <t>1173</t>
+    <t>1187</t>
   </si>
   <si>
     <t>2021-06-02</t>
   </si>
   <si>
     <t>57.37</t>
   </si>
   <si>
-    <t>1174</t>
+    <t>1188</t>
   </si>
   <si>
     <t>2021-06-01</t>
   </si>
   <si>
     <t>57.26</t>
   </si>
   <si>
-    <t>1175</t>
+    <t>1189</t>
   </si>
   <si>
     <t>2021-05-31</t>
   </si>
   <si>
     <t>57.24</t>
   </si>
   <si>
-    <t>1176</t>
+    <t>1190</t>
   </si>
   <si>
     <t>2021-05-28</t>
   </si>
   <si>
     <t>57.44</t>
   </si>
   <si>
-    <t>1177</t>
+    <t>1191</t>
   </si>
   <si>
     <t>2021-05-27</t>
   </si>
   <si>
     <t>57.25</t>
   </si>
   <si>
-    <t>1178</t>
+    <t>1192</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>56.90</t>
   </si>
   <si>
-    <t>1179</t>
+    <t>1193</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
-    <t>1180</t>
+    <t>1194</t>
   </si>
   <si>
     <t>2021-05-24</t>
   </si>
   <si>
-    <t>1181</t>
+    <t>1195</t>
   </si>
   <si>
     <t>2021-05-21</t>
   </si>
   <si>
-    <t>1182</t>
+    <t>1196</t>
   </si>
   <si>
     <t>2021-05-20</t>
   </si>
   <si>
-    <t>1183</t>
+    <t>1197</t>
   </si>
   <si>
     <t>2021-05-19</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>1184</t>
+    <t>1198</t>
   </si>
   <si>
     <t>2021-05-18</t>
   </si>
   <si>
-    <t>1185</t>
+    <t>1199</t>
   </si>
   <si>
     <t>2021-05-17</t>
   </si>
   <si>
-    <t>1186</t>
+    <t>1200</t>
   </si>
   <si>
     <t>2021-05-14</t>
   </si>
   <si>
-    <t>1187</t>
+    <t>1201</t>
   </si>
   <si>
     <t>2021-05-13</t>
   </si>
   <si>
     <t>56.06</t>
   </si>
   <si>
-    <t>1188</t>
+    <t>1202</t>
   </si>
   <si>
     <t>2021-05-12</t>
   </si>
   <si>
-    <t>1189</t>
+    <t>1203</t>
   </si>
   <si>
     <t>2021-05-11</t>
   </si>
   <si>
     <t>56.44</t>
   </si>
   <si>
-    <t>1190</t>
+    <t>1204</t>
   </si>
   <si>
     <t>2021-05-10</t>
   </si>
   <si>
     <t>56.81</t>
   </si>
   <si>
-    <t>1191</t>
+    <t>1205</t>
   </si>
   <si>
     <t>2021-05-07</t>
   </si>
   <si>
     <t>56.83</t>
   </si>
   <si>
-    <t>1192</t>
+    <t>1206</t>
   </si>
   <si>
     <t>2021-05-06</t>
   </si>
   <si>
     <t>56.25</t>
   </si>
   <si>
-    <t>1193</t>
+    <t>1207</t>
   </si>
   <si>
     <t>2021-05-05</t>
   </si>
   <si>
     <t>56.43</t>
   </si>
   <si>
-    <t>1194</t>
+    <t>1208</t>
   </si>
   <si>
     <t>2021-05-04</t>
   </si>
   <si>
     <t>55.70</t>
   </si>
   <si>
-    <t>1195</t>
+    <t>1209</t>
   </si>
   <si>
     <t>2021-04-30</t>
   </si>
   <si>
     <t>56.29</t>
   </si>
   <si>
-    <t>1196</t>
+    <t>1210</t>
   </si>
   <si>
     <t>2021-04-29</t>
   </si>
   <si>
-    <t>1197</t>
+    <t>1211</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>56.60</t>
   </si>
   <si>
-    <t>1198</t>
+    <t>1212</t>
   </si>
   <si>
     <t>2021-04-27</t>
   </si>
   <si>
     <t>56.30</t>
   </si>
   <si>
-    <t>1199</t>
+    <t>1213</t>
   </si>
   <si>
     <t>2021-04-26</t>
   </si>
   <si>
     <t>56.31</t>
   </si>
   <si>
-    <t>1200</t>
+    <t>1214</t>
   </si>
   <si>
     <t>2021-04-23</t>
   </si>
   <si>
     <t>56.18</t>
   </si>
   <si>
-    <t>1201</t>
+    <t>1215</t>
   </si>
   <si>
     <t>2021-04-22</t>
   </si>
   <si>
     <t>56.08</t>
   </si>
   <si>
-    <t>1202</t>
+    <t>1216</t>
   </si>
   <si>
     <t>2021-04-21</t>
   </si>
   <si>
     <t>55.78</t>
   </si>
   <si>
-    <t>1203</t>
+    <t>1217</t>
   </si>
   <si>
     <t>2021-04-20</t>
   </si>
   <si>
-    <t>1204</t>
+    <t>1218</t>
   </si>
   <si>
     <t>2021-04-19</t>
   </si>
   <si>
     <t>56.19</t>
   </si>
   <si>
-    <t>1205</t>
+    <t>1219</t>
   </si>
   <si>
     <t>2021-04-16</t>
   </si>
   <si>
-    <t>1206</t>
+    <t>1220</t>
   </si>
   <si>
     <t>2021-04-15</t>
   </si>
   <si>
-    <t>1207</t>
+    <t>1221</t>
   </si>
   <si>
     <t>2021-04-14</t>
   </si>
   <si>
-    <t>1208</t>
+    <t>1222</t>
   </si>
   <si>
     <t>2021-04-13</t>
   </si>
   <si>
     <t>56.00</t>
   </si>
   <si>
-    <t>1209</t>
+    <t>1223</t>
   </si>
   <si>
     <t>2021-04-12</t>
   </si>
   <si>
     <t>55.71</t>
   </si>
   <si>
-    <t>1210</t>
+    <t>1224</t>
   </si>
   <si>
     <t>2021-04-09</t>
   </si>
   <si>
-    <t>1211</t>
+    <t>1225</t>
   </si>
   <si>
     <t>2021-04-08</t>
   </si>
   <si>
-    <t>1212</t>
+    <t>1226</t>
   </si>
   <si>
     <t>2021-04-07</t>
   </si>
   <si>
     <t>55.92</t>
   </si>
   <si>
-    <t>1213</t>
+    <t>1227</t>
   </si>
   <si>
     <t>2021-04-06</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>1214</t>
+    <t>1228</t>
   </si>
   <si>
     <t>2021-04-01</t>
   </si>
   <si>
     <t>55.44</t>
   </si>
   <si>
-    <t>1215</t>
+    <t>1229</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
-    <t>1216</t>
+    <t>1230</t>
   </si>
   <si>
     <t>2021-03-30</t>
   </si>
   <si>
-    <t>1217</t>
+    <t>1231</t>
   </si>
   <si>
     <t>2021-03-29</t>
   </si>
   <si>
     <t>55.17</t>
   </si>
   <si>
-    <t>1218</t>
+    <t>1232</t>
   </si>
   <si>
     <t>2021-03-26</t>
   </si>
   <si>
     <t>54.92</t>
   </si>
   <si>
-    <t>1219</t>
+    <t>1233</t>
   </si>
   <si>
     <t>2021-03-25</t>
   </si>
   <si>
     <t>54.19</t>
   </si>
   <si>
-    <t>1220</t>
+    <t>1234</t>
   </si>
   <si>
     <t>2021-03-24</t>
   </si>
   <si>
     <t>54.61</t>
   </si>
   <si>
-    <t>1221</t>
+    <t>1235</t>
   </si>
   <si>
     <t>2021-03-23</t>
   </si>
   <si>
-    <t>1222</t>
+    <t>1236</t>
   </si>
   <si>
     <t>2021-03-22</t>
   </si>
   <si>
     <t>55.16</t>
   </si>
   <si>
-    <t>1223</t>
+    <t>1237</t>
   </si>
   <si>
     <t>2021-03-19</t>
   </si>
   <si>
-    <t>1224</t>
+    <t>1238</t>
   </si>
   <si>
     <t>2021-03-18</t>
   </si>
   <si>
     <t>55.37</t>
   </si>
   <si>
-    <t>1225</t>
+    <t>1239</t>
   </si>
   <si>
     <t>2021-03-17</t>
   </si>
   <si>
     <t>55.21</t>
   </si>
   <si>
-    <t>1226</t>
+    <t>1240</t>
   </si>
   <si>
     <t>2021-03-16</t>
   </si>
   <si>
-    <t>1227</t>
+    <t>1241</t>
   </si>
   <si>
     <t>2021-03-15</t>
   </si>
   <si>
     <t>55.45</t>
   </si>
   <si>
-    <t>1228</t>
+    <t>1242</t>
   </si>
   <si>
     <t>2021-03-12</t>
   </si>
   <si>
     <t>55.34</t>
   </si>
   <si>
-    <t>1229</t>
+    <t>1243</t>
   </si>
   <si>
     <t>2021-03-11</t>
   </si>
   <si>
     <t>55.33</t>
   </si>
   <si>
-    <t>1230</t>
+    <t>1244</t>
   </si>
   <si>
     <t>2021-03-10</t>
   </si>
   <si>
-    <t>1231</t>
+    <t>1245</t>
   </si>
   <si>
     <t>2021-03-09</t>
   </si>
   <si>
-    <t>1232</t>
+    <t>1246</t>
   </si>
   <si>
     <t>2021-03-08</t>
   </si>
   <si>
     <t>54.62</t>
   </si>
   <si>
-    <t>1233</t>
+    <t>1247</t>
   </si>
   <si>
     <t>2021-03-05</t>
   </si>
   <si>
     <t>54.39</t>
   </si>
   <si>
-    <t>1234</t>
+    <t>1248</t>
   </si>
   <si>
     <t>2021-03-04</t>
   </si>
   <si>
     <t>54.84</t>
   </si>
   <si>
-    <t>1235</t>
+    <t>1249</t>
   </si>
   <si>
     <t>2021-03-03</t>
   </si>
   <si>
-    <t>1236</t>
+    <t>1250</t>
   </si>
   <si>
     <t>2021-03-02</t>
   </si>
   <si>
-    <t>1237</t>
+    <t>1251</t>
   </si>
   <si>
     <t>2021-03-01</t>
   </si>
   <si>
     <t>55.30</t>
   </si>
   <si>
-    <t>1238</t>
+    <t>1252</t>
   </si>
   <si>
     <t>2021-02-26</t>
   </si>
   <si>
-    <t>1239</t>
+    <t>1253</t>
   </si>
   <si>
     <t>2021-02-25</t>
   </si>
   <si>
-    <t>1240</t>
+    <t>1254</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>55.01</t>
   </si>
   <si>
-    <t>1241</t>
+    <t>1255</t>
   </si>
   <si>
     <t>2021-02-23</t>
   </si>
   <si>
     <t>54.95</t>
   </si>
   <si>
-    <t>1242</t>
+    <t>1256</t>
   </si>
   <si>
     <t>2021-02-22</t>
   </si>
   <si>
-    <t>1243</t>
+    <t>1257</t>
   </si>
   <si>
     <t>2021-02-19</t>
   </si>
   <si>
     <t>55.94</t>
   </si>
   <si>
-    <t>1244</t>
+    <t>1258</t>
   </si>
   <si>
     <t>2021-02-18</t>
   </si>
   <si>
-    <t>1245</t>
+    <t>1259</t>
   </si>
   <si>
     <t>2021-02-17</t>
   </si>
   <si>
     <t>55.95</t>
   </si>
   <si>
-    <t>1246</t>
+    <t>1260</t>
   </si>
   <si>
     <t>2021-02-16</t>
   </si>
   <si>
     <t>56.24</t>
   </si>
   <si>
-    <t>1247</t>
+    <t>1261</t>
   </si>
   <si>
     <t>2021-02-15</t>
   </si>
   <si>
-    <t>1248</t>
+    <t>1262</t>
   </si>
   <si>
     <t>2021-02-12</t>
   </si>
   <si>
     <t>55.46</t>
   </si>
   <si>
-    <t>1249</t>
+    <t>1263</t>
   </si>
   <si>
     <t>2021-02-11</t>
   </si>
   <si>
-    <t>1250</t>
+    <t>1264</t>
   </si>
   <si>
     <t>2021-02-10</t>
   </si>
   <si>
     <t>55.19</t>
   </si>
   <si>
-    <t>1251</t>
+    <t>1265</t>
   </si>
   <si>
     <t>2021-02-09</t>
   </si>
   <si>
     <t>55.35</t>
   </si>
   <si>
-    <t>1252</t>
+    <t>1266</t>
   </si>
   <si>
     <t>2021-02-08</t>
   </si>
   <si>
-    <t>1253</t>
+    <t>1267</t>
   </si>
   <si>
     <t>2021-02-05</t>
   </si>
   <si>
-    <t>1254</t>
+    <t>1268</t>
   </si>
   <si>
     <t>2021-02-04</t>
   </si>
   <si>
     <t>54.83</t>
   </si>
   <si>
-    <t>1255</t>
+    <t>1269</t>
   </si>
   <si>
     <t>2021-02-03</t>
   </si>
   <si>
     <t>54.70</t>
   </si>
   <si>
-    <t>1256</t>
+    <t>1270</t>
   </si>
   <si>
     <t>2021-02-02</t>
   </si>
   <si>
     <t>54.59</t>
   </si>
   <si>
-    <t>1257</t>
+    <t>1271</t>
   </si>
   <si>
     <t>2021-02-01</t>
   </si>
   <si>
     <t>54.80</t>
   </si>
   <si>
-    <t>1258</t>
+    <t>1272</t>
   </si>
   <si>
     <t>2021-01-29</t>
   </si>
   <si>
-    <t>1259</t>
+    <t>1273</t>
   </si>
   <si>
     <t>2021-01-28</t>
   </si>
   <si>
     <t>54.96</t>
   </si>
   <si>
-    <t>1260</t>
+    <t>1274</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>54.30</t>
   </si>
   <si>
-    <t>1261</t>
+    <t>1275</t>
   </si>
   <si>
     <t>2021-01-26</t>
   </si>
   <si>
-    <t>1262</t>
+    <t>1276</t>
   </si>
   <si>
     <t>2021-01-25</t>
   </si>
   <si>
-    <t>1263</t>
+    <t>1277</t>
   </si>
   <si>
     <t>2021-01-22</t>
   </si>
   <si>
     <t>55.08</t>
   </si>
   <si>
-    <t>1264</t>
+    <t>1278</t>
   </si>
   <si>
     <t>2021-01-21</t>
   </si>
   <si>
     <t>55.09</t>
   </si>
   <si>
-    <t>1265</t>
+    <t>1279</t>
   </si>
   <si>
     <t>2021-01-20</t>
   </si>
   <si>
-    <t>1266</t>
+    <t>1280</t>
   </si>
   <si>
     <t>2021-01-19</t>
   </si>
   <si>
     <t>55.05</t>
   </si>
   <si>
-    <t>1267</t>
+    <t>1281</t>
   </si>
   <si>
     <t>2021-01-18</t>
   </si>
   <si>
-    <t>1268</t>
+    <t>1282</t>
   </si>
   <si>
     <t>2021-01-15</t>
   </si>
   <si>
     <t>54.82</t>
   </si>
   <si>
-    <t>1269</t>
+    <t>1283</t>
   </si>
   <si>
     <t>2021-01-14</t>
   </si>
   <si>
-    <t>1270</t>
+    <t>1284</t>
   </si>
   <si>
     <t>2021-01-13</t>
   </si>
   <si>
     <t>54.85</t>
   </si>
   <si>
-    <t>1271</t>
+    <t>1285</t>
   </si>
   <si>
     <t>2021-01-12</t>
   </si>
   <si>
-    <t>1272</t>
+    <t>1286</t>
   </si>
   <si>
     <t>2021-01-11</t>
   </si>
   <si>
-    <t>1273</t>
+    <t>1287</t>
   </si>
   <si>
     <t>2021-01-08</t>
   </si>
   <si>
     <t>55.53</t>
   </si>
   <si>
-    <t>1274</t>
+    <t>1288</t>
   </si>
   <si>
     <t>2021-01-07</t>
   </si>
   <si>
     <t>55.62</t>
   </si>
   <si>
-    <t>1275</t>
+    <t>1289</t>
   </si>
   <si>
     <t>2021-01-05</t>
   </si>
   <si>
     <t>54.90</t>
   </si>
   <si>
-    <t>1276</t>
+    <t>1290</t>
   </si>
   <si>
     <t>2021-01-04</t>
   </si>
   <si>
-    <t>1277</t>
+    <t>1291</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
-    <t>1278</t>
+    <t>1292</t>
   </si>
   <si>
     <t>2020-12-29</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
-    <t>1279</t>
+    <t>1293</t>
   </si>
   <si>
     <t>2020-12-28</t>
   </si>
   <si>
     <t>53.86</t>
   </si>
   <si>
-    <t>1280</t>
+    <t>1294</t>
   </si>
   <si>
     <t>2020-12-23</t>
   </si>
   <si>
     <t>53.10</t>
   </si>
   <si>
-    <t>1281</t>
+    <t>1295</t>
   </si>
   <si>
     <t>2020-12-22</t>
   </si>
   <si>
     <t>52.81</t>
   </si>
   <si>
-    <t>1282</t>
+    <t>1296</t>
   </si>
   <si>
     <t>2020-12-21</t>
   </si>
   <si>
     <t>52.22</t>
   </si>
   <si>
-    <t>1283</t>
+    <t>1297</t>
   </si>
   <si>
     <t>2020-12-18</t>
   </si>
   <si>
     <t>52.79</t>
   </si>
   <si>
-    <t>1284</t>
+    <t>1298</t>
   </si>
   <si>
     <t>2020-12-17</t>
   </si>
   <si>
-    <t>1285</t>
+    <t>1299</t>
   </si>
   <si>
     <t>2020-12-16</t>
   </si>
   <si>
     <t>52.82</t>
   </si>
   <si>
-    <t>1286</t>
+    <t>1300</t>
   </si>
   <si>
     <t>2020-12-15</t>
   </si>
   <si>
     <t>52.25</t>
   </si>
   <si>
-    <t>1287</t>
+    <t>1301</t>
   </si>
   <si>
     <t>2020-12-14</t>
   </si>
   <si>
     <t>51.83</t>
   </si>
   <si>
-    <t>1288</t>
+    <t>1302</t>
   </si>
   <si>
     <t>2020-12-11</t>
   </si>
   <si>
     <t>51.89</t>
   </si>
   <si>
-    <t>1289</t>
+    <t>1303</t>
   </si>
   <si>
     <t>2020-12-10</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
-    <t>1290</t>
+    <t>1304</t>
   </si>
   <si>
     <t>2020-12-09</t>
   </si>
   <si>
     <t>52.63</t>
   </si>
   <si>
-    <t>1291</t>
+    <t>1305</t>
   </si>
   <si>
     <t>2020-12-08</t>
   </si>
   <si>
     <t>52.48</t>
   </si>
   <si>
-    <t>1292</t>
+    <t>1306</t>
   </si>
   <si>
     <t>2020-12-07</t>
   </si>
   <si>
     <t>52.20</t>
   </si>
   <si>
-    <t>1293</t>
+    <t>1307</t>
   </si>
   <si>
     <t>2020-12-04</t>
   </si>
   <si>
     <t>52.01</t>
   </si>
   <si>
-    <t>1294</t>
+    <t>1308</t>
   </si>
   <si>
     <t>2020-12-03</t>
   </si>
   <si>
     <t>51.52</t>
   </si>
   <si>
-    <t>1295</t>
+    <t>1309</t>
   </si>
   <si>
     <t>2020-12-02</t>
   </si>
   <si>
-    <t>1296</t>
+    <t>1310</t>
   </si>
   <si>
     <t>2020-12-01</t>
   </si>
   <si>
     <t>50.99</t>
   </si>
   <si>
-    <t>1297</t>
+    <t>1311</t>
   </si>
   <si>
     <t>2020-11-30</t>
   </si>
   <si>
-    <t>1298</t>
+    <t>1312</t>
   </si>
   <si>
     <t>2020-11-27</t>
   </si>
   <si>
-    <t>1299</t>
+    <t>1313</t>
   </si>
   <si>
     <t>2020-11-26</t>
   </si>
   <si>
     <t>50.73</t>
   </si>
   <si>
-    <t>1300</t>
+    <t>1314</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>50.68</t>
   </si>
   <si>
-    <t>1301</t>
+    <t>1315</t>
   </si>
   <si>
     <t>2020-11-24</t>
   </si>
   <si>
     <t>50.37</t>
   </si>
   <si>
-    <t>1302</t>
+    <t>1316</t>
   </si>
   <si>
     <t>2020-11-23</t>
   </si>
   <si>
     <t>50.16</t>
   </si>
   <si>
-    <t>1303</t>
+    <t>1317</t>
   </si>
   <si>
     <t>2020-11-20</t>
   </si>
   <si>
     <t>50.29</t>
   </si>
   <si>
-    <t>1304</t>
+    <t>1318</t>
   </si>
   <si>
     <t>2020-11-19</t>
   </si>
   <si>
-    <t>1305</t>
+    <t>1319</t>
   </si>
   <si>
     <t>2020-11-18</t>
   </si>
   <si>
     <t>50.04</t>
   </si>
   <si>
-    <t>1306</t>
+    <t>1320</t>
   </si>
   <si>
     <t>2020-11-17</t>
   </si>
   <si>
-    <t>1307</t>
+    <t>1321</t>
   </si>
   <si>
     <t>2020-11-16</t>
   </si>
   <si>
     <t>50.40</t>
   </si>
   <si>
-    <t>1308</t>
+    <t>1322</t>
   </si>
   <si>
     <t>2020-11-13</t>
   </si>
   <si>
-    <t>1309</t>
+    <t>1323</t>
   </si>
   <si>
     <t>2020-11-12</t>
   </si>
   <si>
-    <t>1310</t>
+    <t>1324</t>
   </si>
   <si>
     <t>2020-11-10</t>
   </si>
   <si>
     <t>50.08</t>
   </si>
   <si>
-    <t>1311</t>
+    <t>1325</t>
   </si>
   <si>
     <t>2020-11-09</t>
   </si>
   <si>
-    <t>1312</t>
+    <t>1326</t>
   </si>
   <si>
     <t>2020-11-06</t>
   </si>
   <si>
     <t>49.47</t>
   </si>
   <si>
-    <t>1313</t>
+    <t>1327</t>
   </si>
   <si>
     <t>2020-11-05</t>
   </si>
   <si>
-    <t>1314</t>
+    <t>1328</t>
   </si>
   <si>
     <t>2020-11-04</t>
   </si>
   <si>
-    <t>1315</t>
+    <t>1329</t>
   </si>
   <si>
     <t>2020-11-03</t>
   </si>
   <si>
     <t>48.27</t>
   </si>
   <si>
-    <t>1316</t>
+    <t>1330</t>
   </si>
   <si>
     <t>2020-11-02</t>
   </si>
   <si>
     <t>47.21</t>
   </si>
   <si>
-    <t>1317</t>
+    <t>1331</t>
   </si>
   <si>
     <t>2020-10-30</t>
   </si>
   <si>
     <t>46.93</t>
   </si>
   <si>
-    <t>1318</t>
+    <t>1332</t>
   </si>
   <si>
     <t>2020-10-29</t>
   </si>
   <si>
     <t>47.10</t>
   </si>
   <si>
-    <t>1319</t>
+    <t>1333</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>47.07</t>
   </si>
   <si>
-    <t>1320</t>
+    <t>1334</t>
   </si>
   <si>
     <t>2020-10-27</t>
   </si>
   <si>
-    <t>1321</t>
+    <t>1335</t>
   </si>
   <si>
     <t>2020-10-26</t>
   </si>
   <si>
     <t>47.91</t>
   </si>
   <si>
-    <t>1322</t>
+    <t>1336</t>
   </si>
   <si>
     <t>2020-10-23</t>
   </si>
   <si>
     <t>48.37</t>
   </si>
   <si>
-    <t>1323</t>
+    <t>1337</t>
   </si>
   <si>
     <t>2020-10-22</t>
   </si>
   <si>
     <t>48.52</t>
   </si>
   <si>
-    <t>1324</t>
+    <t>1338</t>
   </si>
   <si>
     <t>2020-10-21</t>
   </si>
   <si>
     <t>48.79</t>
   </si>
   <si>
-    <t>1325</t>
+    <t>1339</t>
   </si>
   <si>
     <t>2020-10-20</t>
   </si>
   <si>
-    <t>1326</t>
+    <t>1340</t>
   </si>
   <si>
     <t>2020-10-19</t>
   </si>
   <si>
-    <t>1327</t>
+    <t>1341</t>
   </si>
   <si>
     <t>2020-10-16</t>
   </si>
   <si>
     <t>48.94</t>
   </si>
   <si>
-    <t>1328</t>
+    <t>1342</t>
   </si>
   <si>
     <t>2020-10-15</t>
   </si>
   <si>
     <t>48.71</t>
   </si>
   <si>
-    <t>1329</t>
+    <t>1343</t>
   </si>
   <si>
     <t>2020-10-14</t>
   </si>
   <si>
     <t>49.40</t>
   </si>
   <si>
-    <t>1330</t>
+    <t>1344</t>
   </si>
   <si>
     <t>2020-10-13</t>
   </si>
   <si>
     <t>49.15</t>
   </si>
   <si>
-    <t>1331</t>
+    <t>1345</t>
   </si>
   <si>
     <t>2020-10-12</t>
   </si>
   <si>
-    <t>1332</t>
+    <t>1346</t>
   </si>
   <si>
     <t>2020-10-09</t>
   </si>
   <si>
     <t>48.96</t>
   </si>
   <si>
-    <t>1333</t>
+    <t>1347</t>
   </si>
   <si>
     <t>2020-10-08</t>
   </si>
   <si>
     <t>48.75</t>
   </si>
   <si>
-    <t>1334</t>
+    <t>1348</t>
   </si>
   <si>
     <t>2020-10-07</t>
   </si>
   <si>
     <t>48.92</t>
   </si>
   <si>
-    <t>1335</t>
+    <t>1349</t>
   </si>
   <si>
     <t>2020-10-06</t>
   </si>
   <si>
-    <t>1336</t>
+    <t>1350</t>
   </si>
   <si>
     <t>2020-10-05</t>
   </si>
   <si>
     <t>49.05</t>
   </si>
   <si>
-    <t>1337</t>
+    <t>1351</t>
   </si>
   <si>
     <t>2020-10-02</t>
   </si>
   <si>
     <t>48.70</t>
   </si>
   <si>
-    <t>1338</t>
+    <t>1352</t>
   </si>
   <si>
     <t>2020-10-01</t>
   </si>
   <si>
-    <t>1339</t>
+    <t>1353</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>48.44</t>
   </si>
   <si>
-    <t>1340</t>
+    <t>1354</t>
   </si>
   <si>
     <t>2020-09-29</t>
   </si>
   <si>
     <t>48.49</t>
   </si>
   <si>
-    <t>1341</t>
+    <t>1355</t>
   </si>
   <si>
     <t>2020-09-28</t>
   </si>
   <si>
     <t>48.40</t>
   </si>
   <si>
-    <t>1342</t>
+    <t>1356</t>
   </si>
   <si>
     <t>2020-09-25</t>
   </si>
   <si>
     <t>47.82</t>
   </si>
   <si>
-    <t>1343</t>
+    <t>1357</t>
   </si>
   <si>
     <t>2020-09-24</t>
   </si>
   <si>
     <t>47.76</t>
   </si>
   <si>
-    <t>1344</t>
+    <t>1358</t>
   </si>
   <si>
     <t>2020-09-23</t>
   </si>
   <si>
     <t>47.89</t>
   </si>
   <si>
-    <t>1345</t>
+    <t>1359</t>
   </si>
   <si>
     <t>2020-09-22</t>
   </si>
   <si>
-    <t>1346</t>
+    <t>1360</t>
   </si>
   <si>
     <t>2020-09-21</t>
   </si>
   <si>
-    <t>1347</t>
+    <t>1361</t>
   </si>
   <si>
     <t>2020-09-18</t>
   </si>
   <si>
     <t>47.97</t>
   </si>
   <si>
-    <t>1348</t>
+    <t>1362</t>
   </si>
   <si>
     <t>2020-09-17</t>
   </si>
   <si>
     <t>47.78</t>
   </si>
   <si>
-    <t>1349</t>
+    <t>1363</t>
   </si>
   <si>
     <t>2020-09-16</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>1350</t>
+    <t>1364</t>
   </si>
   <si>
     <t>2020-09-15</t>
   </si>
   <si>
-    <t>1351</t>
+    <t>1365</t>
   </si>
   <si>
     <t>2020-09-14</t>
   </si>
   <si>
     <t>48.13</t>
   </si>
   <si>
-    <t>1352</t>
+    <t>1366</t>
   </si>
   <si>
     <t>2020-09-11</t>
   </si>
   <si>
-    <t>1353</t>
+    <t>1367</t>
   </si>
   <si>
     <t>2020-09-10</t>
   </si>
   <si>
     <t>47.95</t>
   </si>
   <si>
-    <t>1354</t>
+    <t>1368</t>
   </si>
   <si>
     <t>2020-09-09</t>
   </si>
   <si>
-    <t>1355</t>
+    <t>1369</t>
   </si>
   <si>
     <t>2020-09-08</t>
   </si>
   <si>
     <t>47.43</t>
   </si>
   <si>
-    <t>1356</t>
+    <t>1370</t>
   </si>
   <si>
     <t>2020-09-07</t>
   </si>
   <si>
     <t>48.35</t>
   </si>
   <si>
-    <t>1357</t>
+    <t>1371</t>
   </si>
   <si>
     <t>2020-09-04</t>
   </si>
   <si>
     <t>47.94</t>
   </si>
   <si>
-    <t>1358</t>
+    <t>1372</t>
   </si>
   <si>
     <t>2020-09-03</t>
   </si>
   <si>
-    <t>1359</t>
+    <t>1373</t>
   </si>
   <si>
     <t>2020-09-02</t>
   </si>
   <si>
     <t>48.66</t>
   </si>
   <si>
-    <t>1360</t>
+    <t>1374</t>
   </si>
   <si>
     <t>2020-09-01</t>
   </si>
   <si>
     <t>48.48</t>
   </si>
   <si>
-    <t>1361</t>
+    <t>1375</t>
   </si>
   <si>
     <t>2020-08-31</t>
   </si>
   <si>
     <t>48.93</t>
   </si>
   <si>
-    <t>1362</t>
+    <t>1376</t>
   </si>
   <si>
     <t>2020-08-28</t>
   </si>
   <si>
-    <t>1363</t>
+    <t>1377</t>
   </si>
   <si>
     <t>2020-08-27</t>
   </si>
   <si>
     <t>48.91</t>
   </si>
   <si>
-    <t>1364</t>
+    <t>1378</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
-    <t>1365</t>
+    <t>1379</t>
   </si>
   <si>
     <t>2020-08-25</t>
   </si>
   <si>
-    <t>1366</t>
+    <t>1380</t>
   </si>
   <si>
     <t>2020-08-24</t>
   </si>
   <si>
     <t>49.16</t>
   </si>
   <si>
-    <t>1367</t>
+    <t>1381</t>
   </si>
   <si>
     <t>2020-08-21</t>
   </si>
   <si>
-    <t>1368</t>
+    <t>1382</t>
   </si>
   <si>
     <t>2020-08-20</t>
   </si>
   <si>
     <t>48.84</t>
   </si>
   <si>
-    <t>1369</t>
+    <t>1383</t>
   </si>
   <si>
     <t>2020-08-19</t>
   </si>
   <si>
     <t>48.89</t>
   </si>
   <si>
-    <t>1370</t>
+    <t>1384</t>
   </si>
   <si>
     <t>2020-08-18</t>
   </si>
   <si>
     <t>49.01</t>
   </si>
   <si>
-    <t>1371</t>
+    <t>1385</t>
   </si>
   <si>
     <t>2020-08-17</t>
   </si>
   <si>
     <t>49.14</t>
   </si>
   <si>
-    <t>1372</t>
+    <t>1386</t>
   </si>
   <si>
     <t>2020-08-14</t>
   </si>
   <si>
     <t>48.73</t>
   </si>
   <si>
-    <t>1373</t>
+    <t>1387</t>
   </si>
   <si>
     <t>2020-08-13</t>
   </si>
   <si>
-    <t>1374</t>
+    <t>1388</t>
   </si>
   <si>
     <t>2020-08-12</t>
   </si>
   <si>
     <t>48.65</t>
   </si>
   <si>
-    <t>1375</t>
+    <t>1389</t>
   </si>
   <si>
     <t>2020-08-11</t>
   </si>
   <si>
-    <t>1376</t>
+    <t>1390</t>
   </si>
   <si>
     <t>2020-08-10</t>
   </si>
   <si>
-    <t>1377</t>
+    <t>1391</t>
   </si>
   <si>
     <t>2020-08-07</t>
   </si>
   <si>
-    <t>1378</t>
+    <t>1392</t>
   </si>
   <si>
     <t>2020-08-06</t>
   </si>
   <si>
-    <t>1379</t>
+    <t>1393</t>
   </si>
   <si>
     <t>2020-08-05</t>
   </si>
   <si>
     <t>49.10</t>
   </si>
   <si>
-    <t>1380</t>
+    <t>1394</t>
   </si>
   <si>
     <t>2020-08-04</t>
   </si>
   <si>
     <t>48.53</t>
   </si>
   <si>
-    <t>1381</t>
+    <t>1395</t>
   </si>
   <si>
     <t>2020-08-03</t>
   </si>
   <si>
-    <t>1382</t>
+    <t>1396</t>
   </si>
   <si>
     <t>2020-07-31</t>
   </si>
   <si>
     <t>48.06</t>
   </si>
   <si>
-    <t>1383</t>
+    <t>1397</t>
   </si>
   <si>
     <t>2020-07-30</t>
   </si>
   <si>
     <t>47.79</t>
   </si>
   <si>
-    <t>1384</t>
+    <t>1398</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
-    <t>1385</t>
+    <t>1399</t>
   </si>
   <si>
     <t>2020-07-28</t>
   </si>
   <si>
-    <t>1386</t>
+    <t>1400</t>
   </si>
   <si>
     <t>2020-07-27</t>
   </si>
   <si>
-    <t>1387</t>
+    <t>1401</t>
   </si>
   <si>
     <t>2020-07-24</t>
   </si>
   <si>
-    <t>1388</t>
+    <t>1402</t>
   </si>
   <si>
     <t>2020-07-23</t>
   </si>
   <si>
-    <t>1389</t>
+    <t>1403</t>
   </si>
   <si>
     <t>2020-07-22</t>
   </si>
   <si>
-    <t>1390</t>
+    <t>1404</t>
   </si>
   <si>
     <t>2020-07-21</t>
   </si>
   <si>
     <t>49.18</t>
   </si>
   <si>
-    <t>1391</t>
+    <t>1405</t>
   </si>
   <si>
     <t>2020-07-20</t>
   </si>
   <si>
     <t>49.04</t>
   </si>
   <si>
-    <t>1392</t>
+    <t>1406</t>
   </si>
   <si>
     <t>2020-07-17</t>
   </si>
   <si>
-    <t>1393</t>
+    <t>1407</t>
   </si>
   <si>
     <t>2020-07-16</t>
   </si>
   <si>
     <t>48.29</t>
   </si>
   <si>
-    <t>1394</t>
+    <t>1408</t>
   </si>
   <si>
     <t>2020-07-15</t>
   </si>
   <si>
     <t>48.01</t>
   </si>
   <si>
-    <t>1395</t>
+    <t>1409</t>
   </si>
   <si>
     <t>2020-07-14</t>
   </si>
   <si>
     <t>47.85</t>
   </si>
   <si>
-    <t>1396</t>
+    <t>1410</t>
   </si>
   <si>
     <t>2020-07-13</t>
   </si>
   <si>
-    <t>1397</t>
+    <t>1411</t>
   </si>
   <si>
     <t>2020-07-10</t>
   </si>
   <si>
-    <t>1398</t>
+    <t>1412</t>
   </si>
   <si>
     <t>2020-07-09</t>
   </si>
   <si>
-    <t>1399</t>
+    <t>1413</t>
   </si>
   <si>
     <t>2020-07-08</t>
   </si>
   <si>
-    <t>1400</t>
+    <t>1414</t>
   </si>
   <si>
     <t>2020-07-07</t>
   </si>
   <si>
     <t>47.38</t>
   </si>
   <si>
-    <t>1401</t>
+    <t>1415</t>
   </si>
   <si>
     <t>2020-07-06</t>
   </si>
   <si>
     <t>47.63</t>
   </si>
   <si>
-    <t>1402</t>
+    <t>1416</t>
   </si>
   <si>
     <t>2020-07-03</t>
   </si>
   <si>
     <t>47.37</t>
   </si>
   <si>
-    <t>1403</t>
+    <t>1417</t>
   </si>
   <si>
     <t>2020-07-02</t>
   </si>
   <si>
     <t>47.36</t>
   </si>
   <si>
-    <t>1404</t>
+    <t>1418</t>
   </si>
   <si>
     <t>2020-07-01</t>
   </si>
   <si>
     <t>46.64</t>
   </si>
   <si>
-    <t>1405</t>
+    <t>1419</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>46.45</t>
   </si>
   <si>
-    <t>1406</t>
+    <t>1420</t>
   </si>
   <si>
     <t>2020-06-29</t>
   </si>
   <si>
     <t>46.65</t>
   </si>
   <si>
-    <t>1407</t>
+    <t>1421</t>
   </si>
   <si>
     <t>2020-06-26</t>
   </si>
   <si>
     <t>46.56</t>
   </si>
   <si>
-    <t>1408</t>
+    <t>1422</t>
   </si>
   <si>
     <t>2020-06-25</t>
   </si>
   <si>
     <t>46.69</t>
   </si>
   <si>
-    <t>1409</t>
+    <t>1423</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
-    <t>1410</t>
+    <t>1424</t>
   </si>
   <si>
     <t>2020-06-23</t>
   </si>
   <si>
-    <t>1411</t>
+    <t>1425</t>
   </si>
   <si>
     <t>2020-06-22</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
-    <t>1412</t>
+    <t>1426</t>
   </si>
   <si>
     <t>2020-06-19</t>
   </si>
   <si>
     <t>46.49</t>
   </si>
   <si>
-    <t>1413</t>
+    <t>1427</t>
   </si>
   <si>
     <t>2020-06-18</t>
   </si>
   <si>
-    <t>1414</t>
+    <t>1428</t>
   </si>
   <si>
     <t>2020-06-17</t>
   </si>
   <si>
     <t>47.03</t>
   </si>
   <si>
-    <t>1415</t>
+    <t>1429</t>
   </si>
   <si>
     <t>2020-06-16</t>
   </si>
   <si>
     <t>46.80</t>
   </si>
   <si>
-    <t>1416</t>
+    <t>1430</t>
   </si>
   <si>
     <t>2020-06-15</t>
   </si>
   <si>
-    <t>1417</t>
+    <t>1431</t>
   </si>
   <si>
     <t>2020-06-12</t>
   </si>
   <si>
     <t>46.79</t>
   </si>
   <si>
-    <t>1418</t>
+    <t>1432</t>
   </si>
   <si>
     <t>2020-06-10</t>
   </si>
   <si>
     <t>47.42</t>
   </si>
   <si>
-    <t>1419</t>
+    <t>1433</t>
   </si>
   <si>
     <t>2020-06-09</t>
   </si>
   <si>
     <t>47.40</t>
   </si>
   <si>
-    <t>1420</t>
+    <t>1434</t>
   </si>
   <si>
     <t>2020-06-08</t>
   </si>
   <si>
-    <t>1421</t>
+    <t>1435</t>
   </si>
   <si>
     <t>2020-06-05</t>
   </si>
   <si>
     <t>47.56</t>
   </si>
   <si>
-    <t>1422</t>
+    <t>1436</t>
   </si>
   <si>
     <t>2020-06-04</t>
   </si>
   <si>
     <t>47.05</t>
   </si>
   <si>
-    <t>1423</t>
+    <t>1437</t>
   </si>
   <si>
     <t>2020-06-03</t>
   </si>
   <si>
-    <t>1424</t>
+    <t>1438</t>
   </si>
   <si>
     <t>2020-06-02</t>
   </si>
   <si>
-    <t>1425</t>
+    <t>1439</t>
   </si>
   <si>
     <t>2020-06-01</t>
   </si>
   <si>
     <t>46.73</t>
   </si>
   <si>
-    <t>1426</t>
+    <t>1440</t>
   </si>
   <si>
     <t>2020-05-29</t>
   </si>
   <si>
     <t>46.61</t>
   </si>
   <si>
-    <t>1427</t>
+    <t>1441</t>
   </si>
   <si>
     <t>2020-05-28</t>
   </si>
   <si>
     <t>46.40</t>
   </si>
   <si>
-    <t>1428</t>
+    <t>1442</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>46.29</t>
   </si>
   <si>
-    <t>1429</t>
+    <t>1443</t>
   </si>
   <si>
     <t>2020-05-26</t>
   </si>
   <si>
     <t>46.25</t>
   </si>
   <si>
-    <t>1430</t>
+    <t>1444</t>
   </si>
   <si>
     <t>2020-05-25</t>
   </si>
   <si>
     <t>46.11</t>
   </si>
   <si>
-    <t>1431</t>
+    <t>1445</t>
   </si>
   <si>
     <t>2020-05-22</t>
   </si>
   <si>
     <t>45.82</t>
   </si>
   <si>
-    <t>1432</t>
+    <t>1446</t>
   </si>
   <si>
     <t>2020-05-21</t>
   </si>
   <si>
     <t>45.87</t>
   </si>
   <si>
-    <t>1433</t>
+    <t>1447</t>
   </si>
   <si>
     <t>2020-05-20</t>
   </si>
   <si>
     <t>46.23</t>
   </si>
   <si>
-    <t>1434</t>
+    <t>1448</t>
   </si>
   <si>
     <t>2020-05-19</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
-    <t>1435</t>
+    <t>1449</t>
   </si>
   <si>
     <t>2020-05-18</t>
   </si>
   <si>
     <t>46.20</t>
   </si>
   <si>
-    <t>1436</t>
+    <t>1450</t>
   </si>
   <si>
     <t>2020-05-15</t>
   </si>
   <si>
     <t>45.53</t>
   </si>
   <si>
-    <t>1437</t>
+    <t>1451</t>
   </si>
   <si>
     <t>2020-05-14</t>
   </si>
   <si>
     <t>45.68</t>
   </si>
   <si>
-    <t>1438</t>
+    <t>1452</t>
   </si>
   <si>
     <t>2020-05-13</t>
   </si>
   <si>
     <t>45.86</t>
   </si>
   <si>
-    <t>1439</t>
+    <t>1453</t>
   </si>
   <si>
     <t>2020-05-12</t>
   </si>
   <si>
     <t>45.95</t>
   </si>
   <si>
-    <t>1440</t>
+    <t>1454</t>
   </si>
   <si>
     <t>2020-05-11</t>
   </si>
   <si>
-    <t>1441</t>
+    <t>1455</t>
   </si>
   <si>
     <t>2020-05-08</t>
   </si>
   <si>
-    <t>1442</t>
+    <t>1456</t>
   </si>
   <si>
     <t>2020-05-07</t>
   </si>
   <si>
     <t>45.80</t>
   </si>
   <si>
-    <t>1443</t>
+    <t>1457</t>
   </si>
   <si>
     <t>2020-05-06</t>
   </si>
   <si>
     <t>45.57</t>
   </si>
   <si>
-    <t>1444</t>
+    <t>1458</t>
   </si>
   <si>
     <t>2020-05-05</t>
   </si>
   <si>
     <t>45.90</t>
   </si>
   <si>
-    <t>1445</t>
+    <t>1459</t>
   </si>
   <si>
     <t>2020-05-04</t>
   </si>
   <si>
     <t>45.66</t>
   </si>
   <si>
-    <t>1446</t>
+    <t>1460</t>
   </si>
   <si>
     <t>2020-04-30</t>
   </si>
   <si>
-    <t>1447</t>
+    <t>1461</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>46.00</t>
   </si>
   <si>
-    <t>1448</t>
+    <t>1462</t>
   </si>
   <si>
     <t>2020-04-28</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>1449</t>
+    <t>1463</t>
   </si>
   <si>
     <t>2020-04-27</t>
   </si>
   <si>
     <t>45.65</t>
   </si>
   <si>
-    <t>1450</t>
+    <t>1464</t>
   </si>
   <si>
     <t>2020-04-24</t>
   </si>
   <si>
-    <t>1451</t>
+    <t>1465</t>
   </si>
   <si>
     <t>2020-04-23</t>
   </si>
   <si>
     <t>45.94</t>
   </si>
   <si>
-    <t>1452</t>
+    <t>1466</t>
   </si>
   <si>
     <t>2020-04-22</t>
   </si>
   <si>
     <t>45.52</t>
   </si>
   <si>
-    <t>1453</t>
+    <t>1467</t>
   </si>
   <si>
     <t>2020-04-21</t>
   </si>
   <si>
-    <t>1454</t>
+    <t>1468</t>
   </si>
   <si>
     <t>2020-04-20</t>
   </si>
   <si>
-    <t>1455</t>
+    <t>1469</t>
   </si>
   <si>
     <t>2020-04-17</t>
   </si>
   <si>
     <t>45.43</t>
   </si>
   <si>
-    <t>1456</t>
+    <t>1470</t>
   </si>
   <si>
     <t>2020-04-16</t>
   </si>
   <si>
-    <t>1457</t>
+    <t>1471</t>
   </si>
   <si>
     <t>2020-04-15</t>
   </si>
   <si>
-    <t>1458</t>
+    <t>1472</t>
   </si>
   <si>
     <t>2020-04-14</t>
   </si>
   <si>
     <t>45.85</t>
   </si>
   <si>
-    <t>1459</t>
+    <t>1473</t>
   </si>
   <si>
     <t>2020-04-09</t>
   </si>
   <si>
     <t>45.23</t>
   </si>
   <si>
-    <t>1460</t>
+    <t>1474</t>
   </si>
   <si>
     <t>2020-04-08</t>
   </si>
   <si>
     <t>44.55</t>
   </si>
   <si>
-    <t>1461</t>
+    <t>1475</t>
   </si>
   <si>
     <t>2020-04-07</t>
   </si>
   <si>
     <t>44.28</t>
   </si>
   <si>
-    <t>1462</t>
+    <t>1476</t>
   </si>
   <si>
     <t>2020-04-06</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
-    <t>1463</t>
+    <t>1477</t>
   </si>
   <si>
     <t>2020-04-03</t>
   </si>
   <si>
     <t>43.19</t>
   </si>
   <si>
-    <t>1464</t>
+    <t>1478</t>
   </si>
   <si>
     <t>2020-04-02</t>
   </si>
   <si>
     <t>43.06</t>
   </si>
   <si>
-    <t>1465</t>
+    <t>1479</t>
   </si>
   <si>
     <t>2020-04-01</t>
   </si>
   <si>
     <t>42.94</t>
   </si>
   <si>
-    <t>1466</t>
+    <t>1480</t>
   </si>
   <si>
     <t>2020-03-31</t>
   </si>
   <si>
     <t>43.24</t>
   </si>
   <si>
-    <t>1467</t>
+    <t>1481</t>
   </si>
   <si>
     <t>2020-03-30</t>
   </si>
   <si>
     <t>42.98</t>
   </si>
   <si>
-    <t>1468</t>
+    <t>1482</t>
   </si>
   <si>
     <t>2020-03-27</t>
   </si>
   <si>
-    <t>1469</t>
+    <t>1483</t>
   </si>
   <si>
     <t>2020-03-26</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
-    <t>1470</t>
+    <t>1484</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>43.02</t>
   </si>
   <si>
-    <t>1471</t>
+    <t>1485</t>
   </si>
   <si>
     <t>2020-03-24</t>
   </si>
   <si>
     <t>42.99</t>
   </si>
   <si>
-    <t>1472</t>
+    <t>1486</t>
   </si>
   <si>
     <t>2020-03-23</t>
   </si>
   <si>
     <t>41.84</t>
   </si>
   <si>
-    <t>1473</t>
+    <t>1487</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>42.62</t>
   </si>
   <si>
-    <t>1474</t>
+    <t>1488</t>
   </si>
   <si>
     <t>2020-03-19</t>
   </si>
   <si>
     <t>42.46</t>
   </si>
   <si>
-    <t>1475</t>
+    <t>1489</t>
   </si>
   <si>
     <t>2020-03-18</t>
   </si>
   <si>
     <t>41.70</t>
   </si>
   <si>
-    <t>1476</t>
+    <t>1490</t>
   </si>
   <si>
     <t>2020-03-17</t>
   </si>
   <si>
     <t>42.30</t>
   </si>
   <si>
-    <t>1477</t>
+    <t>1491</t>
   </si>
   <si>
     <t>2020-03-16</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
-    <t>1478</t>
+    <t>1492</t>
   </si>
   <si>
     <t>2020-03-13</t>
   </si>
   <si>
     <t>41.52</t>
   </si>
   <si>
-    <t>1479</t>
+    <t>1493</t>
   </si>
   <si>
     <t>2020-03-12</t>
   </si>
   <si>
     <t>41.26</t>
   </si>
   <si>
-    <t>1480</t>
+    <t>1494</t>
   </si>
   <si>
     <t>2020-03-11</t>
   </si>
   <si>
     <t>44.03</t>
   </si>
   <si>
-    <t>1481</t>
+    <t>1495</t>
   </si>
   <si>
     <t>2020-03-10</t>
   </si>
   <si>
     <t>45.16</t>
   </si>
   <si>
-    <t>1482</t>
+    <t>1496</t>
   </si>
   <si>
     <t>2020-03-09</t>
   </si>
   <si>
     <t>45.48</t>
   </si>
   <si>
-    <t>1483</t>
+    <t>1497</t>
   </si>
   <si>
     <t>2020-03-06</t>
   </si>
   <si>
     <t>47.51</t>
   </si>
   <si>
-    <t>1484</t>
+    <t>1498</t>
   </si>
   <si>
     <t>2020-03-05</t>
   </si>
   <si>
-    <t>1485</t>
+    <t>1499</t>
   </si>
   <si>
     <t>2020-03-04</t>
   </si>
   <si>
     <t>48.34</t>
   </si>
   <si>
-    <t>1486</t>
+    <t>1500</t>
   </si>
   <si>
     <t>2020-03-03</t>
   </si>
   <si>
-    <t>1487</t>
+    <t>1501</t>
   </si>
   <si>
     <t>2020-03-02</t>
   </si>
   <si>
     <t>47.48</t>
   </si>
   <si>
-    <t>1488</t>
+    <t>1502</t>
   </si>
   <si>
     <t>2020-02-28</t>
   </si>
   <si>
     <t>47.26</t>
   </si>
   <si>
-    <t>1489</t>
+    <t>1503</t>
   </si>
   <si>
     <t>2020-02-27</t>
   </si>
   <si>
-    <t>1490</t>
+    <t>1504</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>49.33</t>
   </si>
   <si>
-    <t>1491</t>
+    <t>1505</t>
   </si>
   <si>
     <t>2020-02-25</t>
   </si>
   <si>
     <t>49.41</t>
   </si>
   <si>
-    <t>1492</t>
+    <t>1506</t>
   </si>
   <si>
     <t>2020-02-24</t>
   </si>
   <si>
     <t>50.13</t>
   </si>
   <si>
-    <t>1493</t>
+    <t>1507</t>
   </si>
   <si>
     <t>2020-02-21</t>
   </si>
   <si>
     <t>50.94</t>
   </si>
   <si>
-    <t>1494</t>
+    <t>1508</t>
   </si>
   <si>
     <t>2020-02-20</t>
   </si>
   <si>
     <t>51.06</t>
   </si>
   <si>
-    <t>1495</t>
+    <t>1509</t>
   </si>
   <si>
     <t>2020-02-19</t>
   </si>
   <si>
-    <t>1496</t>
+    <t>1510</t>
   </si>
   <si>
     <t>2020-02-18</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
-    <t>1497</t>
+    <t>1511</t>
   </si>
   <si>
     <t>2020-02-17</t>
   </si>
   <si>
-    <t>1498</t>
+    <t>1512</t>
   </si>
   <si>
     <t>2020-02-14</t>
   </si>
   <si>
-    <t>1499</t>
+    <t>1513</t>
   </si>
   <si>
     <t>2020-02-13</t>
   </si>
   <si>
     <t>50.72</t>
   </si>
   <si>
-    <t>1500</t>
+    <t>1514</t>
   </si>
   <si>
     <t>2020-02-12</t>
   </si>
   <si>
     <t>50.71</t>
   </si>
   <si>
-    <t>1501</t>
+    <t>1515</t>
   </si>
   <si>
     <t>2020-02-11</t>
   </si>
   <si>
     <t>50.79</t>
   </si>
   <si>
-    <t>1502</t>
+    <t>1516</t>
   </si>
   <si>
     <t>2020-02-10</t>
   </si>
   <si>
     <t>50.65</t>
   </si>
   <si>
-    <t>1503</t>
+    <t>1517</t>
   </si>
   <si>
     <t>2020-02-07</t>
   </si>
   <si>
-    <t>1504</t>
+    <t>1518</t>
   </si>
   <si>
     <t>2020-02-06</t>
   </si>
   <si>
     <t>50.54</t>
   </si>
   <si>
-    <t>1505</t>
+    <t>1519</t>
   </si>
   <si>
     <t>2020-02-05</t>
   </si>
   <si>
     <t>50.43</t>
   </si>
   <si>
-    <t>1506</t>
+    <t>1520</t>
   </si>
   <si>
     <t>2020-02-04</t>
   </si>
   <si>
     <t>50.36</t>
   </si>
   <si>
-    <t>1507</t>
+    <t>1521</t>
   </si>
   <si>
     <t>2020-02-03</t>
   </si>
   <si>
     <t>50.19</t>
   </si>
   <si>
-    <t>1508</t>
+    <t>1522</t>
   </si>
   <si>
     <t>2020-01-31</t>
   </si>
   <si>
     <t>50.21</t>
   </si>
   <si>
-    <t>1509</t>
+    <t>1523</t>
   </si>
   <si>
     <t>2020-01-30</t>
   </si>
   <si>
     <t>50.38</t>
   </si>
   <si>
-    <t>1510</t>
+    <t>1524</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
-    <t>1511</t>
+    <t>1525</t>
   </si>
   <si>
     <t>2020-01-28</t>
   </si>
   <si>
-    <t>1512</t>
+    <t>1526</t>
   </si>
   <si>
     <t>2020-01-27</t>
   </si>
   <si>
-    <t>1513</t>
+    <t>1527</t>
   </si>
   <si>
     <t>2020-01-24</t>
   </si>
   <si>
     <t>50.49</t>
   </si>
   <si>
-    <t>1514</t>
+    <t>1528</t>
   </si>
   <si>
     <t>2020-01-23</t>
   </si>
   <si>
-    <t>1515</t>
+    <t>1529</t>
   </si>
   <si>
     <t>2020-01-22</t>
   </si>
   <si>
     <t>50.57</t>
   </si>
   <si>
-    <t>1516</t>
+    <t>1530</t>
   </si>
   <si>
     <t>2020-01-21</t>
   </si>
   <si>
-    <t>1517</t>
+    <t>1531</t>
   </si>
   <si>
     <t>2020-01-20</t>
   </si>
   <si>
-    <t>1518</t>
+    <t>1532</t>
   </si>
   <si>
     <t>2020-01-17</t>
   </si>
   <si>
     <t>50.60</t>
   </si>
   <si>
-    <t>1519</t>
+    <t>1533</t>
   </si>
   <si>
     <t>2020-01-16</t>
   </si>
   <si>
-    <t>1520</t>
+    <t>1534</t>
   </si>
   <si>
     <t>2020-01-15</t>
   </si>
   <si>
-    <t>1521</t>
+    <t>1535</t>
   </si>
   <si>
     <t>2020-01-14</t>
   </si>
   <si>
     <t>50.32</t>
   </si>
   <si>
-    <t>1522</t>
+    <t>1536</t>
   </si>
   <si>
     <t>2020-01-13</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>1523</t>
+    <t>1537</t>
   </si>
   <si>
     <t>2020-01-10</t>
   </si>
   <si>
-    <t>1524</t>
+    <t>1538</t>
   </si>
   <si>
     <t>2020-01-09</t>
   </si>
   <si>
-    <t>1525</t>
+    <t>1539</t>
   </si>
   <si>
     <t>2020-01-08</t>
   </si>
   <si>
     <t>49.99</t>
   </si>
   <si>
-    <t>1526</t>
+    <t>1540</t>
   </si>
   <si>
     <t>2020-01-07</t>
   </si>
   <si>
     <t>50.20</t>
   </si>
   <si>
-    <t>1527</t>
+    <t>1541</t>
   </si>
   <si>
     <t>2020-01-03</t>
   </si>
   <si>
-    <t>1528</t>
+    <t>1542</t>
   </si>
   <si>
     <t>2020-01-02</t>
   </si>
   <si>
-    <t>1529</t>
+    <t>1543</t>
   </si>
   <si>
     <t>2019-12-30</t>
   </si>
   <si>
     <t>49.96</t>
   </si>
   <si>
-    <t>1530</t>
+    <t>1544</t>
   </si>
   <si>
     <t>2019-12-27</t>
   </si>
   <si>
-    <t>1531</t>
+    <t>1545</t>
   </si>
   <si>
     <t>2019-12-23</t>
   </si>
   <si>
-    <t>1532</t>
+    <t>1546</t>
   </si>
   <si>
     <t>2019-12-20</t>
   </si>
   <si>
-    <t>1533</t>
+    <t>1547</t>
   </si>
   <si>
     <t>2019-12-19</t>
   </si>
   <si>
-    <t>1534</t>
+    <t>1548</t>
   </si>
   <si>
     <t>2019-12-18</t>
   </si>
   <si>
-    <t>1535</t>
+    <t>1549</t>
   </si>
   <si>
     <t>2019-12-17</t>
   </si>
   <si>
-    <t>1536</t>
+    <t>1550</t>
   </si>
   <si>
     <t>2019-12-16</t>
   </si>
   <si>
-    <t>1537</t>
+    <t>1551</t>
   </si>
   <si>
     <t>2019-12-13</t>
   </si>
   <si>
-    <t>1538</t>
+    <t>1552</t>
   </si>
   <si>
     <t>2019-12-12</t>
   </si>
   <si>
-    <t>1539</t>
+    <t>1553</t>
   </si>
   <si>
     <t>2019-12-11</t>
   </si>
   <si>
-    <t>1540</t>
+    <t>1554</t>
   </si>
   <si>
     <t>2019-12-10</t>
   </si>
   <si>
-    <t>1541</t>
+    <t>1555</t>
   </si>
   <si>
     <t>2019-12-09</t>
   </si>
   <si>
-    <t>1542</t>
+    <t>1556</t>
   </si>
   <si>
     <t>2019-12-06</t>
   </si>
   <si>
     <t>50.00</t>
   </si>
   <si>
-    <t>1543</t>
+    <t>1557</t>
   </si>
   <si>
     <t>2019-12-05</t>
   </si>
   <si>
-    <t>1544</t>
+    <t>1558</t>
   </si>
   <si>
     <t>2019-12-04</t>
   </si>
   <si>
-    <t>1545</t>
+    <t>1559</t>
   </si>
   <si>
     <t>2019-12-03</t>
   </si>
   <si>
-    <t>1546</t>
+    <t>1560</t>
   </si>
   <si>
     <t>2019-12-02</t>
   </si>
   <si>
-    <t>1547</t>
+    <t>1561</t>
   </si>
   <si>
     <t>2019-11-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -13018,51 +13141,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C1549"/>
+  <dimension ref="A1:C1563"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -13235,645 +13358,645 @@
         <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>103</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="C48" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="B49" s="0" t="s">
+      <c r="C49" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="77">
@@ -13950,84 +14073,84 @@
         <v>242</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>163</v>
+        <v>249</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>257</v>
+        <v>207</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="91">
@@ -14049,216 +14172,216 @@
         <v>268</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>288</v>
+        <v>204</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>272</v>
+        <v>301</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>321</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="112">
@@ -14302,117 +14425,117 @@
         <v>334</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>341</v>
+        <v>313</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B118" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="B118" s="0" t="s">
+      <c r="C118" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B119" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="B119" s="0" t="s">
+      <c r="C119" s="0" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B120" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="B120" s="0" t="s">
+      <c r="C120" s="0" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="B121" s="0" t="s">
+      <c r="C121" s="0" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="B122" s="0" t="s">
+      <c r="C122" s="0" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="B123" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="B123" s="0" t="s">
+      <c r="C123" s="0" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>359</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>360</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="126">
@@ -14467,304 +14590,304 @@
         <v>378</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>381</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>383</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>384</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>399</v>
+        <v>275</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>400</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>401</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>403</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>404</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>406</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>409</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>410</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>379</v>
+        <v>411</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>451</v>
+        <v>420</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>452</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>453</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>455</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="158">
@@ -14786,238 +14909,238 @@
         <v>462</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>464</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>465</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>467</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>468</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>470</v>
       </c>
-      <c r="B162" s="0" t="s">
+      <c r="C162" s="0" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="B163" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="B163" s="0" t="s">
+      <c r="C163" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B164" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="B164" s="0" t="s">
+      <c r="C164" s="0" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B165" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="B165" s="0" t="s">
+      <c r="C165" s="0" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B166" s="0" t="s">
         <v>482</v>
       </c>
-      <c r="B166" s="0" t="s">
+      <c r="C166" s="0" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="B167" s="0" t="s">
+      <c r="C167" s="0" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>488</v>
       </c>
-      <c r="B168" s="0" t="s">
+      <c r="C168" s="0" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>491</v>
       </c>
-      <c r="B169" s="0" t="s">
+      <c r="C169" s="0" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>494</v>
       </c>
-      <c r="B170" s="0" t="s">
+      <c r="C170" s="0" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>497</v>
       </c>
-      <c r="B171" s="0" t="s">
+      <c r="C171" s="0" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>500</v>
       </c>
-      <c r="B172" s="0" t="s">
+      <c r="C172" s="0" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>503</v>
       </c>
-      <c r="B173" s="0" t="s">
+      <c r="C173" s="0" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>506</v>
       </c>
-      <c r="B174" s="0" t="s">
+      <c r="C174" s="0" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>509</v>
       </c>
-      <c r="B175" s="0" t="s">
+      <c r="C175" s="0" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="B176" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="B176" s="0" t="s">
+      <c r="C176" s="0" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B177" s="0" t="s">
         <v>515</v>
       </c>
-      <c r="B177" s="0" t="s">
+      <c r="C177" s="0" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B178" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="B178" s="0" t="s">
+      <c r="C178" s="0" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
         <v>520</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>521</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
         <v>523</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="181">
@@ -15094,326 +15217,326 @@
         <v>545</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>548</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>551</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>460</v>
+        <v>552</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>496</v>
+        <v>558</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>559</v>
+        <v>504</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>592</v>
+        <v>501</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>593</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>594</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
         <v>596</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>597</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>598</v>
+        <v>537</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>599</v>
       </c>
-      <c r="B206" s="0" t="s">
+      <c r="C206" s="0" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>602</v>
       </c>
-      <c r="B207" s="0" t="s">
+      <c r="C207" s="0" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="B208" s="0" t="s">
         <v>605</v>
       </c>
-      <c r="B208" s="0" t="s">
+      <c r="C208" s="0" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="B209" s="0" t="s">
         <v>608</v>
       </c>
-      <c r="B209" s="0" t="s">
+      <c r="C209" s="0" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="B210" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="B210" s="0" t="s">
+      <c r="C210" s="0" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="B211" s="0" t="s">
         <v>614</v>
       </c>
-      <c r="B211" s="0" t="s">
+      <c r="C211" s="0" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="B212" s="0" t="s">
         <v>617</v>
       </c>
-      <c r="B212" s="0" t="s">
+      <c r="C212" s="0" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="B213" s="0" t="s">
         <v>620</v>
       </c>
-      <c r="B213" s="0" t="s">
+      <c r="C213" s="0" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="B214" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="B214" s="0" t="s">
+      <c r="C214" s="0" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>625</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>626</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>628</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>629</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="217">
@@ -15523,161 +15646,161 @@
         <v>659</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>661</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>662</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>664</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>665</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>666</v>
+        <v>609</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="B229" s="0" t="s">
         <v>667</v>
       </c>
-      <c r="B229" s="0" t="s">
+      <c r="C229" s="0" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="B230" s="0" t="s">
         <v>670</v>
       </c>
-      <c r="B230" s="0" t="s">
+      <c r="C230" s="0" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="B231" s="0" t="s">
         <v>673</v>
       </c>
-      <c r="B231" s="0" t="s">
+      <c r="C231" s="0" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="B232" s="0" t="s">
         <v>676</v>
       </c>
-      <c r="B232" s="0" t="s">
+      <c r="C232" s="0" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>679</v>
       </c>
-      <c r="B233" s="0" t="s">
+      <c r="C233" s="0" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="B234" s="0" t="s">
         <v>682</v>
       </c>
-      <c r="B234" s="0" t="s">
+      <c r="C234" s="0" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B235" s="0" t="s">
         <v>685</v>
       </c>
-      <c r="B235" s="0" t="s">
+      <c r="C235" s="0" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="B236" s="0" t="s">
         <v>688</v>
       </c>
-      <c r="B236" s="0" t="s">
+      <c r="C236" s="0" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B237" s="0" t="s">
         <v>691</v>
       </c>
-      <c r="B237" s="0" t="s">
+      <c r="C237" s="0" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="B238" s="0" t="s">
         <v>694</v>
       </c>
-      <c r="B238" s="0" t="s">
+      <c r="C238" s="0" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
         <v>696</v>
       </c>
       <c r="B239" s="0" t="s">
         <v>697</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>699</v>
       </c>
       <c r="B240" s="0" t="s">
         <v>700</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="241">
@@ -15787,106 +15910,106 @@
         <v>730</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>732</v>
       </c>
       <c r="B251" s="0" t="s">
         <v>733</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
         <v>735</v>
       </c>
       <c r="B252" s="0" t="s">
         <v>736</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="B253" s="0" t="s">
         <v>738</v>
       </c>
-      <c r="B253" s="0" t="s">
+      <c r="C253" s="0" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="B254" s="0" t="s">
         <v>741</v>
       </c>
-      <c r="B254" s="0" t="s">
+      <c r="C254" s="0" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>744</v>
       </c>
-      <c r="B255" s="0" t="s">
+      <c r="C255" s="0" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="B256" s="0" t="s">
         <v>747</v>
       </c>
-      <c r="B256" s="0" t="s">
+      <c r="C256" s="0" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="B257" s="0" t="s">
         <v>750</v>
       </c>
-      <c r="B257" s="0" t="s">
+      <c r="C257" s="0" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
         <v>752</v>
       </c>
       <c r="B258" s="0" t="s">
         <v>753</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>755</v>
       </c>
       <c r="B259" s="0" t="s">
         <v>756</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="260">
@@ -15897,150 +16020,150 @@
         <v>759</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>761</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>762</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>764</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>765</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>749</v>
+        <v>766</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>792</v>
+        <v>651</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>793</v>
       </c>
       <c r="B272" s="0" t="s">
         <v>794</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>796</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>797</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="274">
@@ -16051,260 +16174,260 @@
         <v>800</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>802</v>
       </c>
       <c r="B275" s="0" t="s">
         <v>803</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>805</v>
       </c>
       <c r="B276" s="0" t="s">
         <v>806</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="B277" s="0" t="s">
         <v>808</v>
       </c>
-      <c r="B277" s="0" t="s">
+      <c r="C277" s="0" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="B278" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="B278" s="0" t="s">
+      <c r="C278" s="0" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="B279" s="0" t="s">
         <v>814</v>
       </c>
-      <c r="B279" s="0" t="s">
+      <c r="C279" s="0" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="B280" s="0" t="s">
         <v>817</v>
       </c>
-      <c r="B280" s="0" t="s">
+      <c r="C280" s="0" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>819</v>
       </c>
       <c r="B281" s="0" t="s">
         <v>820</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="B294" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="C294" s="0" t="s">
         <v>857</v>
-      </c>
-[...4 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>860</v>
       </c>
       <c r="B295" s="0" t="s">
         <v>861</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>783</v>
+        <v>854</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>862</v>
       </c>
       <c r="B296" s="0" t="s">
         <v>863</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>865</v>
       </c>
       <c r="B297" s="0" t="s">
         <v>866</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="298">
@@ -16392,1063 +16515,1063 @@
         <v>890</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
         <v>892</v>
       </c>
       <c r="B306" s="0" t="s">
         <v>893</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
         <v>895</v>
       </c>
       <c r="B307" s="0" t="s">
         <v>896</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>789</v>
+        <v>897</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>882</v>
+        <v>900</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>901</v>
+        <v>824</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>780</v>
+        <v>908</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>792</v>
+        <v>911</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>795</v>
+        <v>926</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>876</v>
+        <v>929</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>873</v>
+        <v>830</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>879</v>
+        <v>923</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>943</v>
+        <v>821</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>780</v>
+        <v>833</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>835</v>
+        <v>952</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>943</v>
+        <v>836</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>961</v>
+        <v>917</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>789</v>
+        <v>914</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>972</v>
+        <v>920</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>984</v>
+        <v>821</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>967</v>
+        <v>876</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>876</v>
+        <v>991</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>911</v>
+        <v>984</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>920</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1007</v>
+        <v>830</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1025</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1028</v>
+        <v>917</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>856</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>975</v>
+        <v>952</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>810</v>
+        <v>961</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>798</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>867</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1071</v>
+        <v>897</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1074</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1077</v>
+        <v>851</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1095</v>
+        <v>839</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
         <v>1096</v>
       </c>
       <c r="B381" s="0" t="s">
         <v>1097</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
         <v>1099</v>
       </c>
       <c r="B382" s="0" t="s">
         <v>1100</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>961</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1028</v>
+        <v>908</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1057</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>780</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1139</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1145</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1148</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
         <v>1149</v>
       </c>
       <c r="B400" s="0" t="s">
         <v>1150</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
         <v>1152</v>
       </c>
       <c r="B401" s="0" t="s">
         <v>1153</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="402">
@@ -17470,1701 +17593,1701 @@
         <v>1159</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>1161</v>
       </c>
       <c r="B404" s="0" t="s">
         <v>1162</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="B405" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1166</v>
+        <v>821</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B406" s="0" t="s">
         <v>1167</v>
       </c>
-      <c r="B406" s="0" t="s">
+      <c r="C406" s="0" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B407" s="0" t="s">
         <v>1170</v>
       </c>
-      <c r="B407" s="0" t="s">
+      <c r="C407" s="0" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B408" s="0" t="s">
         <v>1173</v>
       </c>
-      <c r="B408" s="0" t="s">
+      <c r="C408" s="0" t="s">
         <v>1174</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
         <v>1175</v>
       </c>
       <c r="B409" s="0" t="s">
         <v>1176</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>763</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>774</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>978</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1046</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>853</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1052</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>807</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1116</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>1207</v>
+        <v>1215</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1208</v>
+        <v>818</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>984</v>
+        <v>804</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>978</v>
+        <v>815</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>981</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1220</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1223</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1226</v>
+        <v>894</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1229</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1235</v>
+        <v>848</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>844</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1240</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1215</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>786</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1250</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>953</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>940</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1260</v>
+        <v>885</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>864</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1282</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1285</v>
+        <v>827</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1291</v>
+        <v>994</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1294</v>
+        <v>981</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1279</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1071</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1071</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>894</v>
+        <v>905</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1077</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1340</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1349</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1352</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1355</v>
+        <v>935</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
         <v>1356</v>
       </c>
       <c r="B477" s="0" t="s">
         <v>1357</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
         <v>1359</v>
       </c>
       <c r="B478" s="0" t="s">
         <v>1360</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
         <v>1362</v>
       </c>
       <c r="B479" s="0" t="s">
         <v>1363</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1364</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B480" s="0" t="s">
         <v>1365</v>
       </c>
-      <c r="B480" s="0" t="s">
+      <c r="C480" s="0" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B481" s="0" t="s">
         <v>1368</v>
       </c>
-      <c r="B481" s="0" t="s">
+      <c r="C481" s="0" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B482" s="0" t="s">
         <v>1371</v>
       </c>
-      <c r="B482" s="0" t="s">
+      <c r="C482" s="0" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B483" s="0" t="s">
         <v>1374</v>
       </c>
-      <c r="B483" s="0" t="s">
+      <c r="C483" s="0" t="s">
         <v>1375</v>
-      </c>
-[...1 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B484" s="0" t="s">
         <v>1377</v>
       </c>
-      <c r="B484" s="0" t="s">
+      <c r="C484" s="0" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B485" s="0" t="s">
         <v>1380</v>
       </c>
-      <c r="B485" s="0" t="s">
+      <c r="C485" s="0" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B486" s="0" t="s">
         <v>1383</v>
       </c>
-      <c r="B486" s="0" t="s">
+      <c r="C486" s="0" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B487" s="0" t="s">
         <v>1386</v>
       </c>
-      <c r="B487" s="0" t="s">
+      <c r="C487" s="0" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
         <v>1388</v>
       </c>
       <c r="B488" s="0" t="s">
         <v>1389</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>1331</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>1428</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
         <v>1429</v>
       </c>
       <c r="B502" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>1431</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B503" s="0" t="s">
         <v>1432</v>
       </c>
-      <c r="B503" s="0" t="s">
+      <c r="C503" s="0" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B504" s="0" t="s">
         <v>1435</v>
       </c>
-      <c r="B504" s="0" t="s">
+      <c r="C504" s="0" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B505" s="0" t="s">
         <v>1438</v>
       </c>
-      <c r="B505" s="0" t="s">
+      <c r="C505" s="0" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B506" s="0" t="s">
         <v>1441</v>
       </c>
-      <c r="B506" s="0" t="s">
+      <c r="C506" s="0" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B507" s="0" t="s">
         <v>1444</v>
       </c>
-      <c r="B507" s="0" t="s">
+      <c r="C507" s="0" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B508" s="0" t="s">
         <v>1447</v>
       </c>
-      <c r="B508" s="0" t="s">
+      <c r="C508" s="0" t="s">
         <v>1448</v>
-      </c>
-[...1 lines deleted...]
-        <v>1449</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B509" s="0" t="s">
         <v>1450</v>
       </c>
-      <c r="B509" s="0" t="s">
+      <c r="C509" s="0" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B510" s="0" t="s">
         <v>1453</v>
       </c>
-      <c r="B510" s="0" t="s">
+      <c r="C510" s="0" t="s">
         <v>1454</v>
-      </c>
-[...1 lines deleted...]
-        <v>1455</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B511" s="0" t="s">
         <v>1456</v>
       </c>
-      <c r="B511" s="0" t="s">
+      <c r="C511" s="0" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B512" s="0" t="s">
         <v>1459</v>
       </c>
-      <c r="B512" s="0" t="s">
+      <c r="C512" s="0" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B513" s="0" t="s">
         <v>1462</v>
       </c>
-      <c r="B513" s="0" t="s">
+      <c r="C513" s="0" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B514" s="0" t="s">
         <v>1465</v>
       </c>
-      <c r="B514" s="0" t="s">
+      <c r="C514" s="0" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B515" s="0" t="s">
         <v>1468</v>
       </c>
-      <c r="B515" s="0" t="s">
+      <c r="C515" s="0" t="s">
         <v>1469</v>
-      </c>
-[...1 lines deleted...]
-        <v>1470</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B516" s="0" t="s">
         <v>1471</v>
       </c>
-      <c r="B516" s="0" t="s">
+      <c r="C516" s="0" t="s">
         <v>1472</v>
-      </c>
-[...1 lines deleted...]
-        <v>1473</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B517" s="0" t="s">
         <v>1474</v>
       </c>
-      <c r="B517" s="0" t="s">
+      <c r="C517" s="0" t="s">
         <v>1475</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
         <v>1476</v>
       </c>
       <c r="B518" s="0" t="s">
         <v>1477</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>1478</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
         <v>1479</v>
       </c>
       <c r="B519" s="0" t="s">
         <v>1480</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
         <v>1482</v>
       </c>
       <c r="B520" s="0" t="s">
         <v>1483</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
         <v>1485</v>
       </c>
       <c r="B521" s="0" t="s">
         <v>1486</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>1449</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>1455</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>1506</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>1525</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>1464</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>1536</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>1473</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>1553</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>1574</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
         <v>1575</v>
       </c>
       <c r="B553" s="0" t="s">
         <v>1576</v>
       </c>
       <c r="C553" s="0" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
         <v>1578</v>
       </c>
       <c r="B554" s="0" t="s">
         <v>1579</v>
       </c>
       <c r="C554" s="0" t="s">
         <v>1580</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
         <v>1581</v>
       </c>
       <c r="B555" s="0" t="s">
         <v>1582</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>1565</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
         <v>1583</v>
       </c>
       <c r="B556" s="0" t="s">
         <v>1584</v>
       </c>
       <c r="C556" s="0" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
         <v>1586</v>
       </c>
       <c r="B557" s="0" t="s">
         <v>1587</v>
       </c>
       <c r="C557" s="0" t="s">
         <v>1588</v>
       </c>
     </row>
     <row r="558">
@@ -19252,73 +19375,73 @@
         <v>1611</v>
       </c>
       <c r="C565" s="0" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
         <v>1613</v>
       </c>
       <c r="B566" s="0" t="s">
         <v>1614</v>
       </c>
       <c r="C566" s="0" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
         <v>1616</v>
       </c>
       <c r="B567" s="0" t="s">
         <v>1617</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>1594</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>1623</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
         <v>1624</v>
       </c>
       <c r="B570" s="0" t="s">
         <v>1625</v>
       </c>
       <c r="C570" s="0" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
         <v>1627</v>
       </c>
       <c r="B571" s="0" t="s">
         <v>1628</v>
       </c>
       <c r="C571" s="0" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="572">
@@ -19406,216 +19529,216 @@
         <v>1652</v>
       </c>
       <c r="C579" s="0" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
         <v>1654</v>
       </c>
       <c r="B580" s="0" t="s">
         <v>1655</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
         <v>1657</v>
       </c>
       <c r="B581" s="0" t="s">
         <v>1658</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>1659</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B582" s="0" t="s">
         <v>1660</v>
       </c>
-      <c r="B582" s="0" t="s">
+      <c r="C582" s="0" t="s">
         <v>1661</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B583" s="0" t="s">
         <v>1663</v>
       </c>
-      <c r="B583" s="0" t="s">
+      <c r="C583" s="0" t="s">
         <v>1664</v>
-      </c>
-[...1 lines deleted...]
-        <v>1665</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B584" s="0" t="s">
         <v>1666</v>
       </c>
-      <c r="B584" s="0" t="s">
+      <c r="C584" s="0" t="s">
         <v>1667</v>
-      </c>
-[...1 lines deleted...]
-        <v>1668</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B585" s="0" t="s">
         <v>1669</v>
       </c>
-      <c r="B585" s="0" t="s">
+      <c r="C585" s="0" t="s">
         <v>1670</v>
-      </c>
-[...1 lines deleted...]
-        <v>1671</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B586" s="0" t="s">
         <v>1672</v>
       </c>
-      <c r="B586" s="0" t="s">
+      <c r="C586" s="0" t="s">
         <v>1673</v>
-      </c>
-[...1 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B587" s="0" t="s">
         <v>1675</v>
       </c>
-      <c r="B587" s="0" t="s">
+      <c r="C587" s="0" t="s">
         <v>1676</v>
-      </c>
-[...1 lines deleted...]
-        <v>1677</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B588" s="0" t="s">
         <v>1678</v>
       </c>
-      <c r="B588" s="0" t="s">
+      <c r="C588" s="0" t="s">
         <v>1679</v>
-      </c>
-[...1 lines deleted...]
-        <v>1680</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B589" s="0" t="s">
         <v>1681</v>
       </c>
-      <c r="B589" s="0" t="s">
+      <c r="C589" s="0" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B590" s="0" t="s">
         <v>1684</v>
       </c>
-      <c r="B590" s="0" t="s">
+      <c r="C590" s="0" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B591" s="0" t="s">
         <v>1687</v>
       </c>
-      <c r="B591" s="0" t="s">
+      <c r="C591" s="0" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B592" s="0" t="s">
         <v>1690</v>
       </c>
-      <c r="B592" s="0" t="s">
+      <c r="C592" s="0" t="s">
         <v>1691</v>
-      </c>
-[...1 lines deleted...]
-        <v>1692</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B593" s="0" t="s">
         <v>1693</v>
       </c>
-      <c r="B593" s="0" t="s">
+      <c r="C593" s="0" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B594" s="0" t="s">
         <v>1696</v>
       </c>
-      <c r="B594" s="0" t="s">
+      <c r="C594" s="0" t="s">
         <v>1697</v>
-      </c>
-[...1 lines deleted...]
-        <v>1698</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B595" s="0" t="s">
         <v>1699</v>
       </c>
-      <c r="B595" s="0" t="s">
+      <c r="C595" s="0" t="s">
         <v>1700</v>
-      </c>
-[...1 lines deleted...]
-        <v>1701</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B596" s="0" t="s">
         <v>1702</v>
       </c>
-      <c r="B596" s="0" t="s">
+      <c r="C596" s="0" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
         <v>1704</v>
       </c>
       <c r="B597" s="0" t="s">
         <v>1705</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
         <v>1707</v>
       </c>
       <c r="B598" s="0" t="s">
         <v>1708</v>
       </c>
       <c r="C598" s="0" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="599">
@@ -19692,293 +19815,293 @@
         <v>1729</v>
       </c>
       <c r="C605" s="0" t="s">
         <v>1730</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
         <v>1731</v>
       </c>
       <c r="B606" s="0" t="s">
         <v>1732</v>
       </c>
       <c r="C606" s="0" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
         <v>1734</v>
       </c>
       <c r="B607" s="0" t="s">
         <v>1735</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>1656</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>1744</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
         <v>1745</v>
       </c>
       <c r="B611" s="0" t="s">
         <v>1746</v>
       </c>
       <c r="C611" s="0" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
         <v>1748</v>
       </c>
       <c r="B612" s="0" t="s">
         <v>1749</v>
       </c>
       <c r="C612" s="0" t="s">
         <v>1750</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
         <v>1751</v>
       </c>
       <c r="B613" s="0" t="s">
         <v>1752</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>1715</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>1721</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>1718</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>1774</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>1792</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>1798</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
         <v>1799</v>
       </c>
       <c r="B630" s="0" t="s">
         <v>1800</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
         <v>1802</v>
       </c>
       <c r="B631" s="0" t="s">
         <v>1803</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>1804</v>
       </c>
     </row>
     <row r="632">
@@ -19989,601 +20112,601 @@
         <v>1806</v>
       </c>
       <c r="C632" s="0" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
         <v>1808</v>
       </c>
       <c r="B633" s="0" t="s">
         <v>1809</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
         <v>1811</v>
       </c>
       <c r="B634" s="0" t="s">
         <v>1812</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>1813</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B635" s="0" t="s">
         <v>1814</v>
       </c>
-      <c r="B635" s="0" t="s">
+      <c r="C635" s="0" t="s">
         <v>1815</v>
-      </c>
-[...1 lines deleted...]
-        <v>1816</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B636" s="0" t="s">
         <v>1817</v>
       </c>
-      <c r="B636" s="0" t="s">
+      <c r="C636" s="0" t="s">
         <v>1818</v>
-      </c>
-[...1 lines deleted...]
-        <v>1819</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B637" s="0" t="s">
         <v>1820</v>
       </c>
-      <c r="B637" s="0" t="s">
+      <c r="C637" s="0" t="s">
         <v>1821</v>
-      </c>
-[...1 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B638" s="0" t="s">
         <v>1823</v>
       </c>
-      <c r="B638" s="0" t="s">
+      <c r="C638" s="0" t="s">
         <v>1824</v>
-      </c>
-[...1 lines deleted...]
-        <v>1825</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B639" s="0" t="s">
         <v>1826</v>
       </c>
-      <c r="B639" s="0" t="s">
+      <c r="C639" s="0" t="s">
         <v>1827</v>
-      </c>
-[...1 lines deleted...]
-        <v>1828</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B640" s="0" t="s">
         <v>1829</v>
       </c>
-      <c r="B640" s="0" t="s">
+      <c r="C640" s="0" t="s">
         <v>1830</v>
-      </c>
-[...1 lines deleted...]
-        <v>1831</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B641" s="0" t="s">
         <v>1832</v>
       </c>
-      <c r="B641" s="0" t="s">
+      <c r="C641" s="0" t="s">
         <v>1833</v>
-      </c>
-[...1 lines deleted...]
-        <v>1834</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B642" s="0" t="s">
         <v>1835</v>
       </c>
-      <c r="B642" s="0" t="s">
+      <c r="C642" s="0" t="s">
         <v>1836</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
         <v>1837</v>
       </c>
       <c r="B643" s="0" t="s">
         <v>1838</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>1763</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>1662</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="C645" s="0" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C646" s="0" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="C647" s="0" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C648" s="0" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C649" s="0" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="C650" s="0" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C651" s="0" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C652" s="0" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="C653" s="0" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="C654" s="0" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C655" s="0" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="C656" s="0" t="s">
-        <v>1876</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="C657" s="0" t="s">
-        <v>1879</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
         <v>1880</v>
       </c>
       <c r="B658" s="0" t="s">
         <v>1881</v>
       </c>
       <c r="C658" s="0" t="s">
-        <v>1882</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B659" s="0" t="s">
         <v>1883</v>
       </c>
-      <c r="B659" s="0" t="s">
+      <c r="C659" s="0" t="s">
         <v>1884</v>
-      </c>
-[...1 lines deleted...]
-        <v>1885</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B660" s="0" t="s">
         <v>1886</v>
       </c>
-      <c r="B660" s="0" t="s">
+      <c r="C660" s="0" t="s">
         <v>1887</v>
-      </c>
-[...1 lines deleted...]
-        <v>1888</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B661" s="0" t="s">
         <v>1889</v>
       </c>
-      <c r="B661" s="0" t="s">
+      <c r="C661" s="0" t="s">
         <v>1890</v>
-      </c>
-[...1 lines deleted...]
-        <v>1891</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B662" s="0" t="s">
         <v>1892</v>
       </c>
-      <c r="B662" s="0" t="s">
+      <c r="C662" s="0" t="s">
         <v>1893</v>
-      </c>
-[...1 lines deleted...]
-        <v>1858</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
         <v>1894</v>
       </c>
       <c r="B663" s="0" t="s">
         <v>1895</v>
       </c>
       <c r="C663" s="0" t="s">
-        <v>1867</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="C664" s="0" t="s">
-        <v>1870</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="C665" s="0" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="C666" s="0" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="C667" s="0" t="s">
-        <v>1882</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C668" s="0" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="C669" s="0" t="s">
-        <v>1876</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1911</v>
+        <v>1915</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
       <c r="C670" s="0" t="s">
-        <v>1858</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="C671" s="0" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="C672" s="0" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="C673" s="0" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="C674" s="0" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="C675" s="0" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="C676" s="0" t="s">
-        <v>1930</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="C677" s="0" t="s">
-        <v>1933</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="C678" s="0" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="C679" s="0" t="s">
-        <v>1927</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="C680" s="0" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="C681" s="0" t="s">
-        <v>1944</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="C682" s="0" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="C683" s="0" t="s">
-        <v>1950</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="C684" s="0" t="s">
-        <v>1953</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
         <v>1954</v>
       </c>
       <c r="B685" s="0" t="s">
         <v>1955</v>
       </c>
       <c r="C685" s="0" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
         <v>1957</v>
       </c>
       <c r="B686" s="0" t="s">
         <v>1958</v>
       </c>
       <c r="C686" s="0" t="s">
         <v>1959</v>
       </c>
     </row>
     <row r="687">
@@ -20627,62 +20750,62 @@
         <v>1970</v>
       </c>
       <c r="C690" s="0" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
         <v>1972</v>
       </c>
       <c r="B691" s="0" t="s">
         <v>1973</v>
       </c>
       <c r="C691" s="0" t="s">
         <v>1974</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
         <v>1975</v>
       </c>
       <c r="B692" s="0" t="s">
         <v>1976</v>
       </c>
       <c r="C692" s="0" t="s">
-        <v>1924</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="C693" s="0" t="s">
-        <v>1979</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
         <v>1980</v>
       </c>
       <c r="B694" s="0" t="s">
         <v>1981</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
         <v>1983</v>
       </c>
       <c r="B695" s="0" t="s">
         <v>1984</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="696">
@@ -20781,909 +20904,909 @@
         <v>2011</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
         <v>2013</v>
       </c>
       <c r="B705" s="0" t="s">
         <v>2014</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
         <v>2016</v>
       </c>
       <c r="B706" s="0" t="s">
         <v>2017</v>
       </c>
       <c r="C706" s="0" t="s">
-        <v>2018</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B707" s="0" t="s">
         <v>2019</v>
       </c>
-      <c r="B707" s="0" t="s">
+      <c r="C707" s="0" t="s">
         <v>2020</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B708" s="0" t="s">
         <v>2022</v>
       </c>
-      <c r="B708" s="0" t="s">
+      <c r="C708" s="0" t="s">
         <v>2023</v>
-      </c>
-[...1 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B709" s="0" t="s">
         <v>2025</v>
       </c>
-      <c r="B709" s="0" t="s">
+      <c r="C709" s="0" t="s">
         <v>2026</v>
-      </c>
-[...1 lines deleted...]
-        <v>2027</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B710" s="0" t="s">
         <v>2028</v>
       </c>
-      <c r="B710" s="0" t="s">
+      <c r="C710" s="0" t="s">
         <v>2029</v>
-      </c>
-[...1 lines deleted...]
-        <v>2030</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B711" s="0" t="s">
         <v>2031</v>
       </c>
-      <c r="B711" s="0" t="s">
+      <c r="C711" s="0" t="s">
         <v>2032</v>
-      </c>
-[...1 lines deleted...]
-        <v>2033</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B712" s="0" t="s">
         <v>2034</v>
       </c>
-      <c r="B712" s="0" t="s">
+      <c r="C712" s="0" t="s">
         <v>2035</v>
-      </c>
-[...1 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B713" s="0" t="s">
         <v>2037</v>
       </c>
-      <c r="B713" s="0" t="s">
+      <c r="C713" s="0" t="s">
         <v>2038</v>
-      </c>
-[...1 lines deleted...]
-        <v>2039</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B714" s="0" t="s">
         <v>2040</v>
       </c>
-      <c r="B714" s="0" t="s">
+      <c r="C714" s="0" t="s">
         <v>2041</v>
-      </c>
-[...1 lines deleted...]
-        <v>2042</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B715" s="0" t="s">
         <v>2043</v>
       </c>
-      <c r="B715" s="0" t="s">
+      <c r="C715" s="0" t="s">
         <v>2044</v>
-      </c>
-[...1 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B716" s="0" t="s">
         <v>2046</v>
       </c>
-      <c r="B716" s="0" t="s">
+      <c r="C716" s="0" t="s">
         <v>2047</v>
-      </c>
-[...1 lines deleted...]
-        <v>2048</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B717" s="0" t="s">
         <v>2049</v>
       </c>
-      <c r="B717" s="0" t="s">
+      <c r="C717" s="0" t="s">
         <v>2050</v>
-      </c>
-[...1 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B718" s="0" t="s">
         <v>2052</v>
       </c>
-      <c r="B718" s="0" t="s">
+      <c r="C718" s="0" t="s">
         <v>2053</v>
-      </c>
-[...1 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B719" s="0" t="s">
         <v>2055</v>
       </c>
-      <c r="B719" s="0" t="s">
+      <c r="C719" s="0" t="s">
         <v>2056</v>
-      </c>
-[...1 lines deleted...]
-        <v>2057</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B720" s="0" t="s">
         <v>2058</v>
       </c>
-      <c r="B720" s="0" t="s">
+      <c r="C720" s="0" t="s">
         <v>2059</v>
-      </c>
-[...1 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B721" s="0" t="s">
         <v>2061</v>
       </c>
-      <c r="B721" s="0" t="s">
+      <c r="C721" s="0" t="s">
         <v>2062</v>
-      </c>
-[...1 lines deleted...]
-        <v>2063</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B722" s="0" t="s">
         <v>2064</v>
       </c>
-      <c r="B722" s="0" t="s">
+      <c r="C722" s="0" t="s">
         <v>2065</v>
-      </c>
-[...1 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B723" s="0" t="s">
         <v>2067</v>
       </c>
-      <c r="B723" s="0" t="s">
+      <c r="C723" s="0" t="s">
         <v>2068</v>
-      </c>
-[...1 lines deleted...]
-        <v>2069</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B724" s="0" t="s">
         <v>2070</v>
       </c>
-      <c r="B724" s="0" t="s">
+      <c r="C724" s="0" t="s">
         <v>2071</v>
-      </c>
-[...1 lines deleted...]
-        <v>2072</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
+        <v>2072</v>
+      </c>
+      <c r="B725" s="0" t="s">
         <v>2073</v>
       </c>
-      <c r="B725" s="0" t="s">
+      <c r="C725" s="0" t="s">
         <v>2074</v>
-      </c>
-[...1 lines deleted...]
-        <v>2075</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B726" s="0" t="s">
         <v>2076</v>
       </c>
-      <c r="B726" s="0" t="s">
+      <c r="C726" s="0" t="s">
         <v>2077</v>
-      </c>
-[...1 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B727" s="0" t="s">
         <v>2079</v>
       </c>
-      <c r="B727" s="0" t="s">
+      <c r="C727" s="0" t="s">
         <v>2080</v>
-      </c>
-[...1 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B728" s="0" t="s">
         <v>2082</v>
       </c>
-      <c r="B728" s="0" t="s">
+      <c r="C728" s="0" t="s">
         <v>2083</v>
-      </c>
-[...1 lines deleted...]
-        <v>2084</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B729" s="0" t="s">
         <v>2085</v>
       </c>
-      <c r="B729" s="0" t="s">
+      <c r="C729" s="0" t="s">
         <v>2086</v>
-      </c>
-[...1 lines deleted...]
-        <v>2087</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B730" s="0" t="s">
         <v>2088</v>
       </c>
-      <c r="B730" s="0" t="s">
+      <c r="C730" s="0" t="s">
         <v>2089</v>
-      </c>
-[...1 lines deleted...]
-        <v>2090</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B731" s="0" t="s">
         <v>2091</v>
       </c>
-      <c r="B731" s="0" t="s">
+      <c r="C731" s="0" t="s">
         <v>2092</v>
-      </c>
-[...1 lines deleted...]
-        <v>2093</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B732" s="0" t="s">
         <v>2094</v>
       </c>
-      <c r="B732" s="0" t="s">
+      <c r="C732" s="0" t="s">
         <v>2095</v>
-      </c>
-[...1 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B733" s="0" t="s">
         <v>2097</v>
       </c>
-      <c r="B733" s="0" t="s">
+      <c r="C733" s="0" t="s">
         <v>2098</v>
-      </c>
-[...1 lines deleted...]
-        <v>2099</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B734" s="0" t="s">
         <v>2100</v>
       </c>
-      <c r="B734" s="0" t="s">
+      <c r="C734" s="0" t="s">
         <v>2101</v>
-      </c>
-[...1 lines deleted...]
-        <v>2102</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B735" s="0" t="s">
         <v>2103</v>
       </c>
-      <c r="B735" s="0" t="s">
+      <c r="C735" s="0" t="s">
         <v>2104</v>
-      </c>
-[...1 lines deleted...]
-        <v>2105</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B736" s="0" t="s">
         <v>2106</v>
       </c>
-      <c r="B736" s="0" t="s">
+      <c r="C736" s="0" t="s">
         <v>2107</v>
-      </c>
-[...1 lines deleted...]
-        <v>2108</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B737" s="0" t="s">
         <v>2109</v>
       </c>
-      <c r="B737" s="0" t="s">
+      <c r="C737" s="0" t="s">
         <v>2110</v>
-      </c>
-[...1 lines deleted...]
-        <v>2111</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B738" s="0" t="s">
         <v>2112</v>
       </c>
-      <c r="B738" s="0" t="s">
+      <c r="C738" s="0" t="s">
         <v>2113</v>
-      </c>
-[...1 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B739" s="0" t="s">
         <v>2115</v>
       </c>
-      <c r="B739" s="0" t="s">
+      <c r="C739" s="0" t="s">
         <v>2116</v>
-      </c>
-[...1 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B740" s="0" t="s">
         <v>2118</v>
       </c>
-      <c r="B740" s="0" t="s">
+      <c r="C740" s="0" t="s">
         <v>2119</v>
-      </c>
-[...1 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B741" s="0" t="s">
         <v>2121</v>
       </c>
-      <c r="B741" s="0" t="s">
+      <c r="C741" s="0" t="s">
         <v>2122</v>
-      </c>
-[...1 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B742" s="0" t="s">
         <v>2124</v>
       </c>
-      <c r="B742" s="0" t="s">
+      <c r="C742" s="0" t="s">
         <v>2125</v>
-      </c>
-[...1 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B743" s="0" t="s">
         <v>2127</v>
       </c>
-      <c r="B743" s="0" t="s">
+      <c r="C743" s="0" t="s">
         <v>2128</v>
-      </c>
-[...1 lines deleted...]
-        <v>2129</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B744" s="0" t="s">
         <v>2130</v>
       </c>
-      <c r="B744" s="0" t="s">
+      <c r="C744" s="0" t="s">
         <v>2131</v>
-      </c>
-[...1 lines deleted...]
-        <v>2132</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B745" s="0" t="s">
         <v>2133</v>
       </c>
-      <c r="B745" s="0" t="s">
+      <c r="C745" s="0" t="s">
         <v>2134</v>
-      </c>
-[...1 lines deleted...]
-        <v>2135</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B746" s="0" t="s">
         <v>2136</v>
       </c>
-      <c r="B746" s="0" t="s">
+      <c r="C746" s="0" t="s">
         <v>2137</v>
-      </c>
-[...1 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B747" s="0" t="s">
         <v>2139</v>
       </c>
-      <c r="B747" s="0" t="s">
+      <c r="C747" s="0" t="s">
         <v>2140</v>
-      </c>
-[...1 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B748" s="0" t="s">
         <v>2142</v>
       </c>
-      <c r="B748" s="0" t="s">
+      <c r="C748" s="0" t="s">
         <v>2143</v>
-      </c>
-[...1 lines deleted...]
-        <v>2144</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B749" s="0" t="s">
         <v>2145</v>
       </c>
-      <c r="B749" s="0" t="s">
+      <c r="C749" s="0" t="s">
         <v>2146</v>
-      </c>
-[...1 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B750" s="0" t="s">
         <v>2148</v>
       </c>
-      <c r="B750" s="0" t="s">
+      <c r="C750" s="0" t="s">
         <v>2149</v>
-      </c>
-[...1 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B751" s="0" t="s">
         <v>2151</v>
       </c>
-      <c r="B751" s="0" t="s">
+      <c r="C751" s="0" t="s">
         <v>2152</v>
-      </c>
-[...1 lines deleted...]
-        <v>2153</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B752" s="0" t="s">
         <v>2154</v>
       </c>
-      <c r="B752" s="0" t="s">
+      <c r="C752" s="0" t="s">
         <v>2155</v>
-      </c>
-[...1 lines deleted...]
-        <v>2156</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B753" s="0" t="s">
         <v>2157</v>
       </c>
-      <c r="B753" s="0" t="s">
+      <c r="C753" s="0" t="s">
         <v>2158</v>
-      </c>
-[...1 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B754" s="0" t="s">
         <v>2160</v>
       </c>
-      <c r="B754" s="0" t="s">
+      <c r="C754" s="0" t="s">
         <v>2161</v>
-      </c>
-[...1 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B755" s="0" t="s">
         <v>2163</v>
       </c>
-      <c r="B755" s="0" t="s">
+      <c r="C755" s="0" t="s">
         <v>2164</v>
-      </c>
-[...1 lines deleted...]
-        <v>2156</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
         <v>2165</v>
       </c>
       <c r="B756" s="0" t="s">
         <v>2166</v>
       </c>
       <c r="C756" s="0" t="s">
-        <v>2024</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="C757" s="0" t="s">
-        <v>2156</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="C758" s="0" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="C759" s="0" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="C760" s="0" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="C761" s="0" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="C762" s="0" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="C763" s="0" t="s">
-        <v>2033</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>2186</v>
+        <v>2189</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="C764" s="0" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="C765" s="0" t="s">
-        <v>2135</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="C766" s="0" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="C767" s="0" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>2198</v>
+        <v>2202</v>
       </c>
       <c r="C768" s="0" t="s">
-        <v>2199</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>2201</v>
+        <v>2205</v>
       </c>
       <c r="C769" s="0" t="s">
-        <v>2202</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="C770" s="0" t="s">
-        <v>2188</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="C771" s="0" t="s">
-        <v>2207</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="C772" s="0" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="C773" s="0" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="C774" s="0" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="C775" s="0" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="C776" s="0" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="C777" s="0" t="s">
-        <v>2225</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="C778" s="0" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="C779" s="0" t="s">
-        <v>2231</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
         <v>2232</v>
       </c>
       <c r="B780" s="0" t="s">
         <v>2233</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>2234</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
         <v>2235</v>
       </c>
       <c r="B781" s="0" t="s">
         <v>2236</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
         <v>2238</v>
       </c>
       <c r="B782" s="0" t="s">
         <v>2239</v>
       </c>
       <c r="C782" s="0" t="s">
         <v>2240</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
         <v>2241</v>
       </c>
       <c r="B783" s="0" t="s">
         <v>2242</v>
       </c>
       <c r="C783" s="0" t="s">
-        <v>2228</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="C784" s="0" t="s">
-        <v>2245</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
         <v>2246</v>
       </c>
       <c r="B785" s="0" t="s">
         <v>2247</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>2248</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
         <v>2249</v>
       </c>
       <c r="B786" s="0" t="s">
         <v>2250</v>
       </c>
       <c r="C786" s="0" t="s">
         <v>2251</v>
       </c>
     </row>
     <row r="787">
@@ -21760,282 +21883,282 @@
         <v>2271</v>
       </c>
       <c r="C793" s="0" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
         <v>2273</v>
       </c>
       <c r="B794" s="0" t="s">
         <v>2274</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>2275</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
         <v>2276</v>
       </c>
       <c r="B795" s="0" t="s">
         <v>2277</v>
       </c>
       <c r="C795" s="0" t="s">
-        <v>2254</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="C796" s="0" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="C797" s="0" t="s">
-        <v>2283</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
         <v>2284</v>
       </c>
       <c r="B798" s="0" t="s">
         <v>2285</v>
       </c>
       <c r="C798" s="0" t="s">
-        <v>2248</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="C799" s="0" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="C800" s="0" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="C801" s="0" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="C802" s="0" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="C803" s="0" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="C804" s="0" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="C805" s="0" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="C806" s="0" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="C807" s="0" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="C808" s="0" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="C809" s="0" t="s">
-        <v>2269</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="C810" s="0" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="C811" s="0" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="C812" s="0" t="s">
-        <v>2325</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="C813" s="0" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="C814" s="0" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="C815" s="0" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B816" s="0" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C816" s="0" t="s">
         <v>2335</v>
-      </c>
-[...4 lines deleted...]
-        <v>2337</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
         <v>2338</v>
       </c>
       <c r="B817" s="0" t="s">
         <v>2339</v>
       </c>
       <c r="C817" s="0" t="s">
         <v>2340</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
         <v>2341</v>
       </c>
       <c r="B818" s="0" t="s">
         <v>2342</v>
       </c>
       <c r="C818" s="0" t="s">
         <v>2343</v>
       </c>
     </row>
     <row r="819">
@@ -22068,282 +22191,282 @@
         <v>2351</v>
       </c>
       <c r="C821" s="0" t="s">
         <v>2352</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
         <v>2353</v>
       </c>
       <c r="B822" s="0" t="s">
         <v>2354</v>
       </c>
       <c r="C822" s="0" t="s">
         <v>2355</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
         <v>2356</v>
       </c>
       <c r="B823" s="0" t="s">
         <v>2357</v>
       </c>
       <c r="C823" s="0" t="s">
-        <v>2358</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B824" s="0" t="s">
         <v>2359</v>
       </c>
-      <c r="B824" s="0" t="s">
+      <c r="C824" s="0" t="s">
         <v>2360</v>
-      </c>
-[...1 lines deleted...]
-        <v>2361</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B825" s="0" t="s">
         <v>2362</v>
       </c>
-      <c r="B825" s="0" t="s">
+      <c r="C825" s="0" t="s">
         <v>2363</v>
-      </c>
-[...1 lines deleted...]
-        <v>2364</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B826" s="0" t="s">
         <v>2365</v>
       </c>
-      <c r="B826" s="0" t="s">
+      <c r="C826" s="0" t="s">
         <v>2366</v>
-      </c>
-[...1 lines deleted...]
-        <v>2367</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B827" s="0" t="s">
         <v>2368</v>
       </c>
-      <c r="B827" s="0" t="s">
+      <c r="C827" s="0" t="s">
         <v>2369</v>
-      </c>
-[...1 lines deleted...]
-        <v>2370</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B828" s="0" t="s">
         <v>2371</v>
       </c>
-      <c r="B828" s="0" t="s">
+      <c r="C828" s="0" t="s">
         <v>2372</v>
-      </c>
-[...1 lines deleted...]
-        <v>2373</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B829" s="0" t="s">
         <v>2374</v>
       </c>
-      <c r="B829" s="0" t="s">
+      <c r="C829" s="0" t="s">
         <v>2375</v>
-      </c>
-[...1 lines deleted...]
-        <v>2376</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B830" s="0" t="s">
         <v>2377</v>
       </c>
-      <c r="B830" s="0" t="s">
+      <c r="C830" s="0" t="s">
         <v>2378</v>
-      </c>
-[...1 lines deleted...]
-        <v>2379</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B831" s="0" t="s">
         <v>2380</v>
       </c>
-      <c r="B831" s="0" t="s">
+      <c r="C831" s="0" t="s">
         <v>2381</v>
-      </c>
-[...1 lines deleted...]
-        <v>2382</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B832" s="0" t="s">
         <v>2383</v>
       </c>
-      <c r="B832" s="0" t="s">
+      <c r="C832" s="0" t="s">
         <v>2384</v>
-      </c>
-[...1 lines deleted...]
-        <v>2385</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B833" s="0" t="s">
         <v>2386</v>
       </c>
-      <c r="B833" s="0" t="s">
+      <c r="C833" s="0" t="s">
         <v>2387</v>
-      </c>
-[...1 lines deleted...]
-        <v>2388</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B834" s="0" t="s">
         <v>2389</v>
       </c>
-      <c r="B834" s="0" t="s">
+      <c r="C834" s="0" t="s">
         <v>2390</v>
-      </c>
-[...1 lines deleted...]
-        <v>2391</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B835" s="0" t="s">
         <v>2392</v>
       </c>
-      <c r="B835" s="0" t="s">
+      <c r="C835" s="0" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B836" s="0" t="s">
         <v>2395</v>
       </c>
-      <c r="B836" s="0" t="s">
+      <c r="C836" s="0" t="s">
         <v>2396</v>
-      </c>
-[...1 lines deleted...]
-        <v>2397</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B837" s="0" t="s">
         <v>2398</v>
       </c>
-      <c r="B837" s="0" t="s">
+      <c r="C837" s="0" t="s">
         <v>2399</v>
-      </c>
-[...1 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B838" s="0" t="s">
         <v>2401</v>
       </c>
-      <c r="B838" s="0" t="s">
+      <c r="C838" s="0" t="s">
         <v>2402</v>
-      </c>
-[...1 lines deleted...]
-        <v>2403</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B839" s="0" t="s">
         <v>2404</v>
       </c>
-      <c r="B839" s="0" t="s">
+      <c r="C839" s="0" t="s">
         <v>2405</v>
-      </c>
-[...1 lines deleted...]
-        <v>2406</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B840" s="0" t="s">
         <v>2407</v>
       </c>
-      <c r="B840" s="0" t="s">
+      <c r="C840" s="0" t="s">
         <v>2408</v>
-      </c>
-[...1 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B841" s="0" t="s">
         <v>2410</v>
       </c>
-      <c r="B841" s="0" t="s">
+      <c r="C841" s="0" t="s">
         <v>2411</v>
-      </c>
-[...1 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B842" s="0" t="s">
         <v>2413</v>
       </c>
-      <c r="B842" s="0" t="s">
+      <c r="C842" s="0" t="s">
         <v>2414</v>
-      </c>
-[...1 lines deleted...]
-        <v>2415</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B843" s="0" t="s">
         <v>2416</v>
       </c>
-      <c r="B843" s="0" t="s">
+      <c r="C843" s="0" t="s">
         <v>2417</v>
-      </c>
-[...1 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B844" s="0" t="s">
         <v>2419</v>
       </c>
-      <c r="B844" s="0" t="s">
+      <c r="C844" s="0" t="s">
         <v>2420</v>
-      </c>
-[...1 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
         <v>2421</v>
       </c>
       <c r="B845" s="0" t="s">
         <v>2422</v>
       </c>
       <c r="C845" s="0" t="s">
         <v>2423</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
         <v>2424</v>
       </c>
       <c r="B846" s="0" t="s">
         <v>2425</v>
       </c>
       <c r="C846" s="0" t="s">
         <v>2426</v>
       </c>
     </row>
     <row r="847">
@@ -22431,73 +22554,73 @@
         <v>2449</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>2450</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
         <v>2451</v>
       </c>
       <c r="B855" s="0" t="s">
         <v>2452</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>2453</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
         <v>2454</v>
       </c>
       <c r="B856" s="0" t="s">
         <v>2455</v>
       </c>
       <c r="C856" s="0" t="s">
-        <v>2340</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="C857" s="0" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="C858" s="0" t="s">
-        <v>2461</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
         <v>2462</v>
       </c>
       <c r="B859" s="0" t="s">
         <v>2463</v>
       </c>
       <c r="C859" s="0" t="s">
         <v>2464</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
         <v>2465</v>
       </c>
       <c r="B860" s="0" t="s">
         <v>2466</v>
       </c>
       <c r="C860" s="0" t="s">
         <v>2467</v>
       </c>
     </row>
     <row r="861">
@@ -22585,6684 +22708,6684 @@
         <v>2490</v>
       </c>
       <c r="C868" s="0" t="s">
         <v>2491</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
         <v>2492</v>
       </c>
       <c r="B869" s="0" t="s">
         <v>2493</v>
       </c>
       <c r="C869" s="0" t="s">
         <v>2494</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
         <v>2495</v>
       </c>
       <c r="B870" s="0" t="s">
         <v>2496</v>
       </c>
       <c r="C870" s="0" t="s">
-        <v>2497</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B871" s="0" t="s">
         <v>2498</v>
       </c>
-      <c r="B871" s="0" t="s">
+      <c r="C871" s="0" t="s">
         <v>2499</v>
-      </c>
-[...1 lines deleted...]
-        <v>2500</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B872" s="0" t="s">
         <v>2501</v>
       </c>
-      <c r="B872" s="0" t="s">
+      <c r="C872" s="0" t="s">
         <v>2502</v>
-      </c>
-[...1 lines deleted...]
-        <v>2503</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B873" s="0" t="s">
         <v>2504</v>
       </c>
-      <c r="B873" s="0" t="s">
+      <c r="C873" s="0" t="s">
         <v>2505</v>
-      </c>
-[...1 lines deleted...]
-        <v>2506</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B874" s="0" t="s">
         <v>2507</v>
       </c>
-      <c r="B874" s="0" t="s">
+      <c r="C874" s="0" t="s">
         <v>2508</v>
-      </c>
-[...1 lines deleted...]
-        <v>2509</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B875" s="0" t="s">
         <v>2510</v>
       </c>
-      <c r="B875" s="0" t="s">
+      <c r="C875" s="0" t="s">
         <v>2511</v>
-      </c>
-[...1 lines deleted...]
-        <v>2512</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B876" s="0" t="s">
         <v>2513</v>
       </c>
-      <c r="B876" s="0" t="s">
+      <c r="C876" s="0" t="s">
         <v>2514</v>
-      </c>
-[...1 lines deleted...]
-        <v>2515</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B877" s="0" t="s">
         <v>2516</v>
       </c>
-      <c r="B877" s="0" t="s">
+      <c r="C877" s="0" t="s">
         <v>2517</v>
-      </c>
-[...1 lines deleted...]
-        <v>2518</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B878" s="0" t="s">
         <v>2519</v>
       </c>
-      <c r="B878" s="0" t="s">
+      <c r="C878" s="0" t="s">
         <v>2520</v>
-      </c>
-[...1 lines deleted...]
-        <v>2521</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B879" s="0" t="s">
         <v>2522</v>
       </c>
-      <c r="B879" s="0" t="s">
+      <c r="C879" s="0" t="s">
         <v>2523</v>
-      </c>
-[...1 lines deleted...]
-        <v>2524</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B880" s="0" t="s">
         <v>2525</v>
       </c>
-      <c r="B880" s="0" t="s">
+      <c r="C880" s="0" t="s">
         <v>2526</v>
-      </c>
-[...1 lines deleted...]
-        <v>2527</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B881" s="0" t="s">
         <v>2528</v>
       </c>
-      <c r="B881" s="0" t="s">
+      <c r="C881" s="0" t="s">
         <v>2529</v>
-      </c>
-[...1 lines deleted...]
-        <v>2497</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
         <v>2530</v>
       </c>
       <c r="B882" s="0" t="s">
         <v>2531</v>
       </c>
       <c r="C882" s="0" t="s">
-        <v>2272</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="C883" s="0" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="C884" s="0" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="C885" s="0" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="C886" s="0" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="C887" s="0" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="C888" s="0" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="C889" s="0" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="C890" s="0" t="s">
-        <v>2305</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="C891" s="0" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="C892" s="0" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="C893" s="0" t="s">
-        <v>2334</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>2564</v>
+        <v>2567</v>
       </c>
       <c r="C894" s="0" t="s">
-        <v>2565</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>2566</v>
+        <v>2569</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>2567</v>
+        <v>2570</v>
       </c>
       <c r="C895" s="0" t="s">
-        <v>2568</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="C896" s="0" t="s">
-        <v>2571</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="C897" s="0" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="C898" s="0" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="C899" s="0" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="C900" s="0" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="C901" s="0" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="C902" s="0" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
       <c r="C903" s="0" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="C904" s="0" t="s">
-        <v>2595</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
         <v>2596</v>
       </c>
       <c r="B905" s="0" t="s">
         <v>2597</v>
       </c>
       <c r="C905" s="0" t="s">
-        <v>2299</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
       <c r="C906" s="0" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="C907" s="0" t="s">
-        <v>2305</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="C908" s="0" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="C909" s="0" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="C910" s="0" t="s">
-        <v>2592</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>2611</v>
+        <v>2613</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>2612</v>
+        <v>2614</v>
       </c>
       <c r="C911" s="0" t="s">
-        <v>2613</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>2614</v>
+        <v>2616</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>2615</v>
+        <v>2617</v>
       </c>
       <c r="C912" s="0" t="s">
-        <v>2616</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>2617</v>
+        <v>2619</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>2618</v>
+        <v>2620</v>
       </c>
       <c r="C913" s="0" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>2621</v>
+        <v>2623</v>
       </c>
       <c r="C914" s="0" t="s">
-        <v>2322</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="C915" s="0" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="C916" s="0" t="s">
-        <v>2627</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>2628</v>
+        <v>2631</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>2629</v>
+        <v>2632</v>
       </c>
       <c r="C917" s="0" t="s">
-        <v>2630</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>2631</v>
+        <v>2634</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>2632</v>
+        <v>2635</v>
       </c>
       <c r="C918" s="0" t="s">
-        <v>2633</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>2634</v>
+        <v>2637</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>2635</v>
+        <v>2638</v>
       </c>
       <c r="C919" s="0" t="s">
-        <v>2636</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="C920" s="0" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="C921" s="0" t="s">
-        <v>2642</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="C922" s="0" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="C923" s="0" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="C924" s="0" t="s">
-        <v>2651</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
         <v>2652</v>
       </c>
       <c r="B925" s="0" t="s">
         <v>2653</v>
       </c>
       <c r="C925" s="0" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
         <v>2655</v>
       </c>
       <c r="B926" s="0" t="s">
         <v>2656</v>
       </c>
       <c r="C926" s="0" t="s">
         <v>2657</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
         <v>2658</v>
       </c>
       <c r="B927" s="0" t="s">
         <v>2659</v>
       </c>
       <c r="C927" s="0" t="s">
-        <v>2260</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
       <c r="C928" s="0" t="s">
-        <v>2662</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
         <v>2663</v>
       </c>
       <c r="B929" s="0" t="s">
         <v>2664</v>
       </c>
       <c r="C929" s="0" t="s">
-        <v>2231</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>2665</v>
+        <v>2666</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>2666</v>
+        <v>2667</v>
       </c>
       <c r="C930" s="0" t="s">
-        <v>2667</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>2669</v>
+        <v>2670</v>
       </c>
       <c r="C931" s="0" t="s">
-        <v>2260</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
       <c r="C932" s="0" t="s">
-        <v>2672</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
       <c r="C933" s="0" t="s">
-        <v>2675</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>2676</v>
+        <v>2678</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>2677</v>
+        <v>2679</v>
       </c>
       <c r="C934" s="0" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="C935" s="0" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>2683</v>
+        <v>2685</v>
       </c>
       <c r="C936" s="0" t="s">
-        <v>2248</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>2685</v>
+        <v>2688</v>
       </c>
       <c r="C937" s="0" t="s">
-        <v>2686</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>2687</v>
+        <v>2690</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>2688</v>
+        <v>2691</v>
       </c>
       <c r="C938" s="0" t="s">
-        <v>2605</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>2689</v>
+        <v>2693</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>2690</v>
+        <v>2694</v>
       </c>
       <c r="C939" s="0" t="s">
-        <v>2540</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>2691</v>
+        <v>2696</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="C940" s="0" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
-        <v>2694</v>
+        <v>2699</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
       <c r="C941" s="0" t="s">
-        <v>2696</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
-        <v>2697</v>
+        <v>2701</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>2698</v>
+        <v>2702</v>
       </c>
       <c r="C942" s="0" t="s">
-        <v>2699</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
-        <v>2700</v>
+        <v>2704</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>2701</v>
+        <v>2705</v>
       </c>
       <c r="C943" s="0" t="s">
-        <v>2280</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>2702</v>
+        <v>2706</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>2703</v>
+        <v>2707</v>
       </c>
       <c r="C944" s="0" t="s">
-        <v>2704</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>2705</v>
+        <v>2709</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>2706</v>
+        <v>2710</v>
       </c>
       <c r="C945" s="0" t="s">
-        <v>2707</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>2708</v>
+        <v>2711</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>2709</v>
+        <v>2712</v>
       </c>
       <c r="C946" s="0" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
       <c r="C947" s="0" t="s">
-        <v>2713</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="C948" s="0" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>2717</v>
+        <v>2720</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>2718</v>
+        <v>2721</v>
       </c>
       <c r="C949" s="0" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
-        <v>2720</v>
+        <v>2723</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>2721</v>
+        <v>2724</v>
       </c>
       <c r="C950" s="0" t="s">
-        <v>2722</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>2723</v>
+        <v>2725</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>2724</v>
+        <v>2726</v>
       </c>
       <c r="C951" s="0" t="s">
-        <v>2725</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>2726</v>
+        <v>2728</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>2727</v>
+        <v>2729</v>
       </c>
       <c r="C952" s="0" t="s">
-        <v>2728</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="C953" s="0" t="s">
-        <v>2153</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="C954" s="0" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="C955" s="0" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
       <c r="C956" s="0" t="s">
-        <v>2159</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>2739</v>
+        <v>2741</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>2740</v>
+        <v>2742</v>
       </c>
       <c r="C957" s="0" t="s">
-        <v>2741</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="C958" s="0" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
       <c r="C959" s="0" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="C960" s="0" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="C961" s="0" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="C962" s="0" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
       <c r="C963" s="0" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="C964" s="0" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="C965" s="0" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
       <c r="C966" s="0" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
       <c r="C967" s="0" t="s">
-        <v>1997</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="C968" s="0" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>2775</v>
+        <v>2776</v>
       </c>
       <c r="C969" s="0" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
       <c r="B970" s="0" t="s">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="C970" s="0" t="s">
-        <v>2015</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
       <c r="B971" s="0" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
       <c r="C971" s="0" t="s">
-        <v>2781</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
       <c r="B972" s="0" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
       <c r="C972" s="0" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
       <c r="C973" s="0" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>2788</v>
+        <v>2789</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>2789</v>
+        <v>2790</v>
       </c>
       <c r="C974" s="0" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>2791</v>
+        <v>2792</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>2792</v>
+        <v>2793</v>
       </c>
       <c r="C975" s="0" t="s">
-        <v>2793</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>2794</v>
+        <v>2795</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>2795</v>
+        <v>2796</v>
       </c>
       <c r="C976" s="0" t="s">
-        <v>2796</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>2798</v>
+        <v>2799</v>
       </c>
       <c r="C977" s="0" t="s">
-        <v>2213</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="C978" s="0" t="s">
-        <v>2048</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
       <c r="C979" s="0" t="s">
-        <v>2803</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>2804</v>
+        <v>2807</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>2805</v>
+        <v>2808</v>
       </c>
       <c r="C980" s="0" t="s">
-        <v>2806</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>2807</v>
+        <v>2810</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
       <c r="C981" s="0" t="s">
-        <v>2809</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="C982" s="0" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="C983" s="0" t="s">
-        <v>2654</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>2815</v>
+        <v>2818</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>2816</v>
+        <v>2819</v>
       </c>
       <c r="C984" s="0" t="s">
-        <v>2817</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
       <c r="C985" s="0" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
       <c r="C986" s="0" t="s">
-        <v>2039</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="C987" s="0" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>2826</v>
+        <v>2829</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>2827</v>
+        <v>2830</v>
       </c>
       <c r="C988" s="0" t="s">
-        <v>2828</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>2829</v>
+        <v>2832</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>2830</v>
+        <v>2833</v>
       </c>
       <c r="C989" s="0" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>2833</v>
+        <v>2836</v>
       </c>
       <c r="C990" s="0" t="s">
-        <v>2834</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
       <c r="C991" s="0" t="s">
-        <v>2837</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>2838</v>
+        <v>2840</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>2839</v>
+        <v>2841</v>
       </c>
       <c r="C992" s="0" t="s">
-        <v>2840</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="C993" s="0" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="C994" s="0" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="C995" s="0" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
       <c r="C996" s="0" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="C997" s="0" t="s">
-        <v>2855</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
         <v>2856</v>
       </c>
       <c r="B998" s="0" t="s">
         <v>2857</v>
       </c>
       <c r="C998" s="0" t="s">
-        <v>1947</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="C999" s="0" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="C1000" s="0" t="s">
-        <v>2863</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
         <v>2864</v>
       </c>
       <c r="B1001" s="0" t="s">
         <v>2865</v>
       </c>
       <c r="C1001" s="0" t="s">
         <v>2866</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
         <v>2867</v>
       </c>
       <c r="B1002" s="0" t="s">
         <v>2868</v>
       </c>
       <c r="C1002" s="0" t="s">
-        <v>1864</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
       <c r="C1003" s="0" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="C1004" s="0" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="C1005" s="0" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
       <c r="C1006" s="0" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="C1007" s="0" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
       <c r="C1008" s="0" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="C1009" s="0" t="s">
-        <v>1888</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>2889</v>
+        <v>2891</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>2890</v>
+        <v>2892</v>
       </c>
       <c r="C1010" s="0" t="s">
-        <v>2891</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>2892</v>
+        <v>2894</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
       <c r="C1011" s="0" t="s">
-        <v>1674</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>2894</v>
+        <v>2897</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>2895</v>
+        <v>2898</v>
       </c>
       <c r="C1012" s="0" t="s">
-        <v>2896</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
-        <v>2897</v>
+        <v>2899</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>2898</v>
+        <v>2900</v>
       </c>
       <c r="C1013" s="0" t="s">
-        <v>2899</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
       <c r="C1014" s="0" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>2904</v>
+        <v>2906</v>
       </c>
       <c r="C1015" s="0" t="s">
-        <v>1760</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>2905</v>
+        <v>2908</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="C1016" s="0" t="s">
-        <v>2907</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>2908</v>
+        <v>2910</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>2909</v>
+        <v>2911</v>
       </c>
       <c r="C1017" s="0" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
       <c r="B1018" s="0" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
       <c r="C1018" s="0" t="s">
-        <v>2913</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
-        <v>2914</v>
+        <v>2916</v>
       </c>
       <c r="B1019" s="0" t="s">
-        <v>2915</v>
+        <v>2917</v>
       </c>
       <c r="C1019" s="0" t="s">
-        <v>2916</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="B1020" s="0" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
       <c r="C1020" s="0" t="s">
-        <v>1807</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
-        <v>2919</v>
+        <v>2922</v>
       </c>
       <c r="B1021" s="0" t="s">
-        <v>2920</v>
+        <v>2923</v>
       </c>
       <c r="C1021" s="0" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
       <c r="C1022" s="0" t="s">
-        <v>1786</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
       <c r="B1023" s="0" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
       <c r="C1023" s="0" t="s">
-        <v>2926</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="0" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
       <c r="C1024" s="0" t="s">
-        <v>1777</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
       <c r="B1025" s="0" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
       <c r="C1025" s="0" t="s">
-        <v>2931</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
-        <v>2932</v>
+        <v>2935</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>2933</v>
+        <v>2936</v>
       </c>
       <c r="C1026" s="0" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
       <c r="C1027" s="0" t="s">
-        <v>1801</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
-        <v>2937</v>
+        <v>2941</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>2938</v>
+        <v>2942</v>
       </c>
       <c r="C1028" s="0" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
       <c r="B1029" s="0" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
       <c r="C1029" s="0" t="s">
-        <v>2942</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
       <c r="B1030" s="0" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
       <c r="C1030" s="0" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
-        <v>2946</v>
+        <v>2949</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
       <c r="C1031" s="0" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
       <c r="C1032" s="0" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="C1033" s="0" t="s">
-        <v>1769</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
       <c r="C1034" s="0" t="s">
-        <v>1709</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>2956</v>
+        <v>2960</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>2957</v>
+        <v>2961</v>
       </c>
       <c r="C1035" s="0" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
       <c r="C1036" s="0" t="s">
-        <v>2961</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>2963</v>
+        <v>2966</v>
       </c>
       <c r="C1037" s="0" t="s">
-        <v>2951</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>2965</v>
+        <v>2969</v>
       </c>
       <c r="C1038" s="0" t="s">
-        <v>2966</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
-        <v>2967</v>
+        <v>2970</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>2968</v>
+        <v>2971</v>
       </c>
       <c r="C1039" s="0" t="s">
-        <v>2969</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="0" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
       <c r="C1040" s="0" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="0" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
       <c r="B1041" s="0" t="s">
-        <v>2974</v>
+        <v>2977</v>
       </c>
       <c r="C1041" s="0" t="s">
-        <v>2975</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="0" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="B1042" s="0" t="s">
-        <v>2977</v>
+        <v>2979</v>
       </c>
       <c r="C1042" s="0" t="s">
-        <v>1777</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="0" t="s">
-        <v>2978</v>
+        <v>2981</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>2979</v>
+        <v>2982</v>
       </c>
       <c r="C1043" s="0" t="s">
-        <v>2980</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="0" t="s">
-        <v>2981</v>
+        <v>2984</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>2982</v>
+        <v>2985</v>
       </c>
       <c r="C1044" s="0" t="s">
-        <v>1623</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="0" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
       <c r="B1045" s="0" t="s">
-        <v>2984</v>
+        <v>2988</v>
       </c>
       <c r="C1045" s="0" t="s">
-        <v>1659</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="0" t="s">
-        <v>2985</v>
+        <v>2990</v>
       </c>
       <c r="B1046" s="0" t="s">
-        <v>2986</v>
+        <v>2991</v>
       </c>
       <c r="C1046" s="0" t="s">
-        <v>1766</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
-        <v>2987</v>
+        <v>2993</v>
       </c>
       <c r="B1047" s="0" t="s">
-        <v>2988</v>
+        <v>2994</v>
       </c>
       <c r="C1047" s="0" t="s">
-        <v>2989</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
-        <v>2990</v>
+        <v>2995</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>2991</v>
+        <v>2996</v>
       </c>
       <c r="C1048" s="0" t="s">
-        <v>1798</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
-        <v>2992</v>
+        <v>2997</v>
       </c>
       <c r="B1049" s="0" t="s">
-        <v>2993</v>
+        <v>2998</v>
       </c>
       <c r="C1049" s="0" t="s">
-        <v>1798</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
-        <v>2994</v>
+        <v>3000</v>
       </c>
       <c r="B1050" s="0" t="s">
-        <v>2995</v>
+        <v>3001</v>
       </c>
       <c r="C1050" s="0" t="s">
-        <v>2996</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
-        <v>2997</v>
+        <v>3003</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>2998</v>
+        <v>3004</v>
       </c>
       <c r="C1051" s="0" t="s">
-        <v>2999</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>3000</v>
+        <v>3005</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>3001</v>
+        <v>3006</v>
       </c>
       <c r="C1052" s="0" t="s">
-        <v>1819</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
-        <v>3002</v>
+        <v>3008</v>
       </c>
       <c r="B1053" s="0" t="s">
-        <v>3003</v>
+        <v>3009</v>
       </c>
       <c r="C1053" s="0" t="s">
-        <v>1644</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
-        <v>3004</v>
+        <v>3011</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>3005</v>
+        <v>3012</v>
       </c>
       <c r="C1054" s="0" t="s">
-        <v>3006</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
-        <v>3007</v>
+        <v>3014</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>3008</v>
+        <v>3015</v>
       </c>
       <c r="C1055" s="0" t="s">
-        <v>3009</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
-        <v>3010</v>
+        <v>3017</v>
       </c>
       <c r="B1056" s="0" t="s">
-        <v>3011</v>
+        <v>3018</v>
       </c>
       <c r="C1056" s="0" t="s">
-        <v>1606</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
-        <v>3012</v>
+        <v>3019</v>
       </c>
       <c r="B1057" s="0" t="s">
-        <v>3013</v>
+        <v>3020</v>
       </c>
       <c r="C1057" s="0" t="s">
-        <v>3014</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
-        <v>3015</v>
+        <v>3022</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>3016</v>
+        <v>3023</v>
       </c>
       <c r="C1058" s="0" t="s">
-        <v>3017</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>3018</v>
+        <v>3024</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>3019</v>
+        <v>3025</v>
       </c>
       <c r="C1059" s="0" t="s">
-        <v>3020</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
-        <v>3021</v>
+        <v>3026</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>3022</v>
+        <v>3027</v>
       </c>
       <c r="C1060" s="0" t="s">
-        <v>3023</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>3024</v>
+        <v>3028</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>3025</v>
+        <v>3029</v>
       </c>
       <c r="C1061" s="0" t="s">
-        <v>3020</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>3026</v>
+        <v>3031</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>3027</v>
+        <v>3032</v>
       </c>
       <c r="C1062" s="0" t="s">
-        <v>3028</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>3029</v>
+        <v>3033</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
       <c r="C1063" s="0" t="s">
-        <v>3031</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
-        <v>3032</v>
+        <v>3035</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>3033</v>
+        <v>3036</v>
       </c>
       <c r="C1064" s="0" t="s">
-        <v>3034</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
-        <v>3035</v>
+        <v>3038</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>3036</v>
+        <v>3039</v>
       </c>
       <c r="C1065" s="0" t="s">
-        <v>3037</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
-        <v>3038</v>
+        <v>3041</v>
       </c>
       <c r="B1066" s="0" t="s">
-        <v>3039</v>
+        <v>3042</v>
       </c>
       <c r="C1066" s="0" t="s">
-        <v>3040</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
-        <v>3041</v>
+        <v>3043</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>3042</v>
+        <v>3044</v>
       </c>
       <c r="C1067" s="0" t="s">
-        <v>3043</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="0" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="C1068" s="0" t="s">
-        <v>1574</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="0" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="C1069" s="0" t="s">
-        <v>1559</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="0" t="s">
-        <v>3048</v>
+        <v>3051</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>3049</v>
+        <v>3052</v>
       </c>
       <c r="C1070" s="0" t="s">
-        <v>3050</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="0" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="C1071" s="0" t="s">
-        <v>3053</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="0" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="C1072" s="0" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="0" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="C1073" s="0" t="s">
-        <v>3040</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="0" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>3060</v>
+        <v>3063</v>
       </c>
       <c r="C1074" s="0" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="0" t="s">
-        <v>3062</v>
+        <v>3065</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
       <c r="C1075" s="0" t="s">
-        <v>3064</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>3066</v>
+        <v>3068</v>
       </c>
       <c r="C1076" s="0" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="C1077" s="0" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="C1078" s="0" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="C1079" s="0" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>3078</v>
+        <v>3080</v>
       </c>
       <c r="C1080" s="0" t="s">
-        <v>3076</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
-        <v>3079</v>
+        <v>3082</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>3080</v>
+        <v>3083</v>
       </c>
       <c r="C1081" s="0" t="s">
-        <v>3034</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
-        <v>3081</v>
+        <v>3085</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>3082</v>
+        <v>3086</v>
       </c>
       <c r="C1082" s="0" t="s">
-        <v>3050</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
-        <v>3083</v>
+        <v>3087</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>3084</v>
+        <v>3088</v>
       </c>
       <c r="C1083" s="0" t="s">
-        <v>3085</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
-        <v>3086</v>
+        <v>3089</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>3087</v>
+        <v>3090</v>
       </c>
       <c r="C1084" s="0" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="0" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>3090</v>
+        <v>3093</v>
       </c>
       <c r="C1085" s="0" t="s">
-        <v>3091</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="0" t="s">
-        <v>3092</v>
+        <v>3095</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>3093</v>
+        <v>3096</v>
       </c>
       <c r="C1086" s="0" t="s">
-        <v>3094</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="0" t="s">
-        <v>3095</v>
+        <v>3098</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>3096</v>
+        <v>3099</v>
       </c>
       <c r="C1087" s="0" t="s">
-        <v>3097</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="0" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="C1088" s="0" t="s">
-        <v>1585</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="0" t="s">
-        <v>3100</v>
+        <v>3103</v>
       </c>
       <c r="B1089" s="0" t="s">
-        <v>3101</v>
+        <v>3104</v>
       </c>
       <c r="C1089" s="0" t="s">
-        <v>3102</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="0" t="s">
-        <v>3103</v>
+        <v>3106</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>3104</v>
+        <v>3107</v>
       </c>
       <c r="C1090" s="0" t="s">
-        <v>1580</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="0" t="s">
-        <v>3105</v>
+        <v>3109</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>3106</v>
+        <v>3110</v>
       </c>
       <c r="C1091" s="0" t="s">
-        <v>1556</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="0" t="s">
-        <v>3107</v>
+        <v>3112</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>3108</v>
+        <v>3113</v>
       </c>
       <c r="C1092" s="0" t="s">
-        <v>1591</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="0" t="s">
-        <v>3109</v>
+        <v>3115</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>3110</v>
+        <v>3116</v>
       </c>
       <c r="C1093" s="0" t="s">
-        <v>3111</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="0" t="s">
-        <v>3112</v>
+        <v>3118</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>3113</v>
+        <v>3119</v>
       </c>
       <c r="C1094" s="0" t="s">
-        <v>3114</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="0" t="s">
-        <v>3115</v>
+        <v>3120</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>3116</v>
+        <v>3121</v>
       </c>
       <c r="C1095" s="0" t="s">
-        <v>3117</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="0" t="s">
-        <v>3118</v>
+        <v>3122</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>3119</v>
+        <v>3123</v>
       </c>
       <c r="C1096" s="0" t="s">
-        <v>3120</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="0" t="s">
-        <v>3121</v>
+        <v>3124</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>3122</v>
+        <v>3125</v>
       </c>
       <c r="C1097" s="0" t="s">
-        <v>3097</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="0" t="s">
-        <v>3123</v>
+        <v>3127</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>3124</v>
+        <v>3128</v>
       </c>
       <c r="C1098" s="0" t="s">
-        <v>3125</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="0" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>3127</v>
+        <v>3131</v>
       </c>
       <c r="C1099" s="0" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="0" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="C1100" s="0" t="s">
-        <v>3131</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="0" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>3133</v>
+        <v>3137</v>
       </c>
       <c r="C1101" s="0" t="s">
-        <v>3134</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="0" t="s">
-        <v>3135</v>
+        <v>3139</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
       <c r="C1102" s="0" t="s">
-        <v>3137</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="0" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
       <c r="B1103" s="0" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="C1103" s="0" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="0" t="s">
-        <v>3141</v>
+        <v>3144</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
       <c r="C1104" s="0" t="s">
-        <v>3143</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="0" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>3145</v>
+        <v>3147</v>
       </c>
       <c r="C1105" s="0" t="s">
-        <v>3146</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="0" t="s">
-        <v>3147</v>
+        <v>3148</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>3148</v>
+        <v>3149</v>
       </c>
       <c r="C1106" s="0" t="s">
-        <v>3149</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="0" t="s">
         <v>3150</v>
       </c>
       <c r="B1107" s="0" t="s">
         <v>3151</v>
       </c>
       <c r="C1107" s="0" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
         <v>3153</v>
       </c>
       <c r="B1108" s="0" t="s">
         <v>3154</v>
       </c>
       <c r="C1108" s="0" t="s">
         <v>3155</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
         <v>3156</v>
       </c>
       <c r="B1109" s="0" t="s">
         <v>3157</v>
       </c>
       <c r="C1109" s="0" t="s">
-        <v>3152</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
-        <v>3158</v>
+        <v>3159</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>3159</v>
+        <v>3160</v>
       </c>
       <c r="C1110" s="0" t="s">
-        <v>1473</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>3161</v>
+        <v>3163</v>
       </c>
       <c r="C1111" s="0" t="s">
-        <v>3131</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
-        <v>3162</v>
+        <v>3164</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>3163</v>
+        <v>3165</v>
       </c>
       <c r="C1112" s="0" t="s">
-        <v>3164</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>3165</v>
+        <v>3167</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>3166</v>
+        <v>3168</v>
       </c>
       <c r="C1113" s="0" t="s">
-        <v>3137</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>3167</v>
+        <v>3170</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>3168</v>
+        <v>3171</v>
       </c>
       <c r="C1114" s="0" t="s">
-        <v>3169</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="0" t="s">
-        <v>3170</v>
+        <v>3173</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>3171</v>
+        <v>3174</v>
       </c>
       <c r="C1115" s="0" t="s">
-        <v>3053</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="0" t="s">
-        <v>3172</v>
+        <v>3176</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>3173</v>
+        <v>3177</v>
       </c>
       <c r="C1116" s="0" t="s">
-        <v>3174</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="0" t="s">
-        <v>3175</v>
+        <v>3179</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>3176</v>
+        <v>3180</v>
       </c>
       <c r="C1117" s="0" t="s">
-        <v>3023</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="0" t="s">
-        <v>3177</v>
+        <v>3182</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>3178</v>
+        <v>3183</v>
       </c>
       <c r="C1118" s="0" t="s">
-        <v>3179</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="0" t="s">
-        <v>3180</v>
+        <v>3185</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>3181</v>
+        <v>3186</v>
       </c>
       <c r="C1119" s="0" t="s">
-        <v>3182</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="0" t="s">
-        <v>3183</v>
+        <v>3188</v>
       </c>
       <c r="B1120" s="0" t="s">
-        <v>3184</v>
+        <v>3189</v>
       </c>
       <c r="C1120" s="0" t="s">
-        <v>3185</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="0" t="s">
-        <v>3186</v>
+        <v>3191</v>
       </c>
       <c r="B1121" s="0" t="s">
-        <v>3187</v>
+        <v>3192</v>
       </c>
       <c r="C1121" s="0" t="s">
-        <v>3188</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="0" t="s">
-        <v>3189</v>
+        <v>3194</v>
       </c>
       <c r="B1122" s="0" t="s">
-        <v>3190</v>
+        <v>3195</v>
       </c>
       <c r="C1122" s="0" t="s">
-        <v>3191</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="0" t="s">
-        <v>3192</v>
+        <v>3197</v>
       </c>
       <c r="B1123" s="0" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C1123" s="0" t="s">
         <v>3193</v>
-      </c>
-[...1 lines deleted...]
-        <v>3194</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="0" t="s">
-        <v>3195</v>
+        <v>3199</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>3196</v>
+        <v>3200</v>
       </c>
       <c r="C1124" s="0" t="s">
-        <v>3197</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="0" t="s">
-        <v>3198</v>
+        <v>3201</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>3199</v>
+        <v>3202</v>
       </c>
       <c r="C1125" s="0" t="s">
-        <v>3200</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="0" t="s">
-        <v>3201</v>
+        <v>3203</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>3202</v>
+        <v>3204</v>
       </c>
       <c r="C1126" s="0" t="s">
-        <v>3203</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="0" t="s">
-        <v>3204</v>
+        <v>3206</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>3205</v>
+        <v>3207</v>
       </c>
       <c r="C1127" s="0" t="s">
-        <v>1588</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
-        <v>3206</v>
+        <v>3208</v>
       </c>
       <c r="B1128" s="0" t="s">
-        <v>3207</v>
+        <v>3209</v>
       </c>
       <c r="C1128" s="0" t="s">
-        <v>3091</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
-        <v>3208</v>
+        <v>3211</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>3209</v>
+        <v>3212</v>
       </c>
       <c r="C1129" s="0" t="s">
-        <v>3091</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="0" t="s">
-        <v>3210</v>
+        <v>3213</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>3211</v>
+        <v>3214</v>
       </c>
       <c r="C1130" s="0" t="s">
-        <v>3212</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="0" t="s">
-        <v>3213</v>
+        <v>3216</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>3214</v>
+        <v>3217</v>
       </c>
       <c r="C1131" s="0" t="s">
-        <v>3179</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="0" t="s">
-        <v>3215</v>
+        <v>3218</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>3216</v>
+        <v>3219</v>
       </c>
       <c r="C1132" s="0" t="s">
-        <v>3217</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="0" t="s">
-        <v>3218</v>
+        <v>3221</v>
       </c>
       <c r="B1133" s="0" t="s">
-        <v>3219</v>
+        <v>3222</v>
       </c>
       <c r="C1133" s="0" t="s">
-        <v>3043</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="0" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
       <c r="B1134" s="0" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
       <c r="C1134" s="0" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="0" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
       <c r="B1135" s="0" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
       <c r="C1135" s="0" t="s">
-        <v>1571</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="0" t="s">
-        <v>3225</v>
+        <v>3230</v>
       </c>
       <c r="B1136" s="0" t="s">
-        <v>3226</v>
+        <v>3231</v>
       </c>
       <c r="C1136" s="0" t="s">
-        <v>3227</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="0" t="s">
-        <v>3228</v>
+        <v>3233</v>
       </c>
       <c r="B1137" s="0" t="s">
-        <v>3229</v>
+        <v>3234</v>
       </c>
       <c r="C1137" s="0" t="s">
-        <v>3230</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="0" t="s">
-        <v>3231</v>
+        <v>3236</v>
       </c>
       <c r="B1138" s="0" t="s">
-        <v>3232</v>
+        <v>3237</v>
       </c>
       <c r="C1138" s="0" t="s">
-        <v>3233</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
-        <v>3234</v>
+        <v>3239</v>
       </c>
       <c r="B1139" s="0" t="s">
-        <v>3235</v>
+        <v>3240</v>
       </c>
       <c r="C1139" s="0" t="s">
-        <v>3182</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
-        <v>3236</v>
+        <v>3242</v>
       </c>
       <c r="B1140" s="0" t="s">
-        <v>3237</v>
+        <v>3243</v>
       </c>
       <c r="C1140" s="0" t="s">
-        <v>3238</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
-        <v>3239</v>
+        <v>3245</v>
       </c>
       <c r="B1141" s="0" t="s">
-        <v>3240</v>
+        <v>3246</v>
       </c>
       <c r="C1141" s="0" t="s">
-        <v>3241</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="0" t="s">
-        <v>3242</v>
+        <v>3247</v>
       </c>
       <c r="B1142" s="0" t="s">
-        <v>3243</v>
+        <v>3248</v>
       </c>
       <c r="C1142" s="0" t="s">
-        <v>3244</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="0" t="s">
-        <v>3245</v>
+        <v>3249</v>
       </c>
       <c r="B1143" s="0" t="s">
-        <v>3246</v>
+        <v>3250</v>
       </c>
       <c r="C1143" s="0" t="s">
-        <v>3247</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="0" t="s">
-        <v>3248</v>
+        <v>3251</v>
       </c>
       <c r="B1144" s="0" t="s">
-        <v>3249</v>
+        <v>3252</v>
       </c>
       <c r="C1144" s="0" t="s">
-        <v>3250</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="0" t="s">
-        <v>3251</v>
+        <v>3254</v>
       </c>
       <c r="B1145" s="0" t="s">
-        <v>3252</v>
+        <v>3255</v>
       </c>
       <c r="C1145" s="0" t="s">
-        <v>3253</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="0" t="s">
-        <v>3254</v>
+        <v>3256</v>
       </c>
       <c r="B1146" s="0" t="s">
-        <v>3255</v>
+        <v>3257</v>
       </c>
       <c r="C1146" s="0" t="s">
-        <v>3256</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="0" t="s">
-        <v>3257</v>
+        <v>3259</v>
       </c>
       <c r="B1147" s="0" t="s">
-        <v>3258</v>
+        <v>3260</v>
       </c>
       <c r="C1147" s="0" t="s">
-        <v>3259</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="0" t="s">
-        <v>3260</v>
+        <v>3261</v>
       </c>
       <c r="B1148" s="0" t="s">
-        <v>3261</v>
+        <v>3262</v>
       </c>
       <c r="C1148" s="0" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="0" t="s">
-        <v>3263</v>
+        <v>3264</v>
       </c>
       <c r="B1149" s="0" t="s">
-        <v>3264</v>
+        <v>3265</v>
       </c>
       <c r="C1149" s="0" t="s">
-        <v>3265</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="0" t="s">
         <v>3266</v>
       </c>
       <c r="B1150" s="0" t="s">
         <v>3267</v>
       </c>
       <c r="C1150" s="0" t="s">
-        <v>1816</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="0" t="s">
-        <v>3268</v>
+        <v>3269</v>
       </c>
       <c r="B1151" s="0" t="s">
-        <v>3269</v>
+        <v>3270</v>
       </c>
       <c r="C1151" s="0" t="s">
-        <v>1597</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
-        <v>3270</v>
+        <v>3272</v>
       </c>
       <c r="B1152" s="0" t="s">
-        <v>3271</v>
+        <v>3273</v>
       </c>
       <c r="C1152" s="0" t="s">
-        <v>3272</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
-        <v>3273</v>
+        <v>3275</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>3274</v>
+        <v>3276</v>
       </c>
       <c r="C1153" s="0" t="s">
-        <v>3275</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="0" t="s">
-        <v>3276</v>
+        <v>3277</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>3277</v>
+        <v>3278</v>
       </c>
       <c r="C1154" s="0" t="s">
-        <v>3278</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="0" t="s">
-        <v>3279</v>
+        <v>3280</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>3280</v>
+        <v>3281</v>
       </c>
       <c r="C1155" s="0" t="s">
-        <v>1747</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="0" t="s">
-        <v>3281</v>
+        <v>3283</v>
       </c>
       <c r="B1156" s="0" t="s">
-        <v>3282</v>
+        <v>3284</v>
       </c>
       <c r="C1156" s="0" t="s">
-        <v>3283</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
-        <v>3284</v>
+        <v>3286</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>3285</v>
+        <v>3287</v>
       </c>
       <c r="C1157" s="0" t="s">
-        <v>3286</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
-        <v>3287</v>
+        <v>3289</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
       <c r="C1158" s="0" t="s">
-        <v>3289</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
-        <v>3290</v>
+        <v>3292</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>3291</v>
+        <v>3293</v>
       </c>
       <c r="C1159" s="0" t="s">
-        <v>1718</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>3292</v>
+        <v>3295</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>3293</v>
+        <v>3296</v>
       </c>
       <c r="C1160" s="0" t="s">
-        <v>3294</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
-        <v>3295</v>
+        <v>3298</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>3296</v>
+        <v>3299</v>
       </c>
       <c r="C1161" s="0" t="s">
-        <v>3297</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>3298</v>
+        <v>3301</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>3299</v>
+        <v>3302</v>
       </c>
       <c r="C1162" s="0" t="s">
-        <v>3300</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>3301</v>
+        <v>3304</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>3302</v>
+        <v>3305</v>
       </c>
       <c r="C1163" s="0" t="s">
-        <v>3303</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>3304</v>
+        <v>3307</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>3305</v>
+        <v>3308</v>
       </c>
       <c r="C1164" s="0" t="s">
-        <v>3306</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>3308</v>
+        <v>3310</v>
       </c>
       <c r="C1165" s="0" t="s">
-        <v>3309</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>3310</v>
+        <v>3311</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>3311</v>
+        <v>3312</v>
       </c>
       <c r="C1166" s="0" t="s">
-        <v>1733</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>3312</v>
+        <v>3314</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>3313</v>
+        <v>3315</v>
       </c>
       <c r="C1167" s="0" t="s">
-        <v>3314</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>3316</v>
+        <v>3318</v>
       </c>
       <c r="C1168" s="0" t="s">
-        <v>3317</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>3318</v>
+        <v>3320</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>3319</v>
+        <v>3321</v>
       </c>
       <c r="C1169" s="0" t="s">
-        <v>3320</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>3321</v>
+        <v>3322</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="C1170" s="0" t="s">
-        <v>3323</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
-        <v>3324</v>
+        <v>3325</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="C1171" s="0" t="s">
-        <v>3326</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>3327</v>
+        <v>3328</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="C1172" s="0" t="s">
-        <v>3320</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
-        <v>3329</v>
+        <v>3331</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>3330</v>
+        <v>3332</v>
       </c>
       <c r="C1173" s="0" t="s">
-        <v>3331</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>3332</v>
+        <v>3333</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>3333</v>
+        <v>3334</v>
       </c>
       <c r="C1174" s="0" t="s">
-        <v>1692</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>3334</v>
+        <v>3336</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>3335</v>
+        <v>3337</v>
       </c>
       <c r="C1175" s="0" t="s">
-        <v>3336</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
-        <v>3337</v>
+        <v>3339</v>
       </c>
       <c r="B1176" s="0" t="s">
-        <v>3338</v>
+        <v>3340</v>
       </c>
       <c r="C1176" s="0" t="s">
-        <v>3339</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
-        <v>3340</v>
+        <v>3342</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="C1177" s="0" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
-        <v>3343</v>
+        <v>3345</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>3344</v>
+        <v>3346</v>
       </c>
       <c r="C1178" s="0" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>3347</v>
+        <v>3349</v>
       </c>
       <c r="C1179" s="0" t="s">
-        <v>3348</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
-        <v>3349</v>
+        <v>3351</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>3350</v>
+        <v>3352</v>
       </c>
       <c r="C1180" s="0" t="s">
-        <v>3351</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
-        <v>3352</v>
+        <v>3353</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>3353</v>
+        <v>3354</v>
       </c>
       <c r="C1181" s="0" t="s">
-        <v>1671</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
-        <v>3354</v>
+        <v>3356</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>3355</v>
+        <v>3357</v>
       </c>
       <c r="C1182" s="0" t="s">
-        <v>2896</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="0" t="s">
-        <v>3356</v>
+        <v>3359</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>3357</v>
+        <v>3360</v>
       </c>
       <c r="C1183" s="0" t="s">
-        <v>1867</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="0" t="s">
-        <v>3358</v>
+        <v>3362</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>3359</v>
+        <v>3363</v>
       </c>
       <c r="C1184" s="0" t="s">
-        <v>1861</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="0" t="s">
-        <v>3360</v>
+        <v>3365</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>3361</v>
+        <v>3366</v>
       </c>
       <c r="C1185" s="0" t="s">
-        <v>3362</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="0" t="s">
-        <v>3363</v>
+        <v>3368</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>3364</v>
+        <v>3369</v>
       </c>
       <c r="C1186" s="0" t="s">
-        <v>2896</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="0" t="s">
-        <v>3365</v>
+        <v>3370</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>3366</v>
+        <v>3371</v>
       </c>
       <c r="C1187" s="0" t="s">
-        <v>1858</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="0" t="s">
-        <v>3367</v>
+        <v>3373</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>3368</v>
+        <v>3374</v>
       </c>
       <c r="C1188" s="0" t="s">
-        <v>1855</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="0" t="s">
-        <v>3369</v>
+        <v>3375</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>3370</v>
+        <v>3376</v>
       </c>
       <c r="C1189" s="0" t="s">
-        <v>3371</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="0" t="s">
-        <v>3372</v>
+        <v>3378</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>3373</v>
+        <v>3379</v>
       </c>
       <c r="C1190" s="0" t="s">
-        <v>1882</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="0" t="s">
-        <v>3374</v>
+        <v>3381</v>
       </c>
       <c r="B1191" s="0" t="s">
-        <v>3375</v>
+        <v>3382</v>
       </c>
       <c r="C1191" s="0" t="s">
-        <v>3376</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="0" t="s">
-        <v>3377</v>
+        <v>3384</v>
       </c>
       <c r="B1192" s="0" t="s">
-        <v>3378</v>
+        <v>3385</v>
       </c>
       <c r="C1192" s="0" t="s">
-        <v>3379</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="0" t="s">
-        <v>3380</v>
+        <v>3387</v>
       </c>
       <c r="B1193" s="0" t="s">
-        <v>3381</v>
+        <v>3388</v>
       </c>
       <c r="C1193" s="0" t="s">
-        <v>3382</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="0" t="s">
-        <v>3383</v>
+        <v>3390</v>
       </c>
       <c r="B1194" s="0" t="s">
-        <v>3384</v>
+        <v>3391</v>
       </c>
       <c r="C1194" s="0" t="s">
-        <v>3385</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="0" t="s">
-        <v>3386</v>
+        <v>3393</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>3387</v>
+        <v>3394</v>
       </c>
       <c r="C1195" s="0" t="s">
-        <v>3388</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="0" t="s">
-        <v>3389</v>
+        <v>3395</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>3390</v>
+        <v>3396</v>
       </c>
       <c r="C1196" s="0" t="s">
-        <v>3391</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
-        <v>3392</v>
+        <v>3397</v>
       </c>
       <c r="B1197" s="0" t="s">
-        <v>3393</v>
+        <v>3398</v>
       </c>
       <c r="C1197" s="0" t="s">
-        <v>3394</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
-        <v>3395</v>
+        <v>3399</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>3396</v>
+        <v>3400</v>
       </c>
       <c r="C1198" s="0" t="s">
-        <v>2852</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
-        <v>3397</v>
+        <v>3401</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>3398</v>
+        <v>3402</v>
       </c>
       <c r="C1199" s="0" t="s">
-        <v>3399</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
-        <v>3400</v>
+        <v>3404</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>3401</v>
+        <v>3405</v>
       </c>
       <c r="C1200" s="0" t="s">
-        <v>3402</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
-        <v>3403</v>
+        <v>3406</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>3404</v>
+        <v>3407</v>
       </c>
       <c r="C1201" s="0" t="s">
-        <v>3405</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>3407</v>
+        <v>3409</v>
       </c>
       <c r="C1202" s="0" t="s">
-        <v>3408</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
-        <v>3409</v>
+        <v>3410</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>3410</v>
+        <v>3411</v>
       </c>
       <c r="C1203" s="0" t="s">
-        <v>3411</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
-        <v>3412</v>
+        <v>3413</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>3413</v>
+        <v>3414</v>
       </c>
       <c r="C1204" s="0" t="s">
-        <v>3414</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
         <v>3415</v>
       </c>
       <c r="B1205" s="0" t="s">
         <v>3416</v>
       </c>
       <c r="C1205" s="0" t="s">
-        <v>2849</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
-        <v>3417</v>
+        <v>3418</v>
       </c>
       <c r="B1206" s="0" t="s">
-        <v>3418</v>
+        <v>3419</v>
       </c>
       <c r="C1206" s="0" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
-        <v>3420</v>
+        <v>3421</v>
       </c>
       <c r="B1207" s="0" t="s">
-        <v>3421</v>
+        <v>3422</v>
       </c>
       <c r="C1207" s="0" t="s">
-        <v>3405</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>3422</v>
+        <v>3424</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>3423</v>
+        <v>3425</v>
       </c>
       <c r="C1208" s="0" t="s">
-        <v>1873</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="0" t="s">
-        <v>3424</v>
+        <v>3427</v>
       </c>
       <c r="B1209" s="0" t="s">
-        <v>3425</v>
+        <v>3428</v>
       </c>
       <c r="C1209" s="0" t="s">
-        <v>3408</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="0" t="s">
-        <v>3426</v>
+        <v>3430</v>
       </c>
       <c r="B1210" s="0" t="s">
-        <v>3427</v>
+        <v>3431</v>
       </c>
       <c r="C1210" s="0" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="0" t="s">
-        <v>3429</v>
+        <v>3433</v>
       </c>
       <c r="B1211" s="0" t="s">
-        <v>3430</v>
+        <v>3434</v>
       </c>
       <c r="C1211" s="0" t="s">
-        <v>3431</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="0" t="s">
-        <v>3432</v>
+        <v>3436</v>
       </c>
       <c r="B1212" s="0" t="s">
-        <v>3433</v>
+        <v>3437</v>
       </c>
       <c r="C1212" s="0" t="s">
-        <v>1941</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="0" t="s">
-        <v>3434</v>
+        <v>3438</v>
       </c>
       <c r="B1213" s="0" t="s">
-        <v>3435</v>
+        <v>3439</v>
       </c>
       <c r="C1213" s="0" t="s">
-        <v>2849</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="0" t="s">
-        <v>3436</v>
+        <v>3441</v>
       </c>
       <c r="B1214" s="0" t="s">
-        <v>3437</v>
+        <v>3442</v>
       </c>
       <c r="C1214" s="0" t="s">
-        <v>3438</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="0" t="s">
-        <v>3439</v>
+        <v>3444</v>
       </c>
       <c r="B1215" s="0" t="s">
-        <v>3440</v>
+        <v>3445</v>
       </c>
       <c r="C1215" s="0" t="s">
-        <v>3441</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="0" t="s">
-        <v>3442</v>
+        <v>3447</v>
       </c>
       <c r="B1216" s="0" t="s">
-        <v>3443</v>
+        <v>3448</v>
       </c>
       <c r="C1216" s="0" t="s">
-        <v>3444</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="0" t="s">
-        <v>3445</v>
+        <v>3450</v>
       </c>
       <c r="B1217" s="0" t="s">
-        <v>3446</v>
+        <v>3451</v>
       </c>
       <c r="C1217" s="0" t="s">
-        <v>1962</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="0" t="s">
-        <v>3447</v>
+        <v>3453</v>
       </c>
       <c r="B1218" s="0" t="s">
-        <v>3448</v>
+        <v>3454</v>
       </c>
       <c r="C1218" s="0" t="s">
-        <v>1956</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="0" t="s">
-        <v>3449</v>
+        <v>3456</v>
       </c>
       <c r="B1219" s="0" t="s">
-        <v>3450</v>
+        <v>3457</v>
       </c>
       <c r="C1219" s="0" t="s">
-        <v>3451</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
-        <v>3452</v>
+        <v>3458</v>
       </c>
       <c r="B1220" s="0" t="s">
-        <v>3453</v>
+        <v>3459</v>
       </c>
       <c r="C1220" s="0" t="s">
-        <v>3454</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
-        <v>3455</v>
+        <v>3461</v>
       </c>
       <c r="B1221" s="0" t="s">
-        <v>3456</v>
+        <v>3462</v>
       </c>
       <c r="C1221" s="0" t="s">
-        <v>3457</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
-        <v>3458</v>
+        <v>3463</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>3459</v>
+        <v>3464</v>
       </c>
       <c r="C1222" s="0" t="s">
-        <v>3460</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>3461</v>
+        <v>3465</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>3462</v>
+        <v>3466</v>
       </c>
       <c r="C1223" s="0" t="s">
-        <v>1959</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>3463</v>
+        <v>3467</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>3464</v>
+        <v>3468</v>
       </c>
       <c r="C1224" s="0" t="s">
-        <v>3465</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>3466</v>
+        <v>3470</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>3467</v>
+        <v>3471</v>
       </c>
       <c r="C1225" s="0" t="s">
-        <v>1927</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>3468</v>
+        <v>3473</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>3469</v>
+        <v>3474</v>
       </c>
       <c r="C1226" s="0" t="s">
-        <v>3470</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
-        <v>3471</v>
+        <v>3475</v>
       </c>
       <c r="B1227" s="0" t="s">
-        <v>3472</v>
+        <v>3476</v>
       </c>
       <c r="C1227" s="0" t="s">
-        <v>3473</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
-        <v>3474</v>
+        <v>3477</v>
       </c>
       <c r="B1228" s="0" t="s">
-        <v>3475</v>
+        <v>3478</v>
       </c>
       <c r="C1228" s="0" t="s">
-        <v>3391</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
-        <v>3476</v>
+        <v>3480</v>
       </c>
       <c r="B1229" s="0" t="s">
-        <v>3477</v>
+        <v>3481</v>
       </c>
       <c r="C1229" s="0" t="s">
-        <v>3478</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
-        <v>3479</v>
+        <v>3483</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>3480</v>
+        <v>3484</v>
       </c>
       <c r="C1230" s="0" t="s">
-        <v>3481</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
-        <v>3482</v>
+        <v>3486</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>3483</v>
+        <v>3487</v>
       </c>
       <c r="C1231" s="0" t="s">
-        <v>3484</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>3485</v>
+        <v>3488</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>3486</v>
+        <v>3489</v>
       </c>
       <c r="C1232" s="0" t="s">
-        <v>3465</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>3487</v>
+        <v>3490</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>3488</v>
+        <v>3491</v>
       </c>
       <c r="C1233" s="0" t="s">
-        <v>3465</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>3489</v>
+        <v>3493</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>3490</v>
+        <v>3494</v>
       </c>
       <c r="C1234" s="0" t="s">
-        <v>3491</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="B1235" s="0" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
       <c r="C1235" s="0" t="s">
-        <v>3494</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
-        <v>3495</v>
+        <v>3499</v>
       </c>
       <c r="B1236" s="0" t="s">
-        <v>3496</v>
+        <v>3500</v>
       </c>
       <c r="C1236" s="0" t="s">
-        <v>3497</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
-        <v>3498</v>
+        <v>3502</v>
       </c>
       <c r="B1237" s="0" t="s">
-        <v>3499</v>
+        <v>3503</v>
       </c>
       <c r="C1237" s="0" t="s">
-        <v>1921</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
-        <v>3500</v>
+        <v>3504</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>3501</v>
+        <v>3505</v>
       </c>
       <c r="C1238" s="0" t="s">
-        <v>2846</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
-        <v>3502</v>
+        <v>3507</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>3503</v>
+        <v>3508</v>
       </c>
       <c r="C1239" s="0" t="s">
-        <v>3504</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="0" t="s">
-        <v>3505</v>
+        <v>3509</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>3506</v>
+        <v>3510</v>
       </c>
       <c r="C1240" s="0" t="s">
-        <v>1982</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="0" t="s">
-        <v>3507</v>
+        <v>3512</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>3508</v>
+        <v>3513</v>
       </c>
       <c r="C1241" s="0" t="s">
-        <v>1936</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="0" t="s">
-        <v>3509</v>
+        <v>3515</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>3510</v>
+        <v>3516</v>
       </c>
       <c r="C1242" s="0" t="s">
-        <v>3511</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="0" t="s">
-        <v>3512</v>
+        <v>3517</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>3513</v>
+        <v>3518</v>
       </c>
       <c r="C1243" s="0" t="s">
-        <v>3514</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="0" t="s">
-        <v>3515</v>
+        <v>3520</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>3516</v>
+        <v>3521</v>
       </c>
       <c r="C1244" s="0" t="s">
-        <v>1933</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="0" t="s">
-        <v>3517</v>
+        <v>3523</v>
       </c>
       <c r="B1245" s="0" t="s">
-        <v>3518</v>
+        <v>3524</v>
       </c>
       <c r="C1245" s="0" t="s">
-        <v>3519</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="0" t="s">
-        <v>3520</v>
+        <v>3526</v>
       </c>
       <c r="B1246" s="0" t="s">
-        <v>3521</v>
+        <v>3527</v>
       </c>
       <c r="C1246" s="0" t="s">
-        <v>1933</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="0" t="s">
-        <v>3522</v>
+        <v>3528</v>
       </c>
       <c r="B1247" s="0" t="s">
-        <v>3523</v>
+        <v>3529</v>
       </c>
       <c r="C1247" s="0" t="s">
-        <v>3524</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="0" t="s">
-        <v>3525</v>
+        <v>3530</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>3526</v>
+        <v>3531</v>
       </c>
       <c r="C1248" s="0" t="s">
-        <v>3527</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="0" t="s">
-        <v>3528</v>
+        <v>3533</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>3529</v>
+        <v>3534</v>
       </c>
       <c r="C1249" s="0" t="s">
-        <v>3519</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="0" t="s">
-        <v>3530</v>
+        <v>3536</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>3531</v>
+        <v>3537</v>
       </c>
       <c r="C1250" s="0" t="s">
-        <v>3532</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="0" t="s">
-        <v>3533</v>
+        <v>3539</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>3534</v>
+        <v>3540</v>
       </c>
       <c r="C1251" s="0" t="s">
-        <v>3431</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="0" t="s">
-        <v>3535</v>
+        <v>3541</v>
       </c>
       <c r="B1252" s="0" t="s">
-        <v>3536</v>
+        <v>3542</v>
       </c>
       <c r="C1252" s="0" t="s">
-        <v>3537</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="0" t="s">
-        <v>3538</v>
+        <v>3543</v>
       </c>
       <c r="B1253" s="0" t="s">
-        <v>3539</v>
+        <v>3544</v>
       </c>
       <c r="C1253" s="0" t="s">
-        <v>3540</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="0" t="s">
-        <v>3541</v>
+        <v>3546</v>
       </c>
       <c r="B1254" s="0" t="s">
-        <v>3542</v>
+        <v>3547</v>
       </c>
       <c r="C1254" s="0" t="s">
-        <v>3444</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="0" t="s">
-        <v>3543</v>
+        <v>3548</v>
       </c>
       <c r="B1255" s="0" t="s">
-        <v>3544</v>
+        <v>3549</v>
       </c>
       <c r="C1255" s="0" t="s">
-        <v>3473</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="0" t="s">
-        <v>3545</v>
+        <v>3550</v>
       </c>
       <c r="B1256" s="0" t="s">
-        <v>3546</v>
+        <v>3551</v>
       </c>
       <c r="C1256" s="0" t="s">
-        <v>3547</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="0" t="s">
-        <v>3548</v>
+        <v>3553</v>
       </c>
       <c r="B1257" s="0" t="s">
-        <v>3549</v>
+        <v>3554</v>
       </c>
       <c r="C1257" s="0" t="s">
-        <v>3550</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="0" t="s">
-        <v>3551</v>
+        <v>3556</v>
       </c>
       <c r="B1258" s="0" t="s">
-        <v>3552</v>
+        <v>3557</v>
       </c>
       <c r="C1258" s="0" t="s">
-        <v>3553</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="0" t="s">
-        <v>3554</v>
+        <v>3558</v>
       </c>
       <c r="B1259" s="0" t="s">
-        <v>3555</v>
+        <v>3559</v>
       </c>
       <c r="C1259" s="0" t="s">
-        <v>3556</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="0" t="s">
-        <v>3557</v>
+        <v>3561</v>
       </c>
       <c r="B1260" s="0" t="s">
-        <v>3558</v>
+        <v>3562</v>
       </c>
       <c r="C1260" s="0" t="s">
-        <v>3460</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="0" t="s">
-        <v>3559</v>
+        <v>3563</v>
       </c>
       <c r="B1261" s="0" t="s">
-        <v>3560</v>
+        <v>3564</v>
       </c>
       <c r="C1261" s="0" t="s">
-        <v>3561</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="0" t="s">
-        <v>3562</v>
+        <v>3566</v>
       </c>
       <c r="B1262" s="0" t="s">
-        <v>3563</v>
+        <v>3567</v>
       </c>
       <c r="C1262" s="0" t="s">
-        <v>3564</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
-        <v>3565</v>
+        <v>3569</v>
       </c>
       <c r="B1263" s="0" t="s">
-        <v>3566</v>
+        <v>3570</v>
       </c>
       <c r="C1263" s="0" t="s">
-        <v>1921</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
-        <v>3567</v>
+        <v>3571</v>
       </c>
       <c r="B1264" s="0" t="s">
-        <v>3568</v>
+        <v>3572</v>
       </c>
       <c r="C1264" s="0" t="s">
-        <v>3454</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="0" t="s">
-        <v>3569</v>
+        <v>3574</v>
       </c>
       <c r="B1265" s="0" t="s">
-        <v>3570</v>
+        <v>3575</v>
       </c>
       <c r="C1265" s="0" t="s">
-        <v>3571</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="0" t="s">
-        <v>3572</v>
+        <v>3576</v>
       </c>
       <c r="B1266" s="0" t="s">
-        <v>3573</v>
+        <v>3577</v>
       </c>
       <c r="C1266" s="0" t="s">
-        <v>3574</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="0" t="s">
-        <v>3575</v>
+        <v>3579</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>3576</v>
+        <v>3580</v>
       </c>
       <c r="C1267" s="0" t="s">
-        <v>3481</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="0" t="s">
-        <v>3577</v>
+        <v>3582</v>
       </c>
       <c r="B1268" s="0" t="s">
-        <v>3578</v>
+        <v>3583</v>
       </c>
       <c r="C1268" s="0" t="s">
-        <v>3579</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="0" t="s">
-        <v>3580</v>
+        <v>3584</v>
       </c>
       <c r="B1269" s="0" t="s">
-        <v>3581</v>
+        <v>3585</v>
       </c>
       <c r="C1269" s="0" t="s">
-        <v>3504</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="0" t="s">
-        <v>3582</v>
+        <v>3586</v>
       </c>
       <c r="B1270" s="0" t="s">
-        <v>3583</v>
+        <v>3587</v>
       </c>
       <c r="C1270" s="0" t="s">
-        <v>3584</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="0" t="s">
-        <v>3585</v>
+        <v>3589</v>
       </c>
       <c r="B1271" s="0" t="s">
-        <v>3586</v>
+        <v>3590</v>
       </c>
       <c r="C1271" s="0" t="s">
-        <v>3540</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="0" t="s">
-        <v>3587</v>
+        <v>3592</v>
       </c>
       <c r="B1272" s="0" t="s">
-        <v>3588</v>
+        <v>3593</v>
       </c>
       <c r="C1272" s="0" t="s">
-        <v>3589</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="0" t="s">
-        <v>3590</v>
+        <v>3595</v>
       </c>
       <c r="B1273" s="0" t="s">
-        <v>3591</v>
+        <v>3596</v>
       </c>
       <c r="C1273" s="0" t="s">
-        <v>3511</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="0" t="s">
-        <v>3592</v>
+        <v>3598</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>3593</v>
+        <v>3599</v>
       </c>
       <c r="C1274" s="0" t="s">
-        <v>3484</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="0" t="s">
-        <v>3594</v>
+        <v>3600</v>
       </c>
       <c r="B1275" s="0" t="s">
-        <v>3595</v>
+        <v>3601</v>
       </c>
       <c r="C1275" s="0" t="s">
-        <v>3596</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="0" t="s">
-        <v>3597</v>
+        <v>3603</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>3598</v>
+        <v>3604</v>
       </c>
       <c r="C1276" s="0" t="s">
-        <v>3599</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
-        <v>3600</v>
+        <v>3606</v>
       </c>
       <c r="B1277" s="0" t="s">
-        <v>3601</v>
+        <v>3607</v>
       </c>
       <c r="C1277" s="0" t="s">
-        <v>3602</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
-        <v>3603</v>
+        <v>3608</v>
       </c>
       <c r="B1278" s="0" t="s">
-        <v>3604</v>
+        <v>3609</v>
       </c>
       <c r="C1278" s="0" t="s">
-        <v>1965</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
-        <v>3605</v>
+        <v>3610</v>
       </c>
       <c r="B1279" s="0" t="s">
-        <v>3606</v>
+        <v>3611</v>
       </c>
       <c r="C1279" s="0" t="s">
-        <v>3564</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
-        <v>3607</v>
+        <v>3613</v>
       </c>
       <c r="B1280" s="0" t="s">
-        <v>3608</v>
+        <v>3614</v>
       </c>
       <c r="C1280" s="0" t="s">
-        <v>3609</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
-        <v>3610</v>
+        <v>3616</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>3611</v>
+        <v>3617</v>
       </c>
       <c r="C1281" s="0" t="s">
-        <v>3612</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
-        <v>3613</v>
+        <v>3618</v>
       </c>
       <c r="B1282" s="0" t="s">
-        <v>3614</v>
+        <v>3619</v>
       </c>
       <c r="C1282" s="0" t="s">
-        <v>3615</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="0" t="s">
-        <v>3616</v>
+        <v>3621</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>3617</v>
+        <v>3622</v>
       </c>
       <c r="C1283" s="0" t="s">
-        <v>3618</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="0" t="s">
-        <v>3619</v>
+        <v>3623</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>3620</v>
+        <v>3624</v>
       </c>
       <c r="C1284" s="0" t="s">
-        <v>3621</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="0" t="s">
-        <v>3622</v>
+        <v>3626</v>
       </c>
       <c r="B1285" s="0" t="s">
-        <v>3623</v>
+        <v>3627</v>
       </c>
       <c r="C1285" s="0" t="s">
-        <v>3624</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="0" t="s">
-        <v>3625</v>
+        <v>3628</v>
       </c>
       <c r="B1286" s="0" t="s">
-        <v>3626</v>
+        <v>3629</v>
       </c>
       <c r="C1286" s="0" t="s">
-        <v>2188</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="0" t="s">
-        <v>3627</v>
+        <v>3631</v>
       </c>
       <c r="B1287" s="0" t="s">
-        <v>3628</v>
+        <v>3632</v>
       </c>
       <c r="C1287" s="0" t="s">
-        <v>3629</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="0" t="s">
-        <v>3630</v>
+        <v>3633</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>3631</v>
+        <v>3634</v>
       </c>
       <c r="C1288" s="0" t="s">
-        <v>3632</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="0" t="s">
-        <v>3633</v>
+        <v>3635</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
       <c r="C1289" s="0" t="s">
-        <v>3635</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="0" t="s">
-        <v>3636</v>
+        <v>3638</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>3637</v>
+        <v>3639</v>
       </c>
       <c r="C1290" s="0" t="s">
-        <v>3638</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="0" t="s">
-        <v>3639</v>
+        <v>3641</v>
       </c>
       <c r="B1291" s="0" t="s">
-        <v>3640</v>
+        <v>3642</v>
       </c>
       <c r="C1291" s="0" t="s">
-        <v>3641</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="0" t="s">
-        <v>3642</v>
+        <v>3644</v>
       </c>
       <c r="B1292" s="0" t="s">
-        <v>3643</v>
+        <v>3645</v>
       </c>
       <c r="C1292" s="0" t="s">
-        <v>3644</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="0" t="s">
-        <v>3645</v>
+        <v>3646</v>
       </c>
       <c r="B1293" s="0" t="s">
-        <v>3646</v>
+        <v>3647</v>
       </c>
       <c r="C1293" s="0" t="s">
-        <v>3647</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="0" t="s">
         <v>3648</v>
       </c>
       <c r="B1294" s="0" t="s">
         <v>3649</v>
       </c>
       <c r="C1294" s="0" t="s">
         <v>3650</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="0" t="s">
         <v>3651</v>
       </c>
       <c r="B1295" s="0" t="s">
         <v>3652</v>
       </c>
       <c r="C1295" s="0" t="s">
         <v>3653</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="0" t="s">
         <v>3654</v>
       </c>
       <c r="B1296" s="0" t="s">
         <v>3655</v>
       </c>
       <c r="C1296" s="0" t="s">
         <v>3656</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="0" t="s">
         <v>3657</v>
       </c>
       <c r="B1297" s="0" t="s">
         <v>3658</v>
       </c>
       <c r="C1297" s="0" t="s">
-        <v>2066</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
-        <v>3659</v>
+        <v>3660</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>3660</v>
+        <v>3661</v>
       </c>
       <c r="C1298" s="0" t="s">
-        <v>3661</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
-        <v>3662</v>
+        <v>3663</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>3663</v>
+        <v>3664</v>
       </c>
       <c r="C1299" s="0" t="s">
-        <v>2716</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
-        <v>3664</v>
+        <v>3666</v>
       </c>
       <c r="B1300" s="0" t="s">
-        <v>3665</v>
+        <v>3667</v>
       </c>
       <c r="C1300" s="0" t="s">
-        <v>2710</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
-        <v>3666</v>
+        <v>3668</v>
       </c>
       <c r="B1301" s="0" t="s">
-        <v>3667</v>
+        <v>3669</v>
       </c>
       <c r="C1301" s="0" t="s">
-        <v>3668</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
-        <v>3669</v>
+        <v>3671</v>
       </c>
       <c r="B1302" s="0" t="s">
-        <v>3670</v>
+        <v>3672</v>
       </c>
       <c r="C1302" s="0" t="s">
-        <v>3671</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
-        <v>3672</v>
+        <v>3674</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>3673</v>
+        <v>3675</v>
       </c>
       <c r="C1303" s="0" t="s">
-        <v>3674</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
-        <v>3675</v>
+        <v>3677</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>3676</v>
+        <v>3678</v>
       </c>
       <c r="C1304" s="0" t="s">
-        <v>3677</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
-        <v>3678</v>
+        <v>3680</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>3679</v>
+        <v>3681</v>
       </c>
       <c r="C1305" s="0" t="s">
-        <v>3680</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
-        <v>3681</v>
+        <v>3683</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>3682</v>
+        <v>3684</v>
       </c>
       <c r="C1306" s="0" t="s">
-        <v>2675</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>3683</v>
+        <v>3686</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>3684</v>
+        <v>3687</v>
       </c>
       <c r="C1307" s="0" t="s">
-        <v>3685</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>3686</v>
+        <v>3689</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>3687</v>
+        <v>3690</v>
       </c>
       <c r="C1308" s="0" t="s">
-        <v>3685</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>3689</v>
+        <v>3693</v>
       </c>
       <c r="C1309" s="0" t="s">
-        <v>3690</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
-        <v>3691</v>
+        <v>3695</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>3692</v>
+        <v>3696</v>
       </c>
       <c r="C1310" s="0" t="s">
-        <v>2699</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
-        <v>3693</v>
+        <v>3698</v>
       </c>
       <c r="B1311" s="0" t="s">
-        <v>3694</v>
+        <v>3699</v>
       </c>
       <c r="C1311" s="0" t="s">
-        <v>3677</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
-        <v>3695</v>
+        <v>3700</v>
       </c>
       <c r="B1312" s="0" t="s">
-        <v>3696</v>
+        <v>3701</v>
       </c>
       <c r="C1312" s="0" t="s">
-        <v>3697</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
-        <v>3698</v>
+        <v>3703</v>
       </c>
       <c r="B1313" s="0" t="s">
-        <v>3699</v>
+        <v>3704</v>
       </c>
       <c r="C1313" s="0" t="s">
-        <v>3697</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="0" t="s">
-        <v>3700</v>
+        <v>3705</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>3701</v>
+        <v>3706</v>
       </c>
       <c r="C1314" s="0" t="s">
-        <v>3702</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="0" t="s">
-        <v>3703</v>
+        <v>3707</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>3704</v>
+        <v>3708</v>
       </c>
       <c r="C1315" s="0" t="s">
-        <v>2494</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="0" t="s">
-        <v>3705</v>
+        <v>3710</v>
       </c>
       <c r="B1316" s="0" t="s">
-        <v>3706</v>
+        <v>3711</v>
       </c>
       <c r="C1316" s="0" t="s">
-        <v>2589</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="0" t="s">
-        <v>3707</v>
+        <v>3713</v>
       </c>
       <c r="B1317" s="0" t="s">
-        <v>3708</v>
+        <v>3714</v>
       </c>
       <c r="C1317" s="0" t="s">
-        <v>3709</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="0" t="s">
-        <v>3710</v>
+        <v>3716</v>
       </c>
       <c r="B1318" s="0" t="s">
-        <v>3711</v>
+        <v>3717</v>
       </c>
       <c r="C1318" s="0" t="s">
-        <v>3712</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="0" t="s">
-        <v>3713</v>
+        <v>3719</v>
       </c>
       <c r="B1319" s="0" t="s">
-        <v>3714</v>
+        <v>3720</v>
       </c>
       <c r="C1319" s="0" t="s">
-        <v>3715</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="0" t="s">
-        <v>3716</v>
+        <v>3722</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>3717</v>
+        <v>3723</v>
       </c>
       <c r="C1320" s="0" t="s">
-        <v>3718</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="0" t="s">
-        <v>3719</v>
+        <v>3724</v>
       </c>
       <c r="B1321" s="0" t="s">
-        <v>3720</v>
+        <v>3725</v>
       </c>
       <c r="C1321" s="0" t="s">
-        <v>3721</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="0" t="s">
-        <v>3722</v>
+        <v>3727</v>
       </c>
       <c r="B1322" s="0" t="s">
-        <v>3723</v>
+        <v>3728</v>
       </c>
       <c r="C1322" s="0" t="s">
-        <v>2447</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="0" t="s">
-        <v>3724</v>
+        <v>3729</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>3725</v>
+        <v>3730</v>
       </c>
       <c r="C1323" s="0" t="s">
-        <v>3726</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="0" t="s">
-        <v>3727</v>
+        <v>3732</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>3728</v>
+        <v>3733</v>
       </c>
       <c r="C1324" s="0" t="s">
-        <v>3729</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="0" t="s">
-        <v>3730</v>
+        <v>3734</v>
       </c>
       <c r="B1325" s="0" t="s">
-        <v>3731</v>
+        <v>3735</v>
       </c>
       <c r="C1325" s="0" t="s">
-        <v>3732</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="0" t="s">
-        <v>3733</v>
+        <v>3736</v>
       </c>
       <c r="B1326" s="0" t="s">
-        <v>3734</v>
+        <v>3737</v>
       </c>
       <c r="C1326" s="0" t="s">
-        <v>3735</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="0" t="s">
-        <v>3736</v>
+        <v>3739</v>
       </c>
       <c r="B1327" s="0" t="s">
-        <v>3737</v>
+        <v>3740</v>
       </c>
       <c r="C1327" s="0" t="s">
-        <v>2537</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="0" t="s">
-        <v>3738</v>
+        <v>3741</v>
       </c>
       <c r="B1328" s="0" t="s">
-        <v>3739</v>
+        <v>3742</v>
       </c>
       <c r="C1328" s="0" t="s">
-        <v>2543</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="0" t="s">
-        <v>3740</v>
+        <v>3744</v>
       </c>
       <c r="B1329" s="0" t="s">
-        <v>3741</v>
+        <v>3745</v>
       </c>
       <c r="C1329" s="0" t="s">
-        <v>3742</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="0" t="s">
-        <v>3743</v>
+        <v>3746</v>
       </c>
       <c r="B1330" s="0" t="s">
-        <v>3744</v>
+        <v>3747</v>
       </c>
       <c r="C1330" s="0" t="s">
-        <v>3745</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="0" t="s">
-        <v>3746</v>
+        <v>3748</v>
       </c>
       <c r="B1331" s="0" t="s">
-        <v>3747</v>
+        <v>3749</v>
       </c>
       <c r="C1331" s="0" t="s">
-        <v>3748</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="0" t="s">
-        <v>3749</v>
+        <v>3751</v>
       </c>
       <c r="B1332" s="0" t="s">
-        <v>3750</v>
+        <v>3752</v>
       </c>
       <c r="C1332" s="0" t="s">
-        <v>3751</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="0" t="s">
-        <v>3752</v>
+        <v>3754</v>
       </c>
       <c r="B1333" s="0" t="s">
-        <v>3753</v>
+        <v>3755</v>
       </c>
       <c r="C1333" s="0" t="s">
-        <v>2319</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="0" t="s">
-        <v>3754</v>
+        <v>3757</v>
       </c>
       <c r="B1334" s="0" t="s">
-        <v>3755</v>
+        <v>3758</v>
       </c>
       <c r="C1334" s="0" t="s">
-        <v>3756</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="0" t="s">
-        <v>3757</v>
+        <v>3760</v>
       </c>
       <c r="B1335" s="0" t="s">
-        <v>3758</v>
+        <v>3761</v>
       </c>
       <c r="C1335" s="0" t="s">
-        <v>3759</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="0" t="s">
-        <v>3760</v>
+        <v>3763</v>
       </c>
       <c r="B1336" s="0" t="s">
-        <v>3761</v>
+        <v>3764</v>
       </c>
       <c r="C1336" s="0" t="s">
-        <v>3762</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="0" t="s">
-        <v>3763</v>
+        <v>3765</v>
       </c>
       <c r="B1337" s="0" t="s">
-        <v>3764</v>
+        <v>3766</v>
       </c>
       <c r="C1337" s="0" t="s">
-        <v>2540</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="0" t="s">
-        <v>3765</v>
+        <v>3768</v>
       </c>
       <c r="B1338" s="0" t="s">
-        <v>3766</v>
+        <v>3769</v>
       </c>
       <c r="C1338" s="0" t="s">
-        <v>3767</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="0" t="s">
-        <v>3768</v>
+        <v>3771</v>
       </c>
       <c r="B1339" s="0" t="s">
-        <v>3769</v>
+        <v>3772</v>
       </c>
       <c r="C1339" s="0" t="s">
-        <v>3770</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="0" t="s">
-        <v>3771</v>
+        <v>3774</v>
       </c>
       <c r="B1340" s="0" t="s">
-        <v>3772</v>
+        <v>3775</v>
       </c>
       <c r="C1340" s="0" t="s">
-        <v>2540</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="0" t="s">
-        <v>3773</v>
+        <v>3777</v>
       </c>
       <c r="B1341" s="0" t="s">
-        <v>3774</v>
+        <v>3778</v>
       </c>
       <c r="C1341" s="0" t="s">
-        <v>3775</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="0" t="s">
-        <v>3776</v>
+        <v>3779</v>
       </c>
       <c r="B1342" s="0" t="s">
-        <v>3777</v>
+        <v>3780</v>
       </c>
       <c r="C1342" s="0" t="s">
-        <v>3778</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="0" t="s">
-        <v>3779</v>
+        <v>3781</v>
       </c>
       <c r="B1343" s="0" t="s">
-        <v>3780</v>
+        <v>3782</v>
       </c>
       <c r="C1343" s="0" t="s">
-        <v>3781</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="0" t="s">
-        <v>3782</v>
+        <v>3784</v>
       </c>
       <c r="B1344" s="0" t="s">
-        <v>3783</v>
+        <v>3785</v>
       </c>
       <c r="C1344" s="0" t="s">
-        <v>3784</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="0" t="s">
-        <v>3785</v>
+        <v>3787</v>
       </c>
       <c r="B1345" s="0" t="s">
-        <v>3786</v>
+        <v>3788</v>
       </c>
       <c r="C1345" s="0" t="s">
-        <v>3787</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="0" t="s">
-        <v>3788</v>
+        <v>3790</v>
       </c>
       <c r="B1346" s="0" t="s">
-        <v>3789</v>
+        <v>3791</v>
       </c>
       <c r="C1346" s="0" t="s">
-        <v>3790</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="0" t="s">
-        <v>3791</v>
+        <v>3793</v>
       </c>
       <c r="B1347" s="0" t="s">
-        <v>3792</v>
+        <v>3794</v>
       </c>
       <c r="C1347" s="0" t="s">
-        <v>2616</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="0" t="s">
-        <v>3793</v>
+        <v>3795</v>
       </c>
       <c r="B1348" s="0" t="s">
-        <v>3794</v>
+        <v>3796</v>
       </c>
       <c r="C1348" s="0" t="s">
-        <v>3709</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="0" t="s">
-        <v>3795</v>
+        <v>3798</v>
       </c>
       <c r="B1349" s="0" t="s">
-        <v>3796</v>
+        <v>3799</v>
       </c>
       <c r="C1349" s="0" t="s">
-        <v>3797</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="0" t="s">
-        <v>3798</v>
+        <v>3801</v>
       </c>
       <c r="B1350" s="0" t="s">
-        <v>3799</v>
+        <v>3802</v>
       </c>
       <c r="C1350" s="0" t="s">
-        <v>3800</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="0" t="s">
-        <v>3801</v>
+        <v>3804</v>
       </c>
       <c r="B1351" s="0" t="s">
-        <v>3802</v>
+        <v>3805</v>
       </c>
       <c r="C1351" s="0" t="s">
-        <v>3803</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="0" t="s">
-        <v>3804</v>
+        <v>3806</v>
       </c>
       <c r="B1352" s="0" t="s">
-        <v>3805</v>
+        <v>3807</v>
       </c>
       <c r="C1352" s="0" t="s">
-        <v>3797</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="0" t="s">
-        <v>3806</v>
+        <v>3809</v>
       </c>
       <c r="B1353" s="0" t="s">
-        <v>3807</v>
+        <v>3810</v>
       </c>
       <c r="C1353" s="0" t="s">
-        <v>3808</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="0" t="s">
-        <v>3809</v>
+        <v>3812</v>
       </c>
       <c r="B1354" s="0" t="s">
-        <v>3810</v>
+        <v>3813</v>
       </c>
       <c r="C1354" s="0" t="s">
-        <v>2328</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="0" t="s">
-        <v>3811</v>
+        <v>3814</v>
       </c>
       <c r="B1355" s="0" t="s">
-        <v>3812</v>
+        <v>3815</v>
       </c>
       <c r="C1355" s="0" t="s">
-        <v>3813</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="0" t="s">
-        <v>3814</v>
+        <v>3817</v>
       </c>
       <c r="B1356" s="0" t="s">
-        <v>3815</v>
+        <v>3818</v>
       </c>
       <c r="C1356" s="0" t="s">
-        <v>2616</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="0" t="s">
-        <v>3816</v>
+        <v>3820</v>
       </c>
       <c r="B1357" s="0" t="s">
-        <v>3817</v>
+        <v>3821</v>
       </c>
       <c r="C1357" s="0" t="s">
-        <v>3818</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="0" t="s">
-        <v>3819</v>
+        <v>3823</v>
       </c>
       <c r="B1358" s="0" t="s">
-        <v>3820</v>
+        <v>3824</v>
       </c>
       <c r="C1358" s="0" t="s">
-        <v>3821</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="0" t="s">
-        <v>3822</v>
+        <v>3826</v>
       </c>
       <c r="B1359" s="0" t="s">
-        <v>3823</v>
+        <v>3827</v>
       </c>
       <c r="C1359" s="0" t="s">
-        <v>3824</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="0" t="s">
-        <v>3825</v>
+        <v>3829</v>
       </c>
       <c r="B1360" s="0" t="s">
-        <v>3826</v>
+        <v>3830</v>
       </c>
       <c r="C1360" s="0" t="s">
-        <v>3729</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="0" t="s">
-        <v>3827</v>
+        <v>3832</v>
       </c>
       <c r="B1361" s="0" t="s">
-        <v>3828</v>
+        <v>3833</v>
       </c>
       <c r="C1361" s="0" t="s">
-        <v>3829</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" s="0" t="s">
-        <v>3830</v>
+        <v>3834</v>
       </c>
       <c r="B1362" s="0" t="s">
-        <v>3831</v>
+        <v>3835</v>
       </c>
       <c r="C1362" s="0" t="s">
-        <v>3832</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" s="0" t="s">
-        <v>3833</v>
+        <v>3836</v>
       </c>
       <c r="B1363" s="0" t="s">
-        <v>3834</v>
+        <v>3837</v>
       </c>
       <c r="C1363" s="0" t="s">
-        <v>3835</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="0" t="s">
-        <v>3836</v>
+        <v>3839</v>
       </c>
       <c r="B1364" s="0" t="s">
-        <v>3837</v>
+        <v>3840</v>
       </c>
       <c r="C1364" s="0" t="s">
-        <v>2613</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="0" t="s">
-        <v>3838</v>
+        <v>3842</v>
       </c>
       <c r="B1365" s="0" t="s">
-        <v>3839</v>
+        <v>3843</v>
       </c>
       <c r="C1365" s="0" t="s">
-        <v>3840</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="0" t="s">
-        <v>3841</v>
+        <v>3845</v>
       </c>
       <c r="B1366" s="0" t="s">
-        <v>3842</v>
+        <v>3846</v>
       </c>
       <c r="C1366" s="0" t="s">
-        <v>3843</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="0" t="s">
-        <v>3844</v>
+        <v>3847</v>
       </c>
       <c r="B1367" s="0" t="s">
-        <v>3845</v>
+        <v>3848</v>
       </c>
       <c r="C1367" s="0" t="s">
-        <v>2540</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="0" t="s">
-        <v>3846</v>
+        <v>3850</v>
       </c>
       <c r="B1368" s="0" t="s">
-        <v>3847</v>
+        <v>3851</v>
       </c>
       <c r="C1368" s="0" t="s">
-        <v>3848</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="0" t="s">
-        <v>3849</v>
+        <v>3852</v>
       </c>
       <c r="B1369" s="0" t="s">
-        <v>3850</v>
+        <v>3853</v>
       </c>
       <c r="C1369" s="0" t="s">
-        <v>3745</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="0" t="s">
-        <v>3851</v>
+        <v>3855</v>
       </c>
       <c r="B1370" s="0" t="s">
-        <v>3852</v>
+        <v>3856</v>
       </c>
       <c r="C1370" s="0" t="s">
-        <v>3853</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="0" t="s">
-        <v>3854</v>
+        <v>3857</v>
       </c>
       <c r="B1371" s="0" t="s">
-        <v>3855</v>
+        <v>3858</v>
       </c>
       <c r="C1371" s="0" t="s">
-        <v>3856</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="0" t="s">
-        <v>3857</v>
+        <v>3860</v>
       </c>
       <c r="B1372" s="0" t="s">
-        <v>3858</v>
+        <v>3861</v>
       </c>
       <c r="C1372" s="0" t="s">
-        <v>3859</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="0" t="s">
-        <v>3860</v>
+        <v>3863</v>
       </c>
       <c r="B1373" s="0" t="s">
-        <v>3861</v>
+        <v>3864</v>
       </c>
       <c r="C1373" s="0" t="s">
-        <v>3862</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="0" t="s">
-        <v>3863</v>
+        <v>3866</v>
       </c>
       <c r="B1374" s="0" t="s">
-        <v>3864</v>
+        <v>3867</v>
       </c>
       <c r="C1374" s="0" t="s">
-        <v>3865</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="0" t="s">
-        <v>3866</v>
+        <v>3868</v>
       </c>
       <c r="B1375" s="0" t="s">
-        <v>3867</v>
+        <v>3869</v>
       </c>
       <c r="C1375" s="0" t="s">
-        <v>2308</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="0" t="s">
-        <v>3868</v>
+        <v>3871</v>
       </c>
       <c r="B1376" s="0" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="C1376" s="0" t="s">
-        <v>3870</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="0" t="s">
-        <v>3871</v>
+        <v>3874</v>
       </c>
       <c r="B1377" s="0" t="s">
-        <v>3872</v>
+        <v>3875</v>
       </c>
       <c r="C1377" s="0" t="s">
-        <v>3732</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="0" t="s">
-        <v>3873</v>
+        <v>3877</v>
       </c>
       <c r="B1378" s="0" t="s">
-        <v>3874</v>
+        <v>3878</v>
       </c>
       <c r="C1378" s="0" t="s">
-        <v>3829</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="0" t="s">
-        <v>3875</v>
+        <v>3879</v>
       </c>
       <c r="B1379" s="0" t="s">
-        <v>3876</v>
+        <v>3880</v>
       </c>
       <c r="C1379" s="0" t="s">
-        <v>2305</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="0" t="s">
-        <v>3877</v>
+        <v>3882</v>
       </c>
       <c r="B1380" s="0" t="s">
-        <v>3878</v>
+        <v>3883</v>
       </c>
       <c r="C1380" s="0" t="s">
-        <v>3856</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="0" t="s">
-        <v>3879</v>
+        <v>3885</v>
       </c>
       <c r="B1381" s="0" t="s">
-        <v>3880</v>
+        <v>3886</v>
       </c>
       <c r="C1381" s="0" t="s">
-        <v>3881</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="0" t="s">
-        <v>3882</v>
+        <v>3887</v>
       </c>
       <c r="B1382" s="0" t="s">
-        <v>3883</v>
+        <v>3888</v>
       </c>
       <c r="C1382" s="0" t="s">
-        <v>3884</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="0" t="s">
-        <v>3885</v>
+        <v>3890</v>
       </c>
       <c r="B1383" s="0" t="s">
-        <v>3886</v>
+        <v>3891</v>
       </c>
       <c r="C1383" s="0" t="s">
-        <v>2552</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="0" t="s">
-        <v>3887</v>
+        <v>3892</v>
       </c>
       <c r="B1384" s="0" t="s">
-        <v>3888</v>
+        <v>3893</v>
       </c>
       <c r="C1384" s="0" t="s">
-        <v>3889</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="0" t="s">
-        <v>3890</v>
+        <v>3895</v>
       </c>
       <c r="B1385" s="0" t="s">
-        <v>3891</v>
+        <v>3896</v>
       </c>
       <c r="C1385" s="0" t="s">
-        <v>3892</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="0" t="s">
-        <v>3893</v>
+        <v>3898</v>
       </c>
       <c r="B1386" s="0" t="s">
-        <v>3894</v>
+        <v>3899</v>
       </c>
       <c r="C1386" s="0" t="s">
-        <v>2630</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="0" t="s">
-        <v>3895</v>
+        <v>3901</v>
       </c>
       <c r="B1387" s="0" t="s">
-        <v>3896</v>
+        <v>3902</v>
       </c>
       <c r="C1387" s="0" t="s">
-        <v>3843</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="0" t="s">
-        <v>3897</v>
+        <v>3904</v>
       </c>
       <c r="B1388" s="0" t="s">
-        <v>3898</v>
+        <v>3905</v>
       </c>
       <c r="C1388" s="0" t="s">
-        <v>3848</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="0" t="s">
-        <v>3899</v>
+        <v>3907</v>
       </c>
       <c r="B1389" s="0" t="s">
-        <v>3900</v>
+        <v>3908</v>
       </c>
       <c r="C1389" s="0" t="s">
-        <v>3778</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="0" t="s">
-        <v>3901</v>
+        <v>3909</v>
       </c>
       <c r="B1390" s="0" t="s">
-        <v>3902</v>
+        <v>3910</v>
       </c>
       <c r="C1390" s="0" t="s">
-        <v>3745</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="0" t="s">
-        <v>3903</v>
+        <v>3912</v>
       </c>
       <c r="B1391" s="0" t="s">
-        <v>3904</v>
+        <v>3913</v>
       </c>
       <c r="C1391" s="0" t="s">
-        <v>2600</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="0" t="s">
-        <v>3905</v>
+        <v>3914</v>
       </c>
       <c r="B1392" s="0" t="s">
-        <v>3906</v>
+        <v>3915</v>
       </c>
       <c r="C1392" s="0" t="s">
-        <v>3907</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="0" t="s">
-        <v>3908</v>
+        <v>3916</v>
       </c>
       <c r="B1393" s="0" t="s">
-        <v>3909</v>
+        <v>3917</v>
       </c>
       <c r="C1393" s="0" t="s">
-        <v>3910</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="0" t="s">
-        <v>3911</v>
+        <v>3918</v>
       </c>
       <c r="B1394" s="0" t="s">
-        <v>3912</v>
+        <v>3919</v>
       </c>
       <c r="C1394" s="0" t="s">
-        <v>2491</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="0" t="s">
-        <v>3913</v>
+        <v>3920</v>
       </c>
       <c r="B1395" s="0" t="s">
-        <v>3914</v>
+        <v>3921</v>
       </c>
       <c r="C1395" s="0" t="s">
-        <v>3915</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="0" t="s">
-        <v>3916</v>
+        <v>3923</v>
       </c>
       <c r="B1396" s="0" t="s">
-        <v>3917</v>
+        <v>3924</v>
       </c>
       <c r="C1396" s="0" t="s">
-        <v>3918</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="0" t="s">
-        <v>3919</v>
+        <v>3926</v>
       </c>
       <c r="B1397" s="0" t="s">
-        <v>3920</v>
+        <v>3927</v>
       </c>
       <c r="C1397" s="0" t="s">
-        <v>3921</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="0" t="s">
-        <v>3922</v>
+        <v>3928</v>
       </c>
       <c r="B1398" s="0" t="s">
-        <v>3923</v>
+        <v>3929</v>
       </c>
       <c r="C1398" s="0" t="s">
-        <v>2608</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="0" t="s">
-        <v>3924</v>
+        <v>3931</v>
       </c>
       <c r="B1399" s="0" t="s">
-        <v>3925</v>
+        <v>3932</v>
       </c>
       <c r="C1399" s="0" t="s">
-        <v>2331</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="0" t="s">
-        <v>3926</v>
+        <v>3934</v>
       </c>
       <c r="B1400" s="0" t="s">
-        <v>3927</v>
+        <v>3935</v>
       </c>
       <c r="C1400" s="0" t="s">
-        <v>2568</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="0" t="s">
-        <v>3928</v>
+        <v>3936</v>
       </c>
       <c r="B1401" s="0" t="s">
-        <v>3929</v>
+        <v>3937</v>
       </c>
       <c r="C1401" s="0" t="s">
-        <v>2444</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="0" t="s">
-        <v>3930</v>
+        <v>3938</v>
       </c>
       <c r="B1402" s="0" t="s">
-        <v>3931</v>
+        <v>3939</v>
       </c>
       <c r="C1402" s="0" t="s">
-        <v>3932</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="0" t="s">
-        <v>3933</v>
+        <v>3940</v>
       </c>
       <c r="B1403" s="0" t="s">
-        <v>3934</v>
+        <v>3941</v>
       </c>
       <c r="C1403" s="0" t="s">
-        <v>3935</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="0" t="s">
-        <v>3936</v>
+        <v>3942</v>
       </c>
       <c r="B1404" s="0" t="s">
-        <v>3937</v>
+        <v>3943</v>
       </c>
       <c r="C1404" s="0" t="s">
-        <v>3938</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="0" t="s">
-        <v>3939</v>
+        <v>3944</v>
       </c>
       <c r="B1405" s="0" t="s">
-        <v>3940</v>
+        <v>3945</v>
       </c>
       <c r="C1405" s="0" t="s">
-        <v>3941</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="0" t="s">
-        <v>3942</v>
+        <v>3946</v>
       </c>
       <c r="B1406" s="0" t="s">
-        <v>3943</v>
+        <v>3947</v>
       </c>
       <c r="C1406" s="0" t="s">
-        <v>3944</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="0" t="s">
-        <v>3945</v>
+        <v>3949</v>
       </c>
       <c r="B1407" s="0" t="s">
-        <v>3946</v>
+        <v>3950</v>
       </c>
       <c r="C1407" s="0" t="s">
-        <v>3947</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="0" t="s">
-        <v>3948</v>
+        <v>3952</v>
       </c>
       <c r="B1408" s="0" t="s">
-        <v>3949</v>
+        <v>3953</v>
       </c>
       <c r="C1408" s="0" t="s">
-        <v>3950</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="0" t="s">
-        <v>3951</v>
+        <v>3954</v>
       </c>
       <c r="B1409" s="0" t="s">
-        <v>3952</v>
+        <v>3955</v>
       </c>
       <c r="C1409" s="0" t="s">
-        <v>3953</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="0" t="s">
-        <v>3954</v>
+        <v>3957</v>
       </c>
       <c r="B1410" s="0" t="s">
-        <v>3955</v>
+        <v>3958</v>
       </c>
       <c r="C1410" s="0" t="s">
-        <v>3956</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="0" t="s">
-        <v>3957</v>
+        <v>3960</v>
       </c>
       <c r="B1411" s="0" t="s">
-        <v>3958</v>
+        <v>3961</v>
       </c>
       <c r="C1411" s="0" t="s">
-        <v>3953</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="0" t="s">
-        <v>3959</v>
+        <v>3963</v>
       </c>
       <c r="B1412" s="0" t="s">
-        <v>3960</v>
+        <v>3964</v>
       </c>
       <c r="C1412" s="0" t="s">
-        <v>2423</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="0" t="s">
-        <v>3961</v>
+        <v>3965</v>
       </c>
       <c r="B1413" s="0" t="s">
-        <v>3962</v>
+        <v>3966</v>
       </c>
       <c r="C1413" s="0" t="s">
-        <v>3963</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="0" t="s">
-        <v>3964</v>
+        <v>3967</v>
       </c>
       <c r="B1414" s="0" t="s">
-        <v>3965</v>
+        <v>3968</v>
       </c>
       <c r="C1414" s="0" t="s">
-        <v>3966</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="0" t="s">
-        <v>3967</v>
+        <v>3969</v>
       </c>
       <c r="B1415" s="0" t="s">
-        <v>3968</v>
+        <v>3970</v>
       </c>
       <c r="C1415" s="0" t="s">
-        <v>3947</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="0" t="s">
-        <v>3969</v>
+        <v>3971</v>
       </c>
       <c r="B1416" s="0" t="s">
-        <v>3970</v>
+        <v>3972</v>
       </c>
       <c r="C1416" s="0" t="s">
-        <v>3971</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="0" t="s">
-        <v>3972</v>
+        <v>3974</v>
       </c>
       <c r="B1417" s="0" t="s">
-        <v>3973</v>
+        <v>3975</v>
       </c>
       <c r="C1417" s="0" t="s">
-        <v>3974</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="0" t="s">
-        <v>3975</v>
+        <v>3977</v>
       </c>
       <c r="B1418" s="0" t="s">
-        <v>3976</v>
+        <v>3978</v>
       </c>
       <c r="C1418" s="0" t="s">
-        <v>3963</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="0" t="s">
-        <v>3977</v>
+        <v>3980</v>
       </c>
       <c r="B1419" s="0" t="s">
-        <v>3978</v>
+        <v>3981</v>
       </c>
       <c r="C1419" s="0" t="s">
-        <v>3979</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="0" t="s">
-        <v>3980</v>
+        <v>3983</v>
       </c>
       <c r="B1420" s="0" t="s">
-        <v>3981</v>
+        <v>3984</v>
       </c>
       <c r="C1420" s="0" t="s">
-        <v>3982</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
-        <v>3983</v>
+        <v>3986</v>
       </c>
       <c r="B1421" s="0" t="s">
-        <v>3984</v>
+        <v>3987</v>
       </c>
       <c r="C1421" s="0" t="s">
-        <v>3985</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
-        <v>3986</v>
+        <v>3989</v>
       </c>
       <c r="B1422" s="0" t="s">
-        <v>3987</v>
+        <v>3990</v>
       </c>
       <c r="C1422" s="0" t="s">
-        <v>2444</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
-        <v>3988</v>
+        <v>3992</v>
       </c>
       <c r="B1423" s="0" t="s">
-        <v>3989</v>
+        <v>3993</v>
       </c>
       <c r="C1423" s="0" t="s">
-        <v>3990</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
-        <v>3991</v>
+        <v>3995</v>
       </c>
       <c r="B1424" s="0" t="s">
-        <v>3992</v>
+        <v>3996</v>
       </c>
       <c r="C1424" s="0" t="s">
-        <v>3993</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B1425" s="0" t="s">
+        <v>3999</v>
+      </c>
+      <c r="C1425" s="0" t="s">
         <v>3994</v>
-      </c>
-[...4 lines deleted...]
-        <v>2461</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
-        <v>3996</v>
+        <v>4000</v>
       </c>
       <c r="B1426" s="0" t="s">
-        <v>3997</v>
+        <v>4001</v>
       </c>
       <c r="C1426" s="0" t="s">
-        <v>2429</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="0" t="s">
-        <v>3998</v>
+        <v>4002</v>
       </c>
       <c r="B1427" s="0" t="s">
-        <v>3999</v>
+        <v>4003</v>
       </c>
       <c r="C1427" s="0" t="s">
-        <v>4000</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="0" t="s">
-        <v>4001</v>
+        <v>4005</v>
       </c>
       <c r="B1428" s="0" t="s">
-        <v>4002</v>
+        <v>4006</v>
       </c>
       <c r="C1428" s="0" t="s">
-        <v>4003</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="0" t="s">
-        <v>4004</v>
+        <v>4008</v>
       </c>
       <c r="B1429" s="0" t="s">
-        <v>4005</v>
+        <v>4009</v>
       </c>
       <c r="C1429" s="0" t="s">
-        <v>4006</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="0" t="s">
-        <v>4007</v>
+        <v>4010</v>
       </c>
       <c r="B1430" s="0" t="s">
-        <v>4008</v>
+        <v>4011</v>
       </c>
       <c r="C1430" s="0" t="s">
-        <v>4009</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="0" t="s">
-        <v>4010</v>
+        <v>4013</v>
       </c>
       <c r="B1431" s="0" t="s">
-        <v>4011</v>
+        <v>4014</v>
       </c>
       <c r="C1431" s="0" t="s">
-        <v>4012</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="0" t="s">
-        <v>4013</v>
+        <v>4016</v>
       </c>
       <c r="B1432" s="0" t="s">
-        <v>4014</v>
+        <v>4017</v>
       </c>
       <c r="C1432" s="0" t="s">
-        <v>4015</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="0" t="s">
-        <v>4016</v>
+        <v>4018</v>
       </c>
       <c r="B1433" s="0" t="s">
-        <v>4017</v>
+        <v>4019</v>
       </c>
       <c r="C1433" s="0" t="s">
-        <v>4018</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="0" t="s">
-        <v>4019</v>
+        <v>4021</v>
       </c>
       <c r="B1434" s="0" t="s">
-        <v>4020</v>
+        <v>4022</v>
       </c>
       <c r="C1434" s="0" t="s">
-        <v>4021</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="0" t="s">
-        <v>4022</v>
+        <v>4024</v>
       </c>
       <c r="B1435" s="0" t="s">
-        <v>4023</v>
+        <v>4025</v>
       </c>
       <c r="C1435" s="0" t="s">
-        <v>4024</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="0" t="s">
-        <v>4025</v>
+        <v>4027</v>
       </c>
       <c r="B1436" s="0" t="s">
-        <v>4026</v>
+        <v>4028</v>
       </c>
       <c r="C1436" s="0" t="s">
-        <v>4027</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="0" t="s">
-        <v>4028</v>
+        <v>4029</v>
       </c>
       <c r="B1437" s="0" t="s">
-        <v>4029</v>
+        <v>4030</v>
       </c>
       <c r="C1437" s="0" t="s">
-        <v>4030</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="0" t="s">
-        <v>4031</v>
+        <v>4032</v>
       </c>
       <c r="B1438" s="0" t="s">
-        <v>4032</v>
+        <v>4033</v>
       </c>
       <c r="C1438" s="0" t="s">
-        <v>4033</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="0" t="s">
-        <v>4034</v>
+        <v>4035</v>
       </c>
       <c r="B1439" s="0" t="s">
-        <v>4035</v>
+        <v>4036</v>
       </c>
       <c r="C1439" s="0" t="s">
-        <v>4036</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="0" t="s">
         <v>4037</v>
       </c>
       <c r="B1440" s="0" t="s">
         <v>4038</v>
       </c>
       <c r="C1440" s="0" t="s">
-        <v>4039</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="0" t="s">
+        <v>4039</v>
+      </c>
+      <c r="B1441" s="0" t="s">
         <v>4040</v>
       </c>
-      <c r="B1441" s="0" t="s">
+      <c r="C1441" s="0" t="s">
         <v>4041</v>
-      </c>
-[...1 lines deleted...]
-        <v>4042</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="0" t="s">
+        <v>4042</v>
+      </c>
+      <c r="B1442" s="0" t="s">
         <v>4043</v>
       </c>
-      <c r="B1442" s="0" t="s">
+      <c r="C1442" s="0" t="s">
         <v>4044</v>
-      </c>
-[...1 lines deleted...]
-        <v>4018</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="0" t="s">
         <v>4045</v>
       </c>
       <c r="B1443" s="0" t="s">
         <v>4046</v>
       </c>
       <c r="C1443" s="0" t="s">
-        <v>2400</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="0" t="s">
-        <v>4047</v>
+        <v>4048</v>
       </c>
       <c r="B1444" s="0" t="s">
-        <v>4048</v>
+        <v>4049</v>
       </c>
       <c r="C1444" s="0" t="s">
-        <v>4049</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="0" t="s">
-        <v>4050</v>
+        <v>4051</v>
       </c>
       <c r="B1445" s="0" t="s">
-        <v>4051</v>
+        <v>4052</v>
       </c>
       <c r="C1445" s="0" t="s">
-        <v>4052</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="0" t="s">
-        <v>4053</v>
+        <v>4054</v>
       </c>
       <c r="B1446" s="0" t="s">
-        <v>4054</v>
+        <v>4055</v>
       </c>
       <c r="C1446" s="0" t="s">
-        <v>4055</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="0" t="s">
-        <v>4056</v>
+        <v>4057</v>
       </c>
       <c r="B1447" s="0" t="s">
-        <v>4057</v>
+        <v>4058</v>
       </c>
       <c r="C1447" s="0" t="s">
-        <v>4058</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="0" t="s">
-        <v>4059</v>
+        <v>4060</v>
       </c>
       <c r="B1448" s="0" t="s">
-        <v>4060</v>
+        <v>4061</v>
       </c>
       <c r="C1448" s="0" t="s">
-        <v>2400</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="0" t="s">
-        <v>4061</v>
+        <v>4063</v>
       </c>
       <c r="B1449" s="0" t="s">
-        <v>4062</v>
+        <v>4064</v>
       </c>
       <c r="C1449" s="0" t="s">
-        <v>4063</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="0" t="s">
-        <v>4064</v>
+        <v>4066</v>
       </c>
       <c r="B1450" s="0" t="s">
-        <v>4065</v>
+        <v>4067</v>
       </c>
       <c r="C1450" s="0" t="s">
-        <v>4066</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
-        <v>4067</v>
+        <v>4069</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>4068</v>
+        <v>4070</v>
       </c>
       <c r="C1451" s="0" t="s">
-        <v>4069</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
-        <v>4070</v>
+        <v>4072</v>
       </c>
       <c r="B1452" s="0" t="s">
-        <v>4071</v>
+        <v>4073</v>
       </c>
       <c r="C1452" s="0" t="s">
-        <v>4066</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
-        <v>4072</v>
+        <v>4075</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>4073</v>
+        <v>4076</v>
       </c>
       <c r="C1453" s="0" t="s">
-        <v>4074</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
-        <v>4075</v>
+        <v>4078</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>4076</v>
+        <v>4079</v>
       </c>
       <c r="C1454" s="0" t="s">
-        <v>4077</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="0" t="s">
-        <v>4078</v>
+        <v>4081</v>
       </c>
       <c r="B1455" s="0" t="s">
-        <v>4079</v>
+        <v>4082</v>
       </c>
       <c r="C1455" s="0" t="s">
-        <v>2370</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="0" t="s">
-        <v>4080</v>
+        <v>4084</v>
       </c>
       <c r="B1456" s="0" t="s">
-        <v>4081</v>
+        <v>4085</v>
       </c>
       <c r="C1456" s="0" t="s">
-        <v>4052</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="0" t="s">
-        <v>4082</v>
+        <v>4086</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>4083</v>
+        <v>4087</v>
       </c>
       <c r="C1457" s="0" t="s">
-        <v>4084</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="0" t="s">
-        <v>4085</v>
+        <v>4088</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>4086</v>
+        <v>4089</v>
       </c>
       <c r="C1458" s="0" t="s">
-        <v>2358</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
-        <v>4087</v>
+        <v>4091</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>4088</v>
+        <v>4092</v>
       </c>
       <c r="C1459" s="0" t="s">
-        <v>2373</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
-        <v>4089</v>
+        <v>4094</v>
       </c>
       <c r="B1460" s="0" t="s">
-        <v>4090</v>
+        <v>4095</v>
       </c>
       <c r="C1460" s="0" t="s">
-        <v>4091</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
-        <v>4092</v>
+        <v>4097</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>4093</v>
+        <v>4098</v>
       </c>
       <c r="C1461" s="0" t="s">
-        <v>4094</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
-        <v>4095</v>
+        <v>4100</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>4096</v>
+        <v>4101</v>
       </c>
       <c r="C1462" s="0" t="s">
-        <v>4097</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
-        <v>4098</v>
+        <v>4102</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>4099</v>
+        <v>4103</v>
       </c>
       <c r="C1463" s="0" t="s">
-        <v>4100</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
-        <v>4101</v>
+        <v>4105</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>4102</v>
+        <v>4106</v>
       </c>
       <c r="C1464" s="0" t="s">
-        <v>4103</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="0" t="s">
-        <v>4104</v>
+        <v>4108</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>4105</v>
+        <v>4109</v>
       </c>
       <c r="C1465" s="0" t="s">
-        <v>4106</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1466" s="0" t="s">
+        <v>4112</v>
+      </c>
+      <c r="C1466" s="0" t="s">
         <v>4107</v>
-      </c>
-[...4 lines deleted...]
-        <v>4109</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
-        <v>4110</v>
+        <v>4113</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>4111</v>
+        <v>4114</v>
       </c>
       <c r="C1467" s="0" t="s">
-        <v>4112</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
-        <v>4113</v>
+        <v>4116</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>4114</v>
+        <v>4117</v>
       </c>
       <c r="C1468" s="0" t="s">
-        <v>4115</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
-        <v>4116</v>
+        <v>4119</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>4117</v>
+        <v>4120</v>
       </c>
       <c r="C1469" s="0" t="s">
-        <v>4118</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
-        <v>4119</v>
+        <v>4121</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>4120</v>
+        <v>4122</v>
       </c>
       <c r="C1470" s="0" t="s">
-        <v>4112</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
-        <v>4121</v>
+        <v>4123</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>4122</v>
+        <v>4124</v>
       </c>
       <c r="C1471" s="0" t="s">
-        <v>4123</v>
+        <v>4125</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
-        <v>4124</v>
+        <v>4126</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>4125</v>
+        <v>4127</v>
       </c>
       <c r="C1472" s="0" t="s">
-        <v>4126</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
-        <v>4127</v>
+        <v>4128</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>4128</v>
+        <v>4129</v>
       </c>
       <c r="C1473" s="0" t="s">
-        <v>4129</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
         <v>4130</v>
       </c>
       <c r="B1474" s="0" t="s">
         <v>4131</v>
       </c>
       <c r="C1474" s="0" t="s">
         <v>4132</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
         <v>4133</v>
       </c>
       <c r="B1475" s="0" t="s">
         <v>4134</v>
       </c>
       <c r="C1475" s="0" t="s">
         <v>4135</v>
       </c>
     </row>
     <row r="1476">
@@ -29339,747 +29462,901 @@
         <v>4155</v>
       </c>
       <c r="C1482" s="0" t="s">
         <v>4156</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
         <v>4157</v>
       </c>
       <c r="B1483" s="0" t="s">
         <v>4158</v>
       </c>
       <c r="C1483" s="0" t="s">
         <v>4159</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
         <v>4160</v>
       </c>
       <c r="B1484" s="0" t="s">
         <v>4161</v>
       </c>
       <c r="C1484" s="0" t="s">
-        <v>4162</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B1485" s="0" t="s">
         <v>4163</v>
       </c>
-      <c r="B1485" s="0" t="s">
+      <c r="C1485" s="0" t="s">
         <v>4164</v>
-      </c>
-[...1 lines deleted...]
-        <v>4165</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
+        <v>4165</v>
+      </c>
+      <c r="B1486" s="0" t="s">
         <v>4166</v>
       </c>
-      <c r="B1486" s="0" t="s">
+      <c r="C1486" s="0" t="s">
         <v>4167</v>
-      </c>
-[...1 lines deleted...]
-        <v>3797</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
         <v>4168</v>
       </c>
       <c r="B1487" s="0" t="s">
         <v>4169</v>
       </c>
       <c r="C1487" s="0" t="s">
         <v>4170</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
         <v>4171</v>
       </c>
       <c r="B1488" s="0" t="s">
         <v>4172</v>
       </c>
       <c r="C1488" s="0" t="s">
-        <v>4170</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
-        <v>4173</v>
+        <v>4174</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>4174</v>
+        <v>4175</v>
       </c>
       <c r="C1489" s="0" t="s">
-        <v>4175</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
-        <v>4176</v>
+        <v>4177</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>4177</v>
+        <v>4178</v>
       </c>
       <c r="C1490" s="0" t="s">
-        <v>4178</v>
+        <v>4179</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
-        <v>4179</v>
+        <v>4180</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>4180</v>
+        <v>4181</v>
       </c>
       <c r="C1491" s="0" t="s">
-        <v>2616</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>4181</v>
+        <v>4183</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>4182</v>
+        <v>4184</v>
       </c>
       <c r="C1492" s="0" t="s">
-        <v>4183</v>
+        <v>4185</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>4184</v>
+        <v>4186</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>4185</v>
+        <v>4187</v>
       </c>
       <c r="C1493" s="0" t="s">
-        <v>4186</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>4187</v>
+        <v>4189</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>4188</v>
+        <v>4190</v>
       </c>
       <c r="C1494" s="0" t="s">
-        <v>4189</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>4190</v>
+        <v>4192</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>4191</v>
+        <v>4193</v>
       </c>
       <c r="C1495" s="0" t="s">
-        <v>4192</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
-        <v>4193</v>
+        <v>4195</v>
       </c>
       <c r="B1496" s="0" t="s">
-        <v>4194</v>
+        <v>4196</v>
       </c>
       <c r="C1496" s="0" t="s">
-        <v>4195</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
-        <v>4196</v>
+        <v>4198</v>
       </c>
       <c r="B1497" s="0" t="s">
-        <v>4197</v>
+        <v>4199</v>
       </c>
       <c r="C1497" s="0" t="s">
-        <v>4195</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
-        <v>4198</v>
+        <v>4201</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>4199</v>
+        <v>4202</v>
       </c>
       <c r="C1498" s="0" t="s">
-        <v>4200</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
-        <v>4201</v>
+        <v>4204</v>
       </c>
       <c r="B1499" s="0" t="s">
-        <v>4202</v>
+        <v>4205</v>
       </c>
       <c r="C1499" s="0" t="s">
-        <v>4200</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
-        <v>4203</v>
+        <v>4207</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>4204</v>
+        <v>4208</v>
       </c>
       <c r="C1500" s="0" t="s">
-        <v>2812</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>4205</v>
+        <v>4209</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>4206</v>
+        <v>4210</v>
       </c>
       <c r="C1501" s="0" t="s">
-        <v>4207</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>4208</v>
+        <v>4212</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>4209</v>
+        <v>4213</v>
       </c>
       <c r="C1502" s="0" t="s">
-        <v>4210</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>4211</v>
+        <v>4214</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>4212</v>
+        <v>4215</v>
       </c>
       <c r="C1503" s="0" t="s">
-        <v>4213</v>
+        <v>4216</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
-        <v>4214</v>
+        <v>4217</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>4215</v>
+        <v>4218</v>
       </c>
       <c r="C1504" s="0" t="s">
-        <v>4216</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
-        <v>4217</v>
+        <v>4220</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>4218</v>
+        <v>4221</v>
       </c>
       <c r="C1505" s="0" t="s">
-        <v>2812</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>4219</v>
+        <v>4222</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>4220</v>
+        <v>4223</v>
       </c>
       <c r="C1506" s="0" t="s">
-        <v>4221</v>
+        <v>4224</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>4222</v>
+        <v>4225</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>4223</v>
+        <v>4226</v>
       </c>
       <c r="C1507" s="0" t="s">
-        <v>4224</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
-        <v>4225</v>
+        <v>4228</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>4226</v>
+        <v>4229</v>
       </c>
       <c r="C1508" s="0" t="s">
-        <v>4227</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
-        <v>4228</v>
+        <v>4231</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>4229</v>
+        <v>4232</v>
       </c>
       <c r="C1509" s="0" t="s">
-        <v>4230</v>
+        <v>4233</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
-        <v>4231</v>
+        <v>4234</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>4232</v>
+        <v>4235</v>
       </c>
       <c r="C1510" s="0" t="s">
-        <v>4233</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
-        <v>4234</v>
+        <v>4237</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>4235</v>
+        <v>4238</v>
       </c>
       <c r="C1511" s="0" t="s">
         <v>4236</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
-        <v>4237</v>
+        <v>4239</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>4238</v>
+        <v>4240</v>
       </c>
       <c r="C1512" s="0" t="s">
-        <v>2234</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
-        <v>4239</v>
+        <v>4242</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>4240</v>
+        <v>4243</v>
       </c>
       <c r="C1513" s="0" t="s">
-        <v>3697</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
-        <v>4241</v>
+        <v>4244</v>
       </c>
       <c r="B1514" s="0" t="s">
-        <v>4242</v>
+        <v>4245</v>
       </c>
       <c r="C1514" s="0" t="s">
-        <v>2675</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="0" t="s">
-        <v>4243</v>
+        <v>4246</v>
       </c>
       <c r="B1515" s="0" t="s">
-        <v>4244</v>
+        <v>4247</v>
       </c>
       <c r="C1515" s="0" t="s">
-        <v>4245</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="0" t="s">
-        <v>4246</v>
+        <v>4249</v>
       </c>
       <c r="B1516" s="0" t="s">
-        <v>4247</v>
+        <v>4250</v>
       </c>
       <c r="C1516" s="0" t="s">
-        <v>3690</v>
+        <v>4251</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
-        <v>4248</v>
+        <v>4252</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>4249</v>
+        <v>4253</v>
       </c>
       <c r="C1517" s="0" t="s">
-        <v>4250</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
-        <v>4251</v>
+        <v>4255</v>
       </c>
       <c r="B1518" s="0" t="s">
-        <v>4252</v>
+        <v>4256</v>
       </c>
       <c r="C1518" s="0" t="s">
-        <v>4221</v>
+        <v>4257</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
-        <v>4253</v>
+        <v>4258</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>4254</v>
+        <v>4259</v>
       </c>
       <c r="C1519" s="0" t="s">
-        <v>2228</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
-        <v>4255</v>
+        <v>4260</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>4256</v>
+        <v>4261</v>
       </c>
       <c r="C1520" s="0" t="s">
-        <v>4257</v>
+        <v>4262</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
-        <v>4258</v>
+        <v>4263</v>
       </c>
       <c r="B1521" s="0" t="s">
-        <v>4259</v>
+        <v>4264</v>
       </c>
       <c r="C1521" s="0" t="s">
-        <v>2228</v>
+        <v>4265</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="0" t="s">
-        <v>4260</v>
+        <v>4266</v>
       </c>
       <c r="B1522" s="0" t="s">
-        <v>4261</v>
+        <v>4267</v>
       </c>
       <c r="C1522" s="0" t="s">
-        <v>3680</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="0" t="s">
-        <v>4262</v>
+        <v>4269</v>
       </c>
       <c r="B1523" s="0" t="s">
-        <v>4263</v>
+        <v>4270</v>
       </c>
       <c r="C1523" s="0" t="s">
-        <v>4264</v>
+        <v>4271</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="0" t="s">
-        <v>4265</v>
+        <v>4272</v>
       </c>
       <c r="B1524" s="0" t="s">
-        <v>4266</v>
+        <v>4273</v>
       </c>
       <c r="C1524" s="0" t="s">
-        <v>4267</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="0" t="s">
-        <v>4268</v>
+        <v>4275</v>
       </c>
       <c r="B1525" s="0" t="s">
-        <v>4269</v>
+        <v>4276</v>
       </c>
       <c r="C1525" s="0" t="s">
-        <v>2280</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="0" t="s">
-        <v>4270</v>
+        <v>4278</v>
       </c>
       <c r="B1526" s="0" t="s">
-        <v>4271</v>
+        <v>4279</v>
       </c>
       <c r="C1526" s="0" t="s">
-        <v>2263</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="0" t="s">
-        <v>4272</v>
+        <v>4280</v>
       </c>
       <c r="B1527" s="0" t="s">
-        <v>4273</v>
+        <v>4281</v>
       </c>
       <c r="C1527" s="0" t="s">
-        <v>4274</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="0" t="s">
-        <v>4275</v>
+        <v>4282</v>
       </c>
       <c r="B1528" s="0" t="s">
-        <v>4276</v>
+        <v>4283</v>
       </c>
       <c r="C1528" s="0" t="s">
-        <v>4277</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="0" t="s">
-        <v>4278</v>
+        <v>4284</v>
       </c>
       <c r="B1529" s="0" t="s">
-        <v>4279</v>
+        <v>4285</v>
       </c>
       <c r="C1529" s="0" t="s">
-        <v>2834</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="0" t="s">
-        <v>4280</v>
+        <v>4287</v>
       </c>
       <c r="B1530" s="0" t="s">
-        <v>4281</v>
+        <v>4288</v>
       </c>
       <c r="C1530" s="0" t="s">
-        <v>4245</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="0" t="s">
-        <v>4282</v>
+        <v>4289</v>
       </c>
       <c r="B1531" s="0" t="s">
-        <v>4283</v>
+        <v>4290</v>
       </c>
       <c r="C1531" s="0" t="s">
-        <v>4284</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="0" t="s">
-        <v>4285</v>
+        <v>4292</v>
       </c>
       <c r="B1532" s="0" t="s">
-        <v>4286</v>
+        <v>4293</v>
       </c>
       <c r="C1532" s="0" t="s">
-        <v>2503</v>
+        <v>4262</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="0" t="s">
-        <v>4287</v>
+        <v>4294</v>
       </c>
       <c r="B1533" s="0" t="s">
-        <v>4288</v>
+        <v>4295</v>
       </c>
       <c r="C1533" s="0" t="s">
-        <v>2248</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="0" t="s">
-        <v>4289</v>
+        <v>4296</v>
       </c>
       <c r="B1534" s="0" t="s">
-        <v>4290</v>
+        <v>4297</v>
       </c>
       <c r="C1534" s="0" t="s">
-        <v>2266</v>
+        <v>4298</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="0" t="s">
-        <v>4291</v>
+        <v>4299</v>
       </c>
       <c r="B1535" s="0" t="s">
-        <v>4292</v>
+        <v>4300</v>
       </c>
       <c r="C1535" s="0" t="s">
-        <v>2503</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="0" t="s">
-        <v>4293</v>
+        <v>4301</v>
       </c>
       <c r="B1536" s="0" t="s">
-        <v>4294</v>
+        <v>4302</v>
       </c>
       <c r="C1536" s="0" t="s">
-        <v>2280</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="0" t="s">
-        <v>4295</v>
+        <v>4303</v>
       </c>
       <c r="B1537" s="0" t="s">
-        <v>4296</v>
+        <v>4304</v>
       </c>
       <c r="C1537" s="0" t="s">
-        <v>2280</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="0" t="s">
-        <v>4297</v>
+        <v>4306</v>
       </c>
       <c r="B1538" s="0" t="s">
-        <v>4298</v>
+        <v>4307</v>
       </c>
       <c r="C1538" s="0" t="s">
-        <v>2280</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="0" t="s">
-        <v>4299</v>
+        <v>4309</v>
       </c>
       <c r="B1539" s="0" t="s">
-        <v>4300</v>
+        <v>4310</v>
       </c>
       <c r="C1539" s="0" t="s">
-        <v>2263</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="0" t="s">
-        <v>4301</v>
+        <v>4311</v>
       </c>
       <c r="B1540" s="0" t="s">
-        <v>4302</v>
+        <v>4312</v>
       </c>
       <c r="C1540" s="0" t="s">
-        <v>2263</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="0" t="s">
-        <v>4303</v>
+        <v>4313</v>
       </c>
       <c r="B1541" s="0" t="s">
-        <v>4304</v>
+        <v>4314</v>
       </c>
       <c r="C1541" s="0" t="s">
-        <v>2263</v>
+        <v>4315</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
-        <v>4305</v>
+        <v>4316</v>
       </c>
       <c r="B1542" s="0" t="s">
-        <v>4306</v>
+        <v>4317</v>
       </c>
       <c r="C1542" s="0" t="s">
-        <v>2263</v>
+        <v>4318</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
-        <v>4307</v>
+        <v>4319</v>
       </c>
       <c r="B1543" s="0" t="s">
-        <v>4308</v>
+        <v>4320</v>
       </c>
       <c r="C1543" s="0" t="s">
-        <v>2263</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="0" t="s">
-        <v>4309</v>
+        <v>4321</v>
       </c>
       <c r="B1544" s="0" t="s">
-        <v>4310</v>
+        <v>4322</v>
       </c>
       <c r="C1544" s="0" t="s">
-        <v>4311</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="0" t="s">
-        <v>4312</v>
+        <v>4323</v>
       </c>
       <c r="B1545" s="0" t="s">
-        <v>4313</v>
+        <v>4324</v>
       </c>
       <c r="C1545" s="0" t="s">
-        <v>4311</v>
+        <v>4325</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="0" t="s">
-        <v>4314</v>
+        <v>4326</v>
       </c>
       <c r="B1546" s="0" t="s">
-        <v>4315</v>
+        <v>4327</v>
       </c>
       <c r="C1546" s="0" t="s">
-        <v>4311</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="0" t="s">
-        <v>4316</v>
+        <v>4328</v>
       </c>
       <c r="B1547" s="0" t="s">
-        <v>4317</v>
+        <v>4329</v>
       </c>
       <c r="C1547" s="0" t="s">
-        <v>4311</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="0" t="s">
-        <v>4318</v>
+        <v>4330</v>
       </c>
       <c r="B1548" s="0" t="s">
-        <v>4319</v>
+        <v>4331</v>
       </c>
       <c r="C1548" s="0" t="s">
-        <v>4311</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="0" t="s">
-        <v>4320</v>
+        <v>4332</v>
       </c>
       <c r="B1549" s="0" t="s">
-        <v>4321</v>
+        <v>4333</v>
       </c>
       <c r="C1549" s="0" t="s">
-        <v>4311</v>
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="1550">
+      <c r="A1550" s="0" t="s">
+        <v>4334</v>
+      </c>
+      <c r="B1550" s="0" t="s">
+        <v>4335</v>
+      </c>
+      <c r="C1550" s="0" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="1551">
+      <c r="A1551" s="0" t="s">
+        <v>4336</v>
+      </c>
+      <c r="B1551" s="0" t="s">
+        <v>4337</v>
+      </c>
+      <c r="C1551" s="0" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="1552">
+      <c r="A1552" s="0" t="s">
+        <v>4338</v>
+      </c>
+      <c r="B1552" s="0" t="s">
+        <v>4339</v>
+      </c>
+      <c r="C1552" s="0" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="1553">
+      <c r="A1553" s="0" t="s">
+        <v>4340</v>
+      </c>
+      <c r="B1553" s="0" t="s">
+        <v>4341</v>
+      </c>
+      <c r="C1553" s="0" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="1554">
+      <c r="A1554" s="0" t="s">
+        <v>4342</v>
+      </c>
+      <c r="B1554" s="0" t="s">
+        <v>4343</v>
+      </c>
+      <c r="C1554" s="0" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="1555">
+      <c r="A1555" s="0" t="s">
+        <v>4344</v>
+      </c>
+      <c r="B1555" s="0" t="s">
+        <v>4345</v>
+      </c>
+      <c r="C1555" s="0" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="1556">
+      <c r="A1556" s="0" t="s">
+        <v>4346</v>
+      </c>
+      <c r="B1556" s="0" t="s">
+        <v>4347</v>
+      </c>
+      <c r="C1556" s="0" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="1557">
+      <c r="A1557" s="0" t="s">
+        <v>4348</v>
+      </c>
+      <c r="B1557" s="0" t="s">
+        <v>4349</v>
+      </c>
+      <c r="C1557" s="0" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="1558">
+      <c r="A1558" s="0" t="s">
+        <v>4350</v>
+      </c>
+      <c r="B1558" s="0" t="s">
+        <v>4351</v>
+      </c>
+      <c r="C1558" s="0" t="s">
+        <v>4352</v>
+      </c>
+    </row>
+    <row r="1559">
+      <c r="A1559" s="0" t="s">
+        <v>4353</v>
+      </c>
+      <c r="B1559" s="0" t="s">
+        <v>4354</v>
+      </c>
+      <c r="C1559" s="0" t="s">
+        <v>4352</v>
+      </c>
+    </row>
+    <row r="1560">
+      <c r="A1560" s="0" t="s">
+        <v>4355</v>
+      </c>
+      <c r="B1560" s="0" t="s">
+        <v>4356</v>
+      </c>
+      <c r="C1560" s="0" t="s">
+        <v>4352</v>
+      </c>
+    </row>
+    <row r="1561">
+      <c r="A1561" s="0" t="s">
+        <v>4357</v>
+      </c>
+      <c r="B1561" s="0" t="s">
+        <v>4358</v>
+      </c>
+      <c r="C1561" s="0" t="s">
+        <v>4352</v>
+      </c>
+    </row>
+    <row r="1562">
+      <c r="A1562" s="0" t="s">
+        <v>4359</v>
+      </c>
+      <c r="B1562" s="0" t="s">
+        <v>4360</v>
+      </c>
+      <c r="C1562" s="0" t="s">
+        <v>4352</v>
+      </c>
+    </row>
+    <row r="1563">
+      <c r="A1563" s="0" t="s">
+        <v>4361</v>
+      </c>
+      <c r="B1563" s="0" t="s">
+        <v>4362</v>
+      </c>
+      <c r="C1563" s="0" t="s">
+        <v>4352</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>