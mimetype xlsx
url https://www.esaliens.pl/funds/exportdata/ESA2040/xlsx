--- v4 (2026-03-03)
+++ v5 (2026-03-23)
@@ -4,13136 +4,13262 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESALIENS 2040" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4363" uniqueCount="4363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4405" uniqueCount="4405">
   <si>
     <t>ESALIENS 2040</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>88.42</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>89.38</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>89.81</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>88.84</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>88.22</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>88.45</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>89.30</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>89.69</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>88.50</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>88.30</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>89.61</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>89.79</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>88.39</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>90.40</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>2026-02-27</t>
   </si>
   <si>
     <t>91.18</t>
   </si>
   <si>
-    <t>2</t>
+    <t>16</t>
   </si>
   <si>
     <t>2026-02-26</t>
   </si>
   <si>
     <t>91.51</t>
   </si>
   <si>
-    <t>3</t>
+    <t>17</t>
   </si>
   <si>
     <t>2026-02-25</t>
   </si>
   <si>
     <t>91.89</t>
   </si>
   <si>
-    <t>4</t>
+    <t>18</t>
   </si>
   <si>
     <t>2026-02-24</t>
   </si>
   <si>
     <t>91.34</t>
   </si>
   <si>
-    <t>5</t>
+    <t>19</t>
   </si>
   <si>
     <t>2026-02-23</t>
   </si>
   <si>
     <t>91.84</t>
   </si>
   <si>
-    <t>6</t>
+    <t>20</t>
   </si>
   <si>
     <t>2026-02-20</t>
   </si>
   <si>
     <t>92.32</t>
   </si>
   <si>
-    <t>7</t>
+    <t>21</t>
   </si>
   <si>
     <t>2026-02-19</t>
   </si>
   <si>
     <t>92.36</t>
   </si>
   <si>
-    <t>8</t>
+    <t>22</t>
   </si>
   <si>
     <t>2026-02-18</t>
   </si>
   <si>
     <t>92.61</t>
   </si>
   <si>
-    <t>9</t>
+    <t>23</t>
   </si>
   <si>
     <t>2026-02-17</t>
   </si>
   <si>
     <t>91.80</t>
   </si>
   <si>
-    <t>10</t>
+    <t>24</t>
   </si>
   <si>
     <t>2026-02-16</t>
   </si>
   <si>
     <t>92.04</t>
   </si>
   <si>
-    <t>11</t>
+    <t>25</t>
   </si>
   <si>
     <t>2026-02-13</t>
   </si>
   <si>
     <t>91.93</t>
   </si>
   <si>
-    <t>12</t>
+    <t>26</t>
   </si>
   <si>
     <t>2026-02-12</t>
   </si>
   <si>
     <t>92.46</t>
   </si>
   <si>
-    <t>13</t>
+    <t>27</t>
   </si>
   <si>
     <t>2026-02-11</t>
   </si>
   <si>
     <t>92.48</t>
   </si>
   <si>
-    <t>14</t>
+    <t>28</t>
   </si>
   <si>
     <t>2026-02-10</t>
   </si>
   <si>
     <t>92.54</t>
   </si>
   <si>
-    <t>15</t>
+    <t>29</t>
   </si>
   <si>
     <t>2026-02-09</t>
   </si>
   <si>
     <t>92.68</t>
   </si>
   <si>
-    <t>16</t>
+    <t>30</t>
   </si>
   <si>
     <t>2026-02-06</t>
   </si>
   <si>
     <t>91.16</t>
   </si>
   <si>
-    <t>17</t>
+    <t>31</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>90.70</t>
   </si>
   <si>
-    <t>18</t>
+    <t>32</t>
   </si>
   <si>
     <t>2026-02-04</t>
   </si>
   <si>
-    <t>19</t>
+    <t>33</t>
   </si>
   <si>
     <t>2026-02-03</t>
   </si>
   <si>
     <t>93.12</t>
   </si>
   <si>
-    <t>20</t>
+    <t>34</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
     <t>92.38</t>
   </si>
   <si>
-    <t>21</t>
+    <t>35</t>
   </si>
   <si>
     <t>2026-01-30</t>
   </si>
   <si>
     <t>91.73</t>
   </si>
   <si>
-    <t>22</t>
+    <t>36</t>
   </si>
   <si>
     <t>2026-01-29</t>
   </si>
   <si>
     <t>91.32</t>
   </si>
   <si>
-    <t>23</t>
+    <t>37</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>91.90</t>
   </si>
   <si>
-    <t>24</t>
+    <t>38</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>92.11</t>
   </si>
   <si>
-    <t>25</t>
+    <t>39</t>
   </si>
   <si>
     <t>2026-01-26</t>
   </si>
   <si>
     <t>91.75</t>
   </si>
   <si>
-    <t>26</t>
+    <t>40</t>
   </si>
   <si>
     <t>2026-01-23</t>
   </si>
   <si>
     <t>91.38</t>
   </si>
   <si>
-    <t>27</t>
+    <t>41</t>
   </si>
   <si>
     <t>2026-01-22</t>
   </si>
   <si>
     <t>92.08</t>
   </si>
   <si>
-    <t>28</t>
+    <t>42</t>
   </si>
   <si>
     <t>2026-01-21</t>
   </si>
   <si>
     <t>90.52</t>
   </si>
   <si>
-    <t>29</t>
+    <t>43</t>
   </si>
   <si>
     <t>2026-01-20</t>
   </si>
   <si>
     <t>90.49</t>
   </si>
   <si>
-    <t>30</t>
+    <t>44</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
     <t>90.63</t>
   </si>
   <si>
-    <t>31</t>
+    <t>45</t>
   </si>
   <si>
     <t>2026-01-16</t>
   </si>
   <si>
     <t>91.27</t>
   </si>
   <si>
-    <t>32</t>
+    <t>46</t>
   </si>
   <si>
     <t>2026-01-15</t>
   </si>
   <si>
     <t>90.67</t>
   </si>
   <si>
-    <t>33</t>
+    <t>47</t>
   </si>
   <si>
     <t>2026-01-14</t>
   </si>
   <si>
-    <t>34</t>
+    <t>48</t>
   </si>
   <si>
     <t>2026-01-13</t>
   </si>
   <si>
-    <t>35</t>
+    <t>49</t>
   </si>
   <si>
     <t>2026-01-12</t>
   </si>
   <si>
     <t>91.62</t>
   </si>
   <si>
-    <t>36</t>
+    <t>50</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>91.87</t>
   </si>
   <si>
-    <t>37</t>
+    <t>51</t>
   </si>
   <si>
     <t>2026-01-08</t>
   </si>
   <si>
     <t>91.06</t>
   </si>
   <si>
-    <t>38</t>
+    <t>52</t>
   </si>
   <si>
     <t>2026-01-07</t>
   </si>
   <si>
     <t>91.91</t>
   </si>
   <si>
-    <t>39</t>
+    <t>53</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
     <t>90.28</t>
   </si>
   <si>
-    <t>40</t>
+    <t>54</t>
   </si>
   <si>
     <t>2026-01-02</t>
   </si>
   <si>
     <t>90.02</t>
   </si>
   <si>
-    <t>41</t>
+    <t>55</t>
   </si>
   <si>
     <t>2025-12-30</t>
   </si>
   <si>
     <t>88.71</t>
   </si>
   <si>
-    <t>42</t>
+    <t>56</t>
   </si>
   <si>
     <t>2025-12-29</t>
   </si>
   <si>
     <t>88.64</t>
   </si>
   <si>
-    <t>43</t>
+    <t>57</t>
   </si>
   <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>88.34</t>
   </si>
   <si>
-    <t>44</t>
+    <t>58</t>
   </si>
   <si>
     <t>2025-12-22</t>
   </si>
   <si>
     <t>88.13</t>
   </si>
   <si>
-    <t>45</t>
+    <t>59</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
     <t>88.03</t>
   </si>
   <si>
-    <t>46</t>
+    <t>60</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
     <t>87.08</t>
   </si>
   <si>
-    <t>47</t>
+    <t>61</t>
   </si>
   <si>
     <t>2025-12-17</t>
   </si>
   <si>
     <t>86.64</t>
   </si>
   <si>
-    <t>48</t>
+    <t>62</t>
   </si>
   <si>
     <t>2025-12-16</t>
   </si>
   <si>
     <t>86.70</t>
   </si>
   <si>
-    <t>49</t>
+    <t>63</t>
   </si>
   <si>
     <t>2025-12-15</t>
   </si>
   <si>
     <t>87.25</t>
   </si>
   <si>
-    <t>50</t>
+    <t>64</t>
   </si>
   <si>
     <t>2025-12-12</t>
   </si>
   <si>
     <t>86.59</t>
   </si>
   <si>
-    <t>51</t>
+    <t>65</t>
   </si>
   <si>
     <t>2025-12-11</t>
   </si>
   <si>
     <t>86.46</t>
   </si>
   <si>
-    <t>52</t>
+    <t>66</t>
   </si>
   <si>
     <t>2025-12-10</t>
   </si>
   <si>
     <t>86.08</t>
   </si>
   <si>
-    <t>53</t>
+    <t>67</t>
   </si>
   <si>
     <t>2025-12-09</t>
   </si>
   <si>
     <t>85.71</t>
   </si>
   <si>
-    <t>54</t>
+    <t>68</t>
   </si>
   <si>
     <t>2025-12-08</t>
   </si>
   <si>
     <t>85.11</t>
   </si>
   <si>
-    <t>55</t>
+    <t>69</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>85.32</t>
   </si>
   <si>
-    <t>56</t>
+    <t>70</t>
   </si>
   <si>
     <t>2025-12-04</t>
   </si>
   <si>
     <t>85.19</t>
   </si>
   <si>
-    <t>57</t>
+    <t>71</t>
   </si>
   <si>
     <t>2025-12-03</t>
   </si>
   <si>
     <t>85.28</t>
   </si>
   <si>
-    <t>58</t>
+    <t>72</t>
   </si>
   <si>
     <t>2025-12-02</t>
   </si>
   <si>
     <t>85.93</t>
   </si>
   <si>
-    <t>59</t>
+    <t>73</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>86.34</t>
   </si>
   <si>
-    <t>60</t>
+    <t>74</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>86.73</t>
   </si>
   <si>
-    <t>61</t>
+    <t>75</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>85.94</t>
   </si>
   <si>
-    <t>62</t>
+    <t>76</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>86.01</t>
   </si>
   <si>
-    <t>63</t>
+    <t>77</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>85.46</t>
   </si>
   <si>
-    <t>64</t>
+    <t>78</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>84.82</t>
   </si>
   <si>
-    <t>65</t>
+    <t>79</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
     <t>84.49</t>
   </si>
   <si>
-    <t>66</t>
+    <t>80</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
   <si>
     <t>84.73</t>
   </si>
   <si>
-    <t>67</t>
+    <t>81</t>
   </si>
   <si>
     <t>2025-11-19</t>
   </si>
   <si>
     <t>85.26</t>
   </si>
   <si>
-    <t>68</t>
+    <t>82</t>
   </si>
   <si>
     <t>2025-11-18</t>
   </si>
   <si>
     <t>84.23</t>
   </si>
   <si>
-    <t>69</t>
+    <t>83</t>
   </si>
   <si>
     <t>2025-11-17</t>
   </si>
   <si>
     <t>85.30</t>
   </si>
   <si>
-    <t>70</t>
+    <t>84</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>85.76</t>
   </si>
   <si>
-    <t>71</t>
+    <t>85</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>85.97</t>
   </si>
   <si>
-    <t>72</t>
+    <t>86</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>86.23</t>
   </si>
   <si>
-    <t>73</t>
+    <t>87</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>86.43</t>
   </si>
   <si>
-    <t>74</t>
+    <t>88</t>
   </si>
   <si>
     <t>2025-11-07</t>
   </si>
   <si>
     <t>85.58</t>
   </si>
   <si>
-    <t>75</t>
+    <t>89</t>
   </si>
   <si>
     <t>2025-11-06</t>
   </si>
   <si>
     <t>85.89</t>
   </si>
   <si>
-    <t>76</t>
+    <t>90</t>
   </si>
   <si>
     <t>2025-11-05</t>
   </si>
   <si>
     <t>86.06</t>
   </si>
   <si>
-    <t>77</t>
+    <t>91</t>
   </si>
   <si>
     <t>2025-11-04</t>
   </si>
   <si>
     <t>85.73</t>
   </si>
   <si>
-    <t>78</t>
+    <t>92</t>
   </si>
   <si>
     <t>2025-11-03</t>
   </si>
   <si>
     <t>86.58</t>
   </si>
   <si>
-    <t>79</t>
+    <t>93</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
     <t>86.13</t>
   </si>
   <si>
-    <t>80</t>
+    <t>94</t>
   </si>
   <si>
     <t>2025-10-30</t>
   </si>
   <si>
     <t>86.44</t>
   </si>
   <si>
-    <t>81</t>
+    <t>95</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>87.11</t>
   </si>
   <si>
-    <t>82</t>
+    <t>96</t>
   </si>
   <si>
     <t>2025-10-28</t>
   </si>
   <si>
     <t>87.07</t>
   </si>
   <si>
-    <t>83</t>
+    <t>97</t>
   </si>
   <si>
     <t>2025-10-27</t>
   </si>
   <si>
     <t>85.86</t>
   </si>
   <si>
-    <t>84</t>
+    <t>98</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>85.50</t>
   </si>
   <si>
-    <t>85</t>
+    <t>99</t>
   </si>
   <si>
     <t>2025-10-23</t>
   </si>
   <si>
     <t>85.54</t>
   </si>
   <si>
-    <t>86</t>
+    <t>100</t>
   </si>
   <si>
     <t>2025-10-22</t>
   </si>
   <si>
-    <t>87</t>
+    <t>101</t>
   </si>
   <si>
     <t>2025-10-21</t>
   </si>
   <si>
     <t>84.96</t>
   </si>
   <si>
-    <t>88</t>
+    <t>102</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>85.02</t>
   </si>
   <si>
-    <t>89</t>
+    <t>103</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
   <si>
     <t>84.13</t>
   </si>
   <si>
-    <t>90</t>
+    <t>104</t>
   </si>
   <si>
     <t>2025-10-16</t>
   </si>
   <si>
     <t>84.31</t>
   </si>
   <si>
-    <t>91</t>
+    <t>105</t>
   </si>
   <si>
     <t>2025-10-15</t>
   </si>
   <si>
     <t>84.63</t>
   </si>
   <si>
-    <t>92</t>
+    <t>106</t>
   </si>
   <si>
     <t>2025-10-14</t>
   </si>
   <si>
     <t>83.74</t>
   </si>
   <si>
-    <t>93</t>
+    <t>107</t>
   </si>
   <si>
     <t>2025-10-13</t>
   </si>
   <si>
     <t>84.53</t>
   </si>
   <si>
-    <t>94</t>
+    <t>108</t>
   </si>
   <si>
     <t>2025-10-10</t>
   </si>
   <si>
     <t>84.21</t>
   </si>
   <si>
-    <t>95</t>
+    <t>109</t>
   </si>
   <si>
     <t>2025-10-09</t>
   </si>
   <si>
     <t>84.72</t>
   </si>
   <si>
-    <t>96</t>
+    <t>110</t>
   </si>
   <si>
     <t>2025-10-08</t>
   </si>
   <si>
     <t>84.61</t>
   </si>
   <si>
-    <t>97</t>
+    <t>111</t>
   </si>
   <si>
     <t>2025-10-07</t>
   </si>
   <si>
-    <t>98</t>
+    <t>112</t>
   </si>
   <si>
     <t>2025-10-06</t>
   </si>
   <si>
     <t>83.78</t>
   </si>
   <si>
-    <t>99</t>
+    <t>113</t>
   </si>
   <si>
     <t>2025-10-03</t>
   </si>
   <si>
     <t>84.08</t>
   </si>
   <si>
-    <t>100</t>
+    <t>114</t>
   </si>
   <si>
     <t>2025-10-02</t>
   </si>
   <si>
     <t>84.20</t>
   </si>
   <si>
-    <t>101</t>
+    <t>115</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>83.84</t>
   </si>
   <si>
-    <t>102</t>
+    <t>116</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>83.17</t>
   </si>
   <si>
-    <t>103</t>
+    <t>117</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>83.28</t>
   </si>
   <si>
-    <t>104</t>
+    <t>118</t>
   </si>
   <si>
     <t>2025-09-26</t>
   </si>
   <si>
     <t>83.60</t>
   </si>
   <si>
-    <t>105</t>
+    <t>119</t>
   </si>
   <si>
     <t>2025-09-25</t>
   </si>
   <si>
     <t>83.00</t>
   </si>
   <si>
-    <t>106</t>
+    <t>120</t>
   </si>
   <si>
     <t>2025-09-24</t>
   </si>
   <si>
-    <t>107</t>
+    <t>121</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
-    <t>108</t>
+    <t>122</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>82.74</t>
   </si>
   <si>
-    <t>109</t>
+    <t>123</t>
   </si>
   <si>
     <t>2025-09-19</t>
   </si>
   <si>
     <t>82.94</t>
   </si>
   <si>
-    <t>110</t>
+    <t>124</t>
   </si>
   <si>
     <t>2025-09-18</t>
   </si>
   <si>
     <t>83.04</t>
   </si>
   <si>
-    <t>111</t>
+    <t>125</t>
   </si>
   <si>
     <t>2025-09-17</t>
   </si>
   <si>
     <t>82.25</t>
   </si>
   <si>
-    <t>112</t>
+    <t>126</t>
   </si>
   <si>
     <t>2025-09-16</t>
   </si>
   <si>
     <t>82.56</t>
   </si>
   <si>
-    <t>113</t>
+    <t>127</t>
   </si>
   <si>
     <t>2025-09-15</t>
   </si>
   <si>
     <t>83.31</t>
   </si>
   <si>
-    <t>114</t>
+    <t>128</t>
   </si>
   <si>
     <t>2025-09-12</t>
   </si>
   <si>
     <t>82.68</t>
   </si>
   <si>
-    <t>115</t>
+    <t>129</t>
   </si>
   <si>
     <t>2025-09-11</t>
   </si>
   <si>
-    <t>116</t>
+    <t>130</t>
   </si>
   <si>
     <t>2025-09-10</t>
   </si>
   <si>
     <t>82.15</t>
   </si>
   <si>
-    <t>117</t>
+    <t>131</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>82.53</t>
   </si>
   <si>
-    <t>118</t>
+    <t>132</t>
   </si>
   <si>
     <t>2025-09-08</t>
   </si>
   <si>
     <t>82.79</t>
   </si>
   <si>
-    <t>119</t>
+    <t>133</t>
   </si>
   <si>
     <t>2025-09-05</t>
   </si>
   <si>
     <t>81.83</t>
   </si>
   <si>
-    <t>120</t>
+    <t>134</t>
   </si>
   <si>
     <t>2025-09-04</t>
   </si>
   <si>
     <t>81.99</t>
   </si>
   <si>
-    <t>121</t>
+    <t>135</t>
   </si>
   <si>
     <t>2025-09-03</t>
   </si>
   <si>
     <t>81.19</t>
   </si>
   <si>
-    <t>122</t>
+    <t>136</t>
   </si>
   <si>
     <t>2025-09-02</t>
   </si>
   <si>
     <t>80.96</t>
   </si>
   <si>
-    <t>123</t>
+    <t>137</t>
   </si>
   <si>
     <t>2025-09-01</t>
   </si>
   <si>
     <t>81.08</t>
   </si>
   <si>
-    <t>124</t>
+    <t>138</t>
   </si>
   <si>
     <t>2025-08-29</t>
   </si>
   <si>
     <t>81.36</t>
   </si>
   <si>
-    <t>125</t>
+    <t>139</t>
   </si>
   <si>
     <t>2025-08-28</t>
   </si>
   <si>
     <t>81.81</t>
   </si>
   <si>
-    <t>126</t>
+    <t>140</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>82.24</t>
   </si>
   <si>
-    <t>127</t>
+    <t>141</t>
   </si>
   <si>
     <t>2025-08-26</t>
   </si>
   <si>
     <t>82.97</t>
   </si>
   <si>
-    <t>128</t>
+    <t>142</t>
   </si>
   <si>
     <t>2025-08-25</t>
   </si>
   <si>
     <t>82.93</t>
   </si>
   <si>
-    <t>129</t>
+    <t>143</t>
   </si>
   <si>
     <t>2025-08-22</t>
   </si>
   <si>
     <t>82.63</t>
   </si>
   <si>
-    <t>130</t>
+    <t>144</t>
   </si>
   <si>
     <t>2025-08-21</t>
   </si>
   <si>
     <t>83.81</t>
   </si>
   <si>
-    <t>131</t>
+    <t>145</t>
   </si>
   <si>
     <t>2025-08-20</t>
   </si>
   <si>
     <t>83.55</t>
   </si>
   <si>
-    <t>132</t>
+    <t>146</t>
   </si>
   <si>
     <t>2025-08-19</t>
   </si>
   <si>
     <t>84.14</t>
   </si>
   <si>
-    <t>133</t>
+    <t>147</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
     <t>83.50</t>
   </si>
   <si>
-    <t>134</t>
+    <t>148</t>
   </si>
   <si>
     <t>2025-08-14</t>
   </si>
   <si>
     <t>83.53</t>
   </si>
   <si>
-    <t>135</t>
+    <t>149</t>
   </si>
   <si>
     <t>2025-08-13</t>
   </si>
   <si>
-    <t>136</t>
+    <t>150</t>
   </si>
   <si>
     <t>2025-08-12</t>
   </si>
   <si>
     <t>83.66</t>
   </si>
   <si>
-    <t>137</t>
+    <t>151</t>
   </si>
   <si>
     <t>2025-08-11</t>
   </si>
   <si>
     <t>83.12</t>
   </si>
   <si>
-    <t>138</t>
+    <t>152</t>
   </si>
   <si>
     <t>2025-08-08</t>
   </si>
   <si>
     <t>83.38</t>
   </si>
   <si>
-    <t>139</t>
+    <t>153</t>
   </si>
   <si>
     <t>2025-08-07</t>
   </si>
   <si>
     <t>83.06</t>
   </si>
   <si>
-    <t>140</t>
+    <t>154</t>
   </si>
   <si>
     <t>2025-08-06</t>
   </si>
   <si>
     <t>82.29</t>
   </si>
   <si>
-    <t>141</t>
+    <t>155</t>
   </si>
   <si>
     <t>2025-08-05</t>
   </si>
   <si>
     <t>81.40</t>
   </si>
   <si>
-    <t>142</t>
+    <t>156</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>81.69</t>
   </si>
   <si>
-    <t>143</t>
+    <t>157</t>
   </si>
   <si>
     <t>2025-08-01</t>
   </si>
   <si>
     <t>81.06</t>
   </si>
   <si>
-    <t>144</t>
+    <t>158</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
-    <t>145</t>
+    <t>159</t>
   </si>
   <si>
     <t>2025-07-30</t>
   </si>
   <si>
     <t>82.52</t>
   </si>
   <si>
-    <t>146</t>
+    <t>160</t>
   </si>
   <si>
     <t>2025-07-29</t>
   </si>
   <si>
     <t>82.09</t>
   </si>
   <si>
-    <t>147</t>
+    <t>161</t>
   </si>
   <si>
     <t>2025-07-28</t>
   </si>
   <si>
     <t>81.58</t>
   </si>
   <si>
-    <t>148</t>
+    <t>162</t>
   </si>
   <si>
     <t>2025-07-25</t>
   </si>
   <si>
     <t>81.93</t>
   </si>
   <si>
-    <t>149</t>
+    <t>163</t>
   </si>
   <si>
     <t>2025-07-24</t>
   </si>
   <si>
     <t>82.11</t>
   </si>
   <si>
-    <t>150</t>
+    <t>164</t>
   </si>
   <si>
     <t>2025-07-23</t>
   </si>
   <si>
     <t>81.53</t>
   </si>
   <si>
-    <t>151</t>
+    <t>165</t>
   </si>
   <si>
     <t>2025-07-22</t>
   </si>
   <si>
     <t>81.10</t>
   </si>
   <si>
-    <t>152</t>
+    <t>166</t>
   </si>
   <si>
     <t>2025-07-21</t>
   </si>
   <si>
     <t>81.44</t>
   </si>
   <si>
-    <t>153</t>
+    <t>167</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
-    <t>154</t>
+    <t>168</t>
   </si>
   <si>
     <t>2025-07-17</t>
   </si>
   <si>
     <t>80.68</t>
   </si>
   <si>
-    <t>155</t>
+    <t>169</t>
   </si>
   <si>
     <t>2025-07-16</t>
   </si>
   <si>
     <t>79.98</t>
   </si>
   <si>
-    <t>156</t>
+    <t>170</t>
   </si>
   <si>
     <t>2025-07-15</t>
   </si>
   <si>
     <t>79.90</t>
   </si>
   <si>
-    <t>157</t>
+    <t>171</t>
   </si>
   <si>
     <t>2025-07-14</t>
   </si>
   <si>
     <t>79.94</t>
   </si>
   <si>
-    <t>158</t>
+    <t>172</t>
   </si>
   <si>
     <t>2025-07-11</t>
   </si>
   <si>
     <t>79.84</t>
   </si>
   <si>
-    <t>159</t>
+    <t>173</t>
   </si>
   <si>
     <t>2025-07-10</t>
   </si>
   <si>
-    <t>160</t>
+    <t>174</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>80.28</t>
   </si>
   <si>
-    <t>161</t>
+    <t>175</t>
   </si>
   <si>
     <t>2025-07-08</t>
   </si>
   <si>
     <t>79.89</t>
   </si>
   <si>
-    <t>162</t>
+    <t>176</t>
   </si>
   <si>
     <t>2025-07-07</t>
   </si>
   <si>
     <t>79.53</t>
   </si>
   <si>
-    <t>163</t>
+    <t>177</t>
   </si>
   <si>
     <t>2025-07-04</t>
   </si>
   <si>
     <t>79.73</t>
   </si>
   <si>
-    <t>164</t>
+    <t>178</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
     <t>80.10</t>
   </si>
   <si>
-    <t>165</t>
+    <t>179</t>
   </si>
   <si>
     <t>2025-07-02</t>
   </si>
   <si>
     <t>79.51</t>
   </si>
   <si>
-    <t>166</t>
+    <t>180</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
     <t>79.14</t>
   </si>
   <si>
-    <t>167</t>
+    <t>181</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>79.60</t>
   </si>
   <si>
-    <t>168</t>
+    <t>182</t>
   </si>
   <si>
     <t>2025-06-27</t>
   </si>
   <si>
     <t>79.12</t>
   </si>
   <si>
-    <t>169</t>
+    <t>183</t>
   </si>
   <si>
     <t>2025-06-26</t>
   </si>
   <si>
     <t>78.65</t>
   </si>
   <si>
-    <t>170</t>
+    <t>184</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>77.70</t>
   </si>
   <si>
-    <t>171</t>
+    <t>185</t>
   </si>
   <si>
     <t>2025-06-24</t>
   </si>
   <si>
     <t>77.59</t>
   </si>
   <si>
-    <t>172</t>
+    <t>186</t>
   </si>
   <si>
     <t>2025-06-23</t>
   </si>
   <si>
     <t>76.15</t>
   </si>
   <si>
-    <t>173</t>
+    <t>187</t>
   </si>
   <si>
     <t>2025-06-20</t>
   </si>
   <si>
     <t>76.83</t>
   </si>
   <si>
-    <t>174</t>
+    <t>188</t>
   </si>
   <si>
     <t>2025-06-18</t>
   </si>
   <si>
     <t>76.85</t>
   </si>
   <si>
-    <t>175</t>
+    <t>189</t>
   </si>
   <si>
     <t>2025-06-17</t>
   </si>
   <si>
     <t>76.87</t>
   </si>
   <si>
-    <t>176</t>
+    <t>190</t>
   </si>
   <si>
     <t>2025-06-16</t>
   </si>
   <si>
     <t>76.81</t>
   </si>
   <si>
-    <t>177</t>
+    <t>191</t>
   </si>
   <si>
     <t>2025-06-13</t>
   </si>
   <si>
     <t>76.55</t>
   </si>
   <si>
-    <t>178</t>
+    <t>192</t>
   </si>
   <si>
     <t>2025-06-12</t>
   </si>
   <si>
     <t>77.35</t>
   </si>
   <si>
-    <t>179</t>
+    <t>193</t>
   </si>
   <si>
     <t>2025-06-11</t>
   </si>
   <si>
     <t>77.49</t>
   </si>
   <si>
-    <t>180</t>
+    <t>194</t>
   </si>
   <si>
     <t>2025-06-10</t>
   </si>
   <si>
     <t>77.43</t>
   </si>
   <si>
-    <t>181</t>
+    <t>195</t>
   </si>
   <si>
     <t>2025-06-09</t>
   </si>
   <si>
     <t>76.72</t>
   </si>
   <si>
-    <t>182</t>
+    <t>196</t>
   </si>
   <si>
     <t>2025-06-06</t>
   </si>
   <si>
     <t>76.36</t>
   </si>
   <si>
-    <t>183</t>
+    <t>197</t>
   </si>
   <si>
     <t>2025-06-05</t>
   </si>
   <si>
     <t>76.53</t>
   </si>
   <si>
-    <t>184</t>
+    <t>198</t>
   </si>
   <si>
     <t>2025-06-04</t>
   </si>
   <si>
     <t>77.07</t>
   </si>
   <si>
-    <t>185</t>
+    <t>199</t>
   </si>
   <si>
     <t>2025-06-03</t>
   </si>
   <si>
     <t>76.61</t>
   </si>
   <si>
-    <t>186</t>
+    <t>200</t>
   </si>
   <si>
     <t>2025-06-02</t>
   </si>
   <si>
     <t>76.88</t>
   </si>
   <si>
-    <t>187</t>
+    <t>201</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>76.92</t>
   </si>
   <si>
-    <t>188</t>
+    <t>202</t>
   </si>
   <si>
     <t>2025-05-29</t>
   </si>
   <si>
     <t>77.19</t>
   </si>
   <si>
-    <t>189</t>
+    <t>203</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>77.87</t>
   </si>
   <si>
-    <t>190</t>
+    <t>204</t>
   </si>
   <si>
     <t>2025-05-27</t>
   </si>
   <si>
-    <t>191</t>
+    <t>205</t>
   </si>
   <si>
     <t>2025-05-26</t>
   </si>
   <si>
     <t>77.05</t>
   </si>
   <si>
-    <t>192</t>
+    <t>206</t>
   </si>
   <si>
     <t>2025-05-23</t>
   </si>
   <si>
     <t>76.12</t>
   </si>
   <si>
-    <t>193</t>
+    <t>207</t>
   </si>
   <si>
     <t>2025-05-22</t>
   </si>
   <si>
     <t>76.66</t>
   </si>
   <si>
-    <t>194</t>
+    <t>208</t>
   </si>
   <si>
     <t>2025-05-21</t>
   </si>
   <si>
     <t>77.18</t>
   </si>
   <si>
-    <t>195</t>
+    <t>209</t>
   </si>
   <si>
     <t>2025-05-20</t>
   </si>
   <si>
     <t>77.75</t>
   </si>
   <si>
-    <t>196</t>
+    <t>210</t>
   </si>
   <si>
     <t>2025-05-19</t>
   </si>
   <si>
     <t>77.65</t>
   </si>
   <si>
-    <t>197</t>
+    <t>211</t>
   </si>
   <si>
     <t>2025-05-16</t>
   </si>
   <si>
     <t>78.00</t>
   </si>
   <si>
-    <t>198</t>
+    <t>212</t>
   </si>
   <si>
     <t>2025-05-15</t>
   </si>
   <si>
     <t>77.77</t>
   </si>
   <si>
-    <t>199</t>
+    <t>213</t>
   </si>
   <si>
     <t>2025-05-14</t>
   </si>
   <si>
     <t>78.12</t>
   </si>
   <si>
-    <t>200</t>
+    <t>214</t>
   </si>
   <si>
     <t>2025-05-13</t>
   </si>
   <si>
     <t>78.31</t>
   </si>
   <si>
-    <t>201</t>
+    <t>215</t>
   </si>
   <si>
     <t>2025-05-12</t>
   </si>
   <si>
-    <t>202</t>
+    <t>216</t>
   </si>
   <si>
     <t>2025-05-09</t>
   </si>
   <si>
     <t>77.40</t>
   </si>
   <si>
-    <t>203</t>
+    <t>217</t>
   </si>
   <si>
     <t>2025-05-08</t>
   </si>
   <si>
-    <t>204</t>
+    <t>218</t>
   </si>
   <si>
     <t>2025-05-07</t>
   </si>
   <si>
     <t>75.87</t>
   </si>
   <si>
-    <t>205</t>
+    <t>219</t>
   </si>
   <si>
     <t>2025-05-06</t>
   </si>
   <si>
     <t>74.91</t>
   </si>
   <si>
-    <t>206</t>
+    <t>220</t>
   </si>
   <si>
     <t>2025-05-05</t>
   </si>
   <si>
     <t>75.33</t>
   </si>
   <si>
-    <t>207</t>
+    <t>221</t>
   </si>
   <si>
     <t>2025-05-02</t>
   </si>
   <si>
     <t>75.58</t>
   </si>
   <si>
-    <t>208</t>
+    <t>222</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
     <t>74.53</t>
   </si>
   <si>
-    <t>209</t>
+    <t>223</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>75.86</t>
   </si>
   <si>
-    <t>210</t>
+    <t>224</t>
   </si>
   <si>
     <t>2025-04-28</t>
   </si>
   <si>
     <t>75.68</t>
   </si>
   <si>
-    <t>211</t>
+    <t>225</t>
   </si>
   <si>
     <t>2025-04-25</t>
   </si>
   <si>
     <t>75.42</t>
   </si>
   <si>
-    <t>212</t>
+    <t>226</t>
   </si>
   <si>
     <t>2025-04-24</t>
   </si>
   <si>
     <t>75.45</t>
   </si>
   <si>
-    <t>213</t>
+    <t>227</t>
   </si>
   <si>
     <t>2025-04-23</t>
   </si>
   <si>
     <t>75.22</t>
   </si>
   <si>
-    <t>214</t>
+    <t>228</t>
   </si>
   <si>
     <t>2025-04-22</t>
   </si>
   <si>
     <t>73.81</t>
   </si>
   <si>
-    <t>215</t>
+    <t>229</t>
   </si>
   <si>
     <t>2025-04-17</t>
   </si>
   <si>
     <t>73.19</t>
   </si>
   <si>
-    <t>216</t>
+    <t>230</t>
   </si>
   <si>
     <t>2025-04-16</t>
   </si>
   <si>
     <t>72.97</t>
   </si>
   <si>
-    <t>217</t>
+    <t>231</t>
   </si>
   <si>
     <t>2025-04-15</t>
   </si>
   <si>
     <t>73.28</t>
   </si>
   <si>
-    <t>218</t>
+    <t>232</t>
   </si>
   <si>
     <t>2025-04-14</t>
   </si>
   <si>
     <t>73.05</t>
   </si>
   <si>
-    <t>219</t>
+    <t>233</t>
   </si>
   <si>
     <t>2025-04-11</t>
   </si>
   <si>
     <t>71.81</t>
   </si>
   <si>
-    <t>220</t>
+    <t>234</t>
   </si>
   <si>
     <t>2025-04-10</t>
   </si>
   <si>
     <t>72.10</t>
   </si>
   <si>
-    <t>221</t>
+    <t>235</t>
   </si>
   <si>
     <t>2025-04-09</t>
   </si>
   <si>
     <t>70.78</t>
   </si>
   <si>
-    <t>222</t>
+    <t>236</t>
   </si>
   <si>
     <t>2025-04-08</t>
   </si>
   <si>
     <t>71.05</t>
   </si>
   <si>
-    <t>223</t>
+    <t>237</t>
   </si>
   <si>
     <t>2025-04-07</t>
   </si>
   <si>
     <t>70.24</t>
   </si>
   <si>
-    <t>224</t>
+    <t>238</t>
   </si>
   <si>
     <t>2025-04-04</t>
   </si>
   <si>
     <t>70.58</t>
   </si>
   <si>
-    <t>225</t>
+    <t>239</t>
   </si>
   <si>
     <t>2025-04-03</t>
   </si>
   <si>
     <t>73.37</t>
   </si>
   <si>
-    <t>226</t>
+    <t>240</t>
   </si>
   <si>
     <t>2025-04-02</t>
   </si>
   <si>
-    <t>227</t>
+    <t>241</t>
   </si>
   <si>
     <t>2025-04-01</t>
   </si>
   <si>
     <t>75.48</t>
   </si>
   <si>
-    <t>228</t>
+    <t>242</t>
   </si>
   <si>
     <t>2025-03-31</t>
   </si>
   <si>
     <t>74.65</t>
   </si>
   <si>
-    <t>229</t>
+    <t>243</t>
   </si>
   <si>
     <t>2025-03-28</t>
   </si>
   <si>
     <t>75.31</t>
   </si>
   <si>
-    <t>230</t>
+    <t>244</t>
   </si>
   <si>
     <t>2025-03-27</t>
   </si>
   <si>
     <t>75.81</t>
   </si>
   <si>
-    <t>231</t>
+    <t>245</t>
   </si>
   <si>
     <t>2025-03-26</t>
   </si>
   <si>
     <t>75.74</t>
   </si>
   <si>
-    <t>232</t>
+    <t>246</t>
   </si>
   <si>
     <t>2025-03-25</t>
   </si>
   <si>
     <t>76.11</t>
   </si>
   <si>
-    <t>233</t>
+    <t>247</t>
   </si>
   <si>
     <t>2025-03-24</t>
   </si>
   <si>
     <t>75.32</t>
   </si>
   <si>
-    <t>234</t>
+    <t>248</t>
   </si>
   <si>
     <t>2025-03-21</t>
   </si>
   <si>
     <t>74.63</t>
   </si>
   <si>
-    <t>235</t>
+    <t>249</t>
   </si>
   <si>
     <t>2025-03-20</t>
   </si>
   <si>
     <t>74.96</t>
   </si>
   <si>
-    <t>236</t>
+    <t>250</t>
   </si>
   <si>
     <t>2025-03-19</t>
   </si>
   <si>
     <t>75.15</t>
   </si>
   <si>
-    <t>237</t>
+    <t>251</t>
   </si>
   <si>
     <t>2025-03-18</t>
   </si>
   <si>
     <t>75.03</t>
   </si>
   <si>
-    <t>238</t>
+    <t>252</t>
   </si>
   <si>
     <t>2025-03-17</t>
   </si>
   <si>
     <t>74.86</t>
   </si>
   <si>
-    <t>239</t>
+    <t>253</t>
   </si>
   <si>
     <t>2025-03-14</t>
   </si>
   <si>
     <t>74.30</t>
   </si>
   <si>
-    <t>240</t>
+    <t>254</t>
   </si>
   <si>
     <t>2025-03-13</t>
   </si>
   <si>
     <t>72.91</t>
   </si>
   <si>
-    <t>241</t>
+    <t>255</t>
   </si>
   <si>
     <t>2025-03-12</t>
   </si>
   <si>
     <t>72.46</t>
   </si>
   <si>
-    <t>242</t>
+    <t>256</t>
   </si>
   <si>
     <t>2025-03-11</t>
   </si>
   <si>
     <t>71.62</t>
   </si>
   <si>
-    <t>243</t>
+    <t>257</t>
   </si>
   <si>
     <t>2025-03-10</t>
   </si>
   <si>
     <t>71.58</t>
   </si>
   <si>
-    <t>244</t>
+    <t>258</t>
   </si>
   <si>
     <t>2025-03-07</t>
   </si>
   <si>
     <t>72.56</t>
   </si>
   <si>
-    <t>245</t>
+    <t>259</t>
   </si>
   <si>
     <t>2025-03-06</t>
   </si>
   <si>
     <t>72.47</t>
   </si>
   <si>
-    <t>246</t>
+    <t>260</t>
   </si>
   <si>
     <t>2025-03-05</t>
   </si>
   <si>
     <t>72.20</t>
   </si>
   <si>
-    <t>247</t>
+    <t>261</t>
   </si>
   <si>
     <t>2025-03-04</t>
   </si>
   <si>
     <t>70.95</t>
   </si>
   <si>
-    <t>248</t>
+    <t>262</t>
   </si>
   <si>
     <t>2025-03-03</t>
   </si>
   <si>
     <t>72.55</t>
   </si>
   <si>
-    <t>249</t>
+    <t>263</t>
   </si>
   <si>
     <t>2025-02-28</t>
   </si>
   <si>
     <t>72.59</t>
   </si>
   <si>
-    <t>250</t>
+    <t>264</t>
   </si>
   <si>
     <t>2025-02-27</t>
   </si>
   <si>
-    <t>251</t>
+    <t>265</t>
   </si>
   <si>
     <t>2025-02-26</t>
   </si>
   <si>
     <t>73.29</t>
   </si>
   <si>
-    <t>252</t>
+    <t>266</t>
   </si>
   <si>
     <t>2025-02-25</t>
   </si>
   <si>
     <t>72.33</t>
   </si>
   <si>
-    <t>253</t>
+    <t>267</t>
   </si>
   <si>
     <t>2025-02-24</t>
   </si>
   <si>
     <t>72.36</t>
   </si>
   <si>
-    <t>254</t>
+    <t>268</t>
   </si>
   <si>
     <t>2025-02-21</t>
   </si>
   <si>
     <t>73.36</t>
   </si>
   <si>
-    <t>255</t>
+    <t>269</t>
   </si>
   <si>
     <t>2025-02-20</t>
   </si>
   <si>
     <t>73.60</t>
   </si>
   <si>
-    <t>256</t>
+    <t>270</t>
   </si>
   <si>
     <t>2025-02-19</t>
   </si>
   <si>
     <t>73.85</t>
   </si>
   <si>
-    <t>257</t>
+    <t>271</t>
   </si>
   <si>
     <t>2025-02-18</t>
   </si>
   <si>
     <t>74.35</t>
   </si>
   <si>
-    <t>258</t>
+    <t>272</t>
   </si>
   <si>
     <t>2025-02-17</t>
   </si>
   <si>
     <t>73.23</t>
   </si>
   <si>
-    <t>259</t>
+    <t>273</t>
   </si>
   <si>
     <t>2025-02-14</t>
   </si>
   <si>
     <t>72.99</t>
   </si>
   <si>
-    <t>260</t>
+    <t>274</t>
   </si>
   <si>
     <t>2025-02-13</t>
   </si>
   <si>
     <t>73.00</t>
   </si>
   <si>
-    <t>261</t>
+    <t>275</t>
   </si>
   <si>
     <t>2025-02-12</t>
   </si>
   <si>
     <t>72.48</t>
   </si>
   <si>
-    <t>262</t>
+    <t>276</t>
   </si>
   <si>
     <t>2025-02-11</t>
   </si>
   <si>
     <t>72.29</t>
   </si>
   <si>
-    <t>263</t>
+    <t>277</t>
   </si>
   <si>
     <t>2025-02-10</t>
   </si>
   <si>
     <t>72.04</t>
   </si>
   <si>
-    <t>264</t>
+    <t>278</t>
   </si>
   <si>
     <t>2025-02-07</t>
   </si>
   <si>
     <t>71.49</t>
   </si>
   <si>
-    <t>265</t>
+    <t>279</t>
   </si>
   <si>
     <t>2025-02-06</t>
   </si>
   <si>
     <t>71.41</t>
   </si>
   <si>
-    <t>266</t>
+    <t>280</t>
   </si>
   <si>
     <t>2025-02-05</t>
   </si>
   <si>
     <t>70.31</t>
   </si>
   <si>
-    <t>267</t>
+    <t>281</t>
   </si>
   <si>
     <t>2025-02-04</t>
   </si>
   <si>
     <t>70.67</t>
   </si>
   <si>
-    <t>268</t>
+    <t>282</t>
   </si>
   <si>
     <t>2025-02-03</t>
   </si>
   <si>
     <t>70.33</t>
   </si>
   <si>
-    <t>269</t>
+    <t>283</t>
   </si>
   <si>
     <t>2025-01-31</t>
   </si>
   <si>
-    <t>270</t>
+    <t>284</t>
   </si>
   <si>
     <t>2025-01-30</t>
   </si>
   <si>
     <t>70.98</t>
   </si>
   <si>
-    <t>271</t>
+    <t>285</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>70.34</t>
   </si>
   <si>
-    <t>272</t>
+    <t>286</t>
   </si>
   <si>
     <t>2025-01-28</t>
   </si>
   <si>
     <t>70.36</t>
   </si>
   <si>
-    <t>273</t>
+    <t>287</t>
   </si>
   <si>
     <t>2025-01-27</t>
   </si>
   <si>
     <t>69.92</t>
   </si>
   <si>
-    <t>274</t>
+    <t>288</t>
   </si>
   <si>
     <t>2025-01-24</t>
   </si>
   <si>
-    <t>275</t>
+    <t>289</t>
   </si>
   <si>
     <t>2025-01-23</t>
   </si>
   <si>
     <t>70.21</t>
   </si>
   <si>
-    <t>276</t>
+    <t>290</t>
   </si>
   <si>
     <t>2025-01-22</t>
   </si>
   <si>
     <t>70.37</t>
   </si>
   <si>
-    <t>277</t>
+    <t>291</t>
   </si>
   <si>
     <t>2025-01-21</t>
   </si>
   <si>
     <t>69.94</t>
   </si>
   <si>
-    <t>278</t>
+    <t>292</t>
   </si>
   <si>
     <t>2025-01-20</t>
   </si>
   <si>
     <t>69.84</t>
   </si>
   <si>
-    <t>279</t>
+    <t>293</t>
   </si>
   <si>
     <t>2025-01-17</t>
   </si>
   <si>
     <t>69.59</t>
   </si>
   <si>
-    <t>280</t>
+    <t>294</t>
   </si>
   <si>
     <t>2025-01-16</t>
   </si>
   <si>
     <t>69.15</t>
   </si>
   <si>
-    <t>281</t>
+    <t>295</t>
   </si>
   <si>
     <t>2025-01-15</t>
   </si>
   <si>
     <t>69.26</t>
   </si>
   <si>
-    <t>282</t>
+    <t>296</t>
   </si>
   <si>
     <t>2025-01-14</t>
   </si>
   <si>
     <t>68.51</t>
   </si>
   <si>
-    <t>283</t>
+    <t>297</t>
   </si>
   <si>
     <t>2025-01-13</t>
   </si>
   <si>
     <t>68.56</t>
   </si>
   <si>
-    <t>284</t>
+    <t>298</t>
   </si>
   <si>
     <t>2025-01-10</t>
   </si>
   <si>
     <t>69.00</t>
   </si>
   <si>
-    <t>285</t>
+    <t>299</t>
   </si>
   <si>
     <t>2025-01-09</t>
   </si>
   <si>
     <t>69.16</t>
   </si>
   <si>
-    <t>286</t>
+    <t>300</t>
   </si>
   <si>
     <t>2025-01-08</t>
   </si>
   <si>
     <t>68.93</t>
   </si>
   <si>
-    <t>287</t>
+    <t>301</t>
   </si>
   <si>
     <t>2025-01-07</t>
   </si>
   <si>
     <t>69.22</t>
   </si>
   <si>
-    <t>288</t>
+    <t>302</t>
   </si>
   <si>
     <t>2025-01-03</t>
   </si>
   <si>
     <t>68.98</t>
   </si>
   <si>
-    <t>289</t>
+    <t>303</t>
   </si>
   <si>
     <t>2025-01-02</t>
   </si>
   <si>
     <t>68.58</t>
   </si>
   <si>
-    <t>290</t>
+    <t>304</t>
   </si>
   <si>
     <t>2024-12-30</t>
   </si>
   <si>
     <t>68.11</t>
   </si>
   <si>
-    <t>291</t>
+    <t>305</t>
   </si>
   <si>
     <t>2024-12-27</t>
   </si>
   <si>
     <t>68.30</t>
   </si>
   <si>
-    <t>292</t>
+    <t>306</t>
   </si>
   <si>
     <t>2024-12-23</t>
   </si>
   <si>
-    <t>293</t>
+    <t>307</t>
   </si>
   <si>
     <t>2024-12-20</t>
   </si>
   <si>
-    <t>294</t>
+    <t>308</t>
   </si>
   <si>
     <t>2024-12-19</t>
   </si>
   <si>
     <t>68.17</t>
   </si>
   <si>
-    <t>295</t>
+    <t>309</t>
   </si>
   <si>
     <t>2024-12-18</t>
   </si>
   <si>
     <t>68.35</t>
   </si>
   <si>
-    <t>296</t>
+    <t>310</t>
   </si>
   <si>
     <t>2024-12-17</t>
   </si>
   <si>
     <t>68.49</t>
   </si>
   <si>
-    <t>297</t>
+    <t>311</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>69.32</t>
   </si>
   <si>
-    <t>298</t>
+    <t>312</t>
   </si>
   <si>
     <t>2024-12-13</t>
   </si>
   <si>
     <t>69.37</t>
   </si>
   <si>
-    <t>299</t>
+    <t>313</t>
   </si>
   <si>
     <t>2024-12-12</t>
   </si>
   <si>
     <t>69.48</t>
   </si>
   <si>
-    <t>300</t>
+    <t>314</t>
   </si>
   <si>
     <t>2024-12-11</t>
   </si>
   <si>
     <t>69.83</t>
   </si>
   <si>
-    <t>301</t>
+    <t>315</t>
   </si>
   <si>
     <t>2024-12-10</t>
   </si>
   <si>
     <t>69.77</t>
   </si>
   <si>
-    <t>302</t>
+    <t>316</t>
   </si>
   <si>
     <t>2024-12-09</t>
   </si>
   <si>
     <t>69.72</t>
   </si>
   <si>
-    <t>303</t>
+    <t>317</t>
   </si>
   <si>
     <t>2024-12-06</t>
   </si>
   <si>
     <t>69.64</t>
   </si>
   <si>
-    <t>304</t>
+    <t>318</t>
   </si>
   <si>
     <t>2024-12-05</t>
   </si>
   <si>
     <t>69.63</t>
   </si>
   <si>
-    <t>305</t>
+    <t>319</t>
   </si>
   <si>
     <t>2024-12-04</t>
   </si>
   <si>
     <t>69.45</t>
   </si>
   <si>
-    <t>306</t>
+    <t>320</t>
   </si>
   <si>
     <t>2024-12-03</t>
   </si>
   <si>
     <t>69.09</t>
   </si>
   <si>
-    <t>307</t>
+    <t>321</t>
   </si>
   <si>
     <t>2024-12-02</t>
   </si>
   <si>
-    <t>308</t>
+    <t>322</t>
   </si>
   <si>
     <t>2024-11-29</t>
   </si>
   <si>
     <t>68.31</t>
   </si>
   <si>
-    <t>309</t>
+    <t>323</t>
   </si>
   <si>
     <t>2024-11-28</t>
   </si>
   <si>
     <t>68.21</t>
   </si>
   <si>
-    <t>310</t>
+    <t>324</t>
   </si>
   <si>
     <t>2024-11-27</t>
   </si>
   <si>
     <t>68.13</t>
   </si>
   <si>
-    <t>311</t>
+    <t>325</t>
   </si>
   <si>
     <t>2024-11-26</t>
   </si>
   <si>
     <t>68.36</t>
   </si>
   <si>
-    <t>312</t>
+    <t>326</t>
   </si>
   <si>
     <t>2024-11-25</t>
   </si>
   <si>
     <t>68.61</t>
   </si>
   <si>
-    <t>313</t>
+    <t>327</t>
   </si>
   <si>
     <t>2024-11-22</t>
   </si>
   <si>
     <t>68.54</t>
   </si>
   <si>
-    <t>314</t>
+    <t>328</t>
   </si>
   <si>
     <t>2024-11-21</t>
   </si>
   <si>
     <t>68.23</t>
   </si>
   <si>
-    <t>315</t>
+    <t>329</t>
   </si>
   <si>
     <t>2024-11-20</t>
   </si>
   <si>
     <t>67.71</t>
   </si>
   <si>
-    <t>316</t>
+    <t>330</t>
   </si>
   <si>
     <t>2024-11-19</t>
   </si>
   <si>
     <t>67.35</t>
   </si>
   <si>
-    <t>317</t>
+    <t>331</t>
   </si>
   <si>
     <t>2024-11-18</t>
   </si>
   <si>
     <t>67.82</t>
   </si>
   <si>
-    <t>318</t>
+    <t>332</t>
   </si>
   <si>
     <t>2024-11-15</t>
   </si>
   <si>
     <t>67.70</t>
   </si>
   <si>
-    <t>319</t>
+    <t>333</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
-    <t>320</t>
+    <t>334</t>
   </si>
   <si>
     <t>2024-11-13</t>
   </si>
   <si>
-    <t>321</t>
+    <t>335</t>
   </si>
   <si>
     <t>2024-11-12</t>
   </si>
   <si>
     <t>68.64</t>
   </si>
   <si>
-    <t>322</t>
+    <t>336</t>
   </si>
   <si>
     <t>2024-11-08</t>
   </si>
   <si>
     <t>69.23</t>
   </si>
   <si>
-    <t>323</t>
+    <t>337</t>
   </si>
   <si>
     <t>2024-11-07</t>
   </si>
   <si>
-    <t>324</t>
+    <t>338</t>
   </si>
   <si>
     <t>2024-11-06</t>
   </si>
   <si>
-    <t>325</t>
+    <t>339</t>
   </si>
   <si>
     <t>2024-11-05</t>
   </si>
   <si>
     <t>68.40</t>
   </si>
   <si>
-    <t>326</t>
+    <t>340</t>
   </si>
   <si>
     <t>2024-11-04</t>
   </si>
   <si>
     <t>68.34</t>
   </si>
   <si>
-    <t>327</t>
+    <t>341</t>
   </si>
   <si>
     <t>2024-10-31</t>
   </si>
   <si>
     <t>67.55</t>
   </si>
   <si>
-    <t>328</t>
+    <t>342</t>
   </si>
   <si>
     <t>2024-10-30</t>
   </si>
   <si>
     <t>68.02</t>
   </si>
   <si>
-    <t>329</t>
+    <t>343</t>
   </si>
   <si>
     <t>2024-10-29</t>
   </si>
   <si>
-    <t>330</t>
+    <t>344</t>
   </si>
   <si>
     <t>2024-10-28</t>
   </si>
   <si>
-    <t>331</t>
+    <t>345</t>
   </si>
   <si>
     <t>2024-10-25</t>
   </si>
   <si>
     <t>68.71</t>
   </si>
   <si>
-    <t>332</t>
+    <t>346</t>
   </si>
   <si>
     <t>2024-10-24</t>
   </si>
   <si>
     <t>68.59</t>
   </si>
   <si>
-    <t>333</t>
+    <t>347</t>
   </si>
   <si>
     <t>2024-10-23</t>
   </si>
   <si>
-    <t>334</t>
+    <t>348</t>
   </si>
   <si>
     <t>2024-10-22</t>
   </si>
   <si>
-    <t>335</t>
+    <t>349</t>
   </si>
   <si>
     <t>2024-10-21</t>
   </si>
   <si>
     <t>69.08</t>
   </si>
   <si>
-    <t>336</t>
+    <t>350</t>
   </si>
   <si>
     <t>2024-10-18</t>
   </si>
   <si>
     <t>69.28</t>
   </si>
   <si>
-    <t>337</t>
+    <t>351</t>
   </si>
   <si>
     <t>2024-10-17</t>
   </si>
   <si>
     <t>69.04</t>
   </si>
   <si>
-    <t>338</t>
+    <t>352</t>
   </si>
   <si>
     <t>2024-10-16</t>
   </si>
   <si>
-    <t>339</t>
+    <t>353</t>
   </si>
   <si>
     <t>2024-10-15</t>
   </si>
   <si>
-    <t>340</t>
+    <t>354</t>
   </si>
   <si>
     <t>2024-10-14</t>
   </si>
   <si>
     <t>69.36</t>
   </si>
   <si>
-    <t>341</t>
+    <t>355</t>
   </si>
   <si>
     <t>2024-10-11</t>
   </si>
   <si>
     <t>69.42</t>
   </si>
   <si>
-    <t>342</t>
+    <t>356</t>
   </si>
   <si>
     <t>2024-10-10</t>
   </si>
   <si>
     <t>69.07</t>
   </si>
   <si>
-    <t>343</t>
+    <t>357</t>
   </si>
   <si>
     <t>2024-10-09</t>
   </si>
   <si>
-    <t>344</t>
+    <t>358</t>
   </si>
   <si>
     <t>2024-10-08</t>
   </si>
   <si>
     <t>68.62</t>
   </si>
   <si>
-    <t>345</t>
+    <t>359</t>
   </si>
   <si>
     <t>2024-10-07</t>
   </si>
   <si>
     <t>68.70</t>
   </si>
   <si>
-    <t>346</t>
+    <t>360</t>
   </si>
   <si>
     <t>2024-10-04</t>
   </si>
   <si>
     <t>68.75</t>
   </si>
   <si>
-    <t>347</t>
+    <t>361</t>
   </si>
   <si>
     <t>2024-10-03</t>
   </si>
   <si>
-    <t>348</t>
+    <t>362</t>
   </si>
   <si>
     <t>2024-10-02</t>
   </si>
   <si>
     <t>68.89</t>
   </si>
   <si>
-    <t>349</t>
+    <t>363</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>68.87</t>
   </si>
   <si>
-    <t>350</t>
+    <t>364</t>
   </si>
   <si>
     <t>2024-09-30</t>
   </si>
   <si>
     <t>68.96</t>
   </si>
   <si>
-    <t>351</t>
+    <t>365</t>
   </si>
   <si>
     <t>2024-09-27</t>
   </si>
   <si>
     <t>69.68</t>
   </si>
   <si>
-    <t>352</t>
+    <t>366</t>
   </si>
   <si>
     <t>2024-09-26</t>
   </si>
   <si>
     <t>69.35</t>
   </si>
   <si>
-    <t>353</t>
+    <t>367</t>
   </si>
   <si>
     <t>2024-09-25</t>
   </si>
   <si>
-    <t>354</t>
+    <t>368</t>
   </si>
   <si>
     <t>2024-09-24</t>
   </si>
   <si>
-    <t>355</t>
+    <t>369</t>
   </si>
   <si>
     <t>2024-09-23</t>
   </si>
   <si>
     <t>68.10</t>
   </si>
   <si>
-    <t>356</t>
+    <t>370</t>
   </si>
   <si>
     <t>2024-09-20</t>
   </si>
   <si>
     <t>67.85</t>
   </si>
   <si>
-    <t>357</t>
+    <t>371</t>
   </si>
   <si>
     <t>2024-09-19</t>
   </si>
   <si>
-    <t>358</t>
+    <t>372</t>
   </si>
   <si>
     <t>2024-09-18</t>
   </si>
   <si>
-    <t>359</t>
+    <t>373</t>
   </si>
   <si>
     <t>2024-09-17</t>
   </si>
   <si>
     <t>68.19</t>
   </si>
   <si>
-    <t>360</t>
+    <t>374</t>
   </si>
   <si>
     <t>2024-09-16</t>
   </si>
   <si>
     <t>67.81</t>
   </si>
   <si>
-    <t>361</t>
+    <t>375</t>
   </si>
   <si>
     <t>2024-09-13</t>
   </si>
   <si>
     <t>68.14</t>
   </si>
   <si>
-    <t>362</t>
+    <t>376</t>
   </si>
   <si>
     <t>2024-09-12</t>
   </si>
   <si>
     <t>67.59</t>
   </si>
   <si>
-    <t>363</t>
+    <t>377</t>
   </si>
   <si>
     <t>2024-09-11</t>
   </si>
   <si>
     <t>66.92</t>
   </si>
   <si>
-    <t>364</t>
+    <t>378</t>
   </si>
   <si>
     <t>2024-09-10</t>
   </si>
   <si>
     <t>67.17</t>
   </si>
   <si>
-    <t>365</t>
+    <t>379</t>
   </si>
   <si>
     <t>2024-09-09</t>
   </si>
   <si>
     <t>67.41</t>
   </si>
   <si>
-    <t>366</t>
+    <t>380</t>
   </si>
   <si>
     <t>2024-09-06</t>
   </si>
   <si>
     <t>67.16</t>
   </si>
   <si>
-    <t>367</t>
+    <t>381</t>
   </si>
   <si>
     <t>2024-09-05</t>
   </si>
   <si>
     <t>68.06</t>
   </si>
   <si>
-    <t>368</t>
+    <t>382</t>
   </si>
   <si>
     <t>2024-09-04</t>
   </si>
   <si>
     <t>68.52</t>
   </si>
   <si>
-    <t>369</t>
+    <t>383</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>68.72</t>
   </si>
   <si>
-    <t>370</t>
+    <t>384</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
-    <t>371</t>
+    <t>385</t>
   </si>
   <si>
     <t>2024-08-30</t>
   </si>
   <si>
-    <t>372</t>
+    <t>386</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
-    <t>373</t>
+    <t>387</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>68.39</t>
   </si>
   <si>
-    <t>374</t>
+    <t>388</t>
   </si>
   <si>
     <t>2024-08-27</t>
   </si>
   <si>
     <t>68.83</t>
   </si>
   <si>
-    <t>375</t>
+    <t>389</t>
   </si>
   <si>
     <t>2024-08-26</t>
   </si>
   <si>
     <t>68.86</t>
   </si>
   <si>
-    <t>376</t>
+    <t>390</t>
   </si>
   <si>
     <t>2024-08-23</t>
   </si>
   <si>
     <t>69.19</t>
   </si>
   <si>
-    <t>377</t>
+    <t>391</t>
   </si>
   <si>
     <t>2024-08-22</t>
   </si>
   <si>
     <t>68.95</t>
   </si>
   <si>
-    <t>378</t>
+    <t>392</t>
   </si>
   <si>
     <t>2024-08-21</t>
   </si>
   <si>
-    <t>379</t>
+    <t>393</t>
   </si>
   <si>
     <t>2024-08-20</t>
   </si>
   <si>
     <t>68.81</t>
   </si>
   <si>
-    <t>380</t>
+    <t>394</t>
   </si>
   <si>
     <t>2024-08-19</t>
   </si>
   <si>
     <t>69.34</t>
   </si>
   <si>
-    <t>381</t>
+    <t>395</t>
   </si>
   <si>
     <t>2024-08-16</t>
   </si>
   <si>
     <t>69.29</t>
   </si>
   <si>
-    <t>382</t>
+    <t>396</t>
   </si>
   <si>
     <t>2024-08-14</t>
   </si>
   <si>
-    <t>383</t>
+    <t>397</t>
   </si>
   <si>
     <t>2024-08-13</t>
   </si>
   <si>
     <t>68.16</t>
   </si>
   <si>
-    <t>384</t>
+    <t>398</t>
   </si>
   <si>
     <t>2024-08-12</t>
   </si>
   <si>
     <t>68.01</t>
   </si>
   <si>
-    <t>385</t>
+    <t>399</t>
   </si>
   <si>
     <t>2024-08-09</t>
   </si>
   <si>
     <t>67.06</t>
   </si>
   <si>
-    <t>386</t>
+    <t>400</t>
   </si>
   <si>
     <t>2024-08-08</t>
   </si>
   <si>
     <t>66.95</t>
   </si>
   <si>
-    <t>387</t>
+    <t>401</t>
   </si>
   <si>
     <t>2024-08-07</t>
   </si>
   <si>
     <t>66.56</t>
   </si>
   <si>
-    <t>388</t>
+    <t>402</t>
   </si>
   <si>
     <t>2024-08-06</t>
   </si>
   <si>
     <t>66.48</t>
   </si>
   <si>
-    <t>389</t>
+    <t>403</t>
   </si>
   <si>
     <t>2024-08-05</t>
   </si>
   <si>
     <t>66.69</t>
   </si>
   <si>
-    <t>390</t>
+    <t>404</t>
   </si>
   <si>
     <t>2024-08-02</t>
   </si>
   <si>
     <t>67.76</t>
   </si>
   <si>
-    <t>391</t>
+    <t>405</t>
   </si>
   <si>
     <t>2024-08-01</t>
   </si>
   <si>
     <t>68.42</t>
   </si>
   <si>
-    <t>392</t>
+    <t>406</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>68.97</t>
   </si>
   <si>
-    <t>393</t>
+    <t>407</t>
   </si>
   <si>
     <t>2024-07-30</t>
   </si>
   <si>
     <t>68.22</t>
   </si>
   <si>
-    <t>394</t>
+    <t>408</t>
   </si>
   <si>
     <t>2024-07-29</t>
   </si>
   <si>
-    <t>395</t>
+    <t>409</t>
   </si>
   <si>
     <t>2024-07-26</t>
   </si>
   <si>
     <t>68.44</t>
   </si>
   <si>
-    <t>396</t>
+    <t>410</t>
   </si>
   <si>
     <t>2024-07-25</t>
   </si>
   <si>
-    <t>397</t>
+    <t>411</t>
   </si>
   <si>
     <t>2024-07-24</t>
   </si>
   <si>
-    <t>398</t>
+    <t>412</t>
   </si>
   <si>
     <t>2024-07-23</t>
   </si>
   <si>
     <t>69.11</t>
   </si>
   <si>
-    <t>399</t>
+    <t>413</t>
   </si>
   <si>
     <t>2024-07-22</t>
   </si>
   <si>
     <t>69.53</t>
   </si>
   <si>
-    <t>400</t>
+    <t>414</t>
   </si>
   <si>
     <t>2024-07-19</t>
   </si>
   <si>
     <t>69.30</t>
   </si>
   <si>
-    <t>401</t>
+    <t>415</t>
   </si>
   <si>
     <t>2024-07-18</t>
   </si>
   <si>
     <t>69.60</t>
   </si>
   <si>
-    <t>402</t>
+    <t>416</t>
   </si>
   <si>
     <t>2024-07-17</t>
   </si>
   <si>
     <t>69.06</t>
   </si>
   <si>
-    <t>403</t>
+    <t>417</t>
   </si>
   <si>
     <t>2024-07-16</t>
   </si>
   <si>
-    <t>404</t>
+    <t>418</t>
   </si>
   <si>
     <t>2024-07-15</t>
   </si>
   <si>
     <t>70.57</t>
   </si>
   <si>
-    <t>405</t>
+    <t>419</t>
   </si>
   <si>
     <t>2024-07-12</t>
   </si>
   <si>
     <t>70.80</t>
   </si>
   <si>
-    <t>406</t>
+    <t>420</t>
   </si>
   <si>
     <t>2024-07-11</t>
   </si>
   <si>
     <t>70.68</t>
   </si>
   <si>
-    <t>407</t>
+    <t>421</t>
   </si>
   <si>
     <t>2024-07-10</t>
   </si>
   <si>
     <t>70.59</t>
   </si>
   <si>
-    <t>408</t>
+    <t>422</t>
   </si>
   <si>
     <t>2024-07-09</t>
   </si>
   <si>
     <t>70.76</t>
   </si>
   <si>
-    <t>409</t>
+    <t>423</t>
   </si>
   <si>
     <t>2024-07-08</t>
   </si>
   <si>
     <t>70.70</t>
   </si>
   <si>
-    <t>410</t>
+    <t>424</t>
   </si>
   <si>
     <t>2024-07-05</t>
   </si>
   <si>
     <t>70.47</t>
   </si>
   <si>
-    <t>411</t>
+    <t>425</t>
   </si>
   <si>
     <t>2024-07-04</t>
   </si>
   <si>
     <t>70.79</t>
   </si>
   <si>
-    <t>412</t>
+    <t>426</t>
   </si>
   <si>
     <t>2024-07-03</t>
   </si>
   <si>
     <t>70.71</t>
   </si>
   <si>
-    <t>413</t>
+    <t>427</t>
   </si>
   <si>
     <t>2024-07-02</t>
   </si>
   <si>
     <t>70.63</t>
   </si>
   <si>
-    <t>414</t>
+    <t>428</t>
   </si>
   <si>
     <t>2024-07-01</t>
   </si>
   <si>
     <t>70.91</t>
   </si>
   <si>
-    <t>415</t>
+    <t>429</t>
   </si>
   <si>
     <t>2024-06-28</t>
   </si>
   <si>
     <t>70.94</t>
   </si>
   <si>
-    <t>416</t>
+    <t>430</t>
   </si>
   <si>
     <t>2024-06-27</t>
   </si>
   <si>
     <t>70.89</t>
   </si>
   <si>
-    <t>417</t>
+    <t>431</t>
   </si>
   <si>
     <t>2024-06-26</t>
   </si>
   <si>
     <t>70.60</t>
   </si>
   <si>
-    <t>418</t>
+    <t>432</t>
   </si>
   <si>
     <t>2024-06-25</t>
   </si>
   <si>
     <t>70.46</t>
   </si>
   <si>
-    <t>419</t>
+    <t>433</t>
   </si>
   <si>
     <t>2024-06-24</t>
   </si>
   <si>
     <t>70.28</t>
   </si>
   <si>
-    <t>420</t>
+    <t>434</t>
   </si>
   <si>
     <t>2024-06-21</t>
   </si>
   <si>
-    <t>421</t>
+    <t>435</t>
   </si>
   <si>
     <t>2024-06-20</t>
   </si>
   <si>
-    <t>422</t>
+    <t>436</t>
   </si>
   <si>
     <t>2024-06-19</t>
   </si>
   <si>
-    <t>423</t>
+    <t>437</t>
   </si>
   <si>
     <t>2024-06-18</t>
   </si>
   <si>
     <t>69.57</t>
   </si>
   <si>
-    <t>424</t>
+    <t>438</t>
   </si>
   <si>
     <t>2024-06-17</t>
   </si>
   <si>
     <t>69.55</t>
   </si>
   <si>
-    <t>425</t>
+    <t>439</t>
   </si>
   <si>
     <t>2024-06-14</t>
   </si>
   <si>
-    <t>426</t>
+    <t>440</t>
   </si>
   <si>
     <t>2024-06-13</t>
   </si>
   <si>
-    <t>427</t>
+    <t>441</t>
   </si>
   <si>
     <t>2024-06-12</t>
   </si>
   <si>
-    <t>428</t>
+    <t>442</t>
   </si>
   <si>
     <t>2024-06-11</t>
   </si>
   <si>
-    <t>429</t>
+    <t>443</t>
   </si>
   <si>
     <t>2024-06-10</t>
   </si>
   <si>
     <t>69.21</t>
   </si>
   <si>
-    <t>430</t>
+    <t>444</t>
   </si>
   <si>
     <t>2024-06-07</t>
   </si>
   <si>
-    <t>431</t>
+    <t>445</t>
   </si>
   <si>
     <t>2024-06-06</t>
   </si>
   <si>
     <t>69.49</t>
   </si>
   <si>
-    <t>432</t>
+    <t>446</t>
   </si>
   <si>
     <t>2024-06-05</t>
   </si>
   <si>
-    <t>433</t>
+    <t>447</t>
   </si>
   <si>
     <t>2024-06-04</t>
   </si>
   <si>
     <t>68.90</t>
   </si>
   <si>
-    <t>434</t>
+    <t>448</t>
   </si>
   <si>
     <t>2024-06-03</t>
   </si>
   <si>
     <t>69.70</t>
   </si>
   <si>
-    <t>435</t>
+    <t>449</t>
   </si>
   <si>
     <t>2024-05-31</t>
   </si>
   <si>
-    <t>436</t>
+    <t>450</t>
   </si>
   <si>
     <t>2024-05-29</t>
   </si>
   <si>
-    <t>437</t>
+    <t>451</t>
   </si>
   <si>
     <t>2024-05-28</t>
   </si>
   <si>
     <t>69.56</t>
   </si>
   <si>
-    <t>438</t>
+    <t>452</t>
   </si>
   <si>
     <t>2024-05-27</t>
   </si>
   <si>
-    <t>439</t>
+    <t>453</t>
   </si>
   <si>
     <t>2024-05-24</t>
   </si>
   <si>
     <t>69.78</t>
   </si>
   <si>
-    <t>440</t>
+    <t>454</t>
   </si>
   <si>
     <t>2024-05-23</t>
   </si>
   <si>
     <t>69.79</t>
   </si>
   <si>
-    <t>441</t>
+    <t>455</t>
   </si>
   <si>
     <t>2024-05-22</t>
   </si>
   <si>
     <t>69.87</t>
   </si>
   <si>
-    <t>442</t>
+    <t>456</t>
   </si>
   <si>
     <t>2024-05-21</t>
   </si>
   <si>
     <t>69.97</t>
   </si>
   <si>
-    <t>443</t>
+    <t>457</t>
   </si>
   <si>
     <t>2024-05-20</t>
   </si>
   <si>
     <t>70.22</t>
   </si>
   <si>
-    <t>444</t>
+    <t>458</t>
   </si>
   <si>
     <t>2024-05-17</t>
   </si>
   <si>
     <t>69.95</t>
   </si>
   <si>
-    <t>445</t>
+    <t>459</t>
   </si>
   <si>
     <t>2024-05-16</t>
   </si>
   <si>
-    <t>446</t>
+    <t>460</t>
   </si>
   <si>
     <t>2024-05-15</t>
   </si>
   <si>
     <t>69.93</t>
   </si>
   <si>
-    <t>447</t>
+    <t>461</t>
   </si>
   <si>
     <t>2024-05-14</t>
   </si>
   <si>
     <t>69.69</t>
   </si>
   <si>
-    <t>448</t>
+    <t>462</t>
   </si>
   <si>
     <t>2024-05-13</t>
   </si>
   <si>
-    <t>449</t>
+    <t>463</t>
   </si>
   <si>
     <t>2024-05-10</t>
   </si>
   <si>
-    <t>450</t>
+    <t>464</t>
   </si>
   <si>
     <t>2024-05-09</t>
   </si>
   <si>
     <t>69.81</t>
   </si>
   <si>
-    <t>451</t>
+    <t>465</t>
   </si>
   <si>
     <t>2024-05-08</t>
   </si>
   <si>
-    <t>452</t>
+    <t>466</t>
   </si>
   <si>
     <t>2024-05-07</t>
   </si>
   <si>
-    <t>453</t>
+    <t>467</t>
   </si>
   <si>
     <t>2024-05-06</t>
   </si>
   <si>
     <t>69.38</t>
   </si>
   <si>
-    <t>454</t>
+    <t>468</t>
   </si>
   <si>
     <t>2024-05-02</t>
   </si>
   <si>
     <t>67.99</t>
   </si>
   <si>
-    <t>455</t>
+    <t>469</t>
   </si>
   <si>
     <t>2024-04-30</t>
   </si>
   <si>
     <t>67.94</t>
   </si>
   <si>
-    <t>456</t>
+    <t>470</t>
   </si>
   <si>
     <t>2024-04-29</t>
   </si>
   <si>
     <t>68.43</t>
   </si>
   <si>
-    <t>457</t>
+    <t>471</t>
   </si>
   <si>
     <t>2024-04-26</t>
   </si>
   <si>
     <t>68.08</t>
   </si>
   <si>
-    <t>458</t>
+    <t>472</t>
   </si>
   <si>
     <t>2024-04-25</t>
   </si>
   <si>
     <t>67.54</t>
   </si>
   <si>
-    <t>459</t>
+    <t>473</t>
   </si>
   <si>
     <t>2024-04-24</t>
   </si>
   <si>
-    <t>460</t>
+    <t>474</t>
   </si>
   <si>
     <t>2024-04-23</t>
   </si>
   <si>
-    <t>461</t>
+    <t>475</t>
   </si>
   <si>
     <t>2024-04-22</t>
   </si>
   <si>
     <t>68.18</t>
   </si>
   <si>
-    <t>462</t>
+    <t>476</t>
   </si>
   <si>
     <t>2024-04-19</t>
   </si>
   <si>
     <t>67.44</t>
   </si>
   <si>
-    <t>463</t>
+    <t>477</t>
   </si>
   <si>
     <t>2024-04-18</t>
   </si>
   <si>
     <t>67.78</t>
   </si>
   <si>
-    <t>464</t>
+    <t>478</t>
   </si>
   <si>
     <t>2024-04-17</t>
   </si>
   <si>
     <t>67.32</t>
   </si>
   <si>
-    <t>465</t>
+    <t>479</t>
   </si>
   <si>
     <t>2024-04-16</t>
   </si>
   <si>
     <t>66.67</t>
   </si>
   <si>
-    <t>466</t>
+    <t>480</t>
   </si>
   <si>
     <t>2024-04-15</t>
   </si>
   <si>
     <t>67.62</t>
   </si>
   <si>
-    <t>467</t>
+    <t>481</t>
   </si>
   <si>
     <t>2024-04-12</t>
   </si>
   <si>
     <t>67.67</t>
   </si>
   <si>
-    <t>468</t>
+    <t>482</t>
   </si>
   <si>
     <t>2024-04-11</t>
   </si>
   <si>
     <t>67.80</t>
   </si>
   <si>
-    <t>469</t>
+    <t>483</t>
   </si>
   <si>
     <t>2024-04-10</t>
   </si>
   <si>
-    <t>470</t>
+    <t>484</t>
   </si>
   <si>
     <t>2024-04-09</t>
   </si>
   <si>
     <t>67.86</t>
   </si>
   <si>
-    <t>471</t>
+    <t>485</t>
   </si>
   <si>
     <t>2024-04-08</t>
   </si>
   <si>
     <t>68.41</t>
   </si>
   <si>
-    <t>472</t>
+    <t>486</t>
   </si>
   <si>
     <t>2024-04-05</t>
   </si>
   <si>
-    <t>473</t>
+    <t>487</t>
   </si>
   <si>
     <t>2024-04-04</t>
   </si>
   <si>
-    <t>474</t>
+    <t>488</t>
   </si>
   <si>
     <t>2024-04-03</t>
   </si>
   <si>
-    <t>475</t>
+    <t>489</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
     <t>67.64</t>
   </si>
   <si>
-    <t>476</t>
+    <t>490</t>
   </si>
   <si>
     <t>2024-03-28</t>
   </si>
   <si>
     <t>67.50</t>
   </si>
   <si>
-    <t>477</t>
+    <t>491</t>
   </si>
   <si>
     <t>2024-03-27</t>
   </si>
   <si>
-    <t>478</t>
+    <t>492</t>
   </si>
   <si>
     <t>2024-03-26</t>
   </si>
   <si>
     <t>66.44</t>
   </si>
   <si>
-    <t>479</t>
+    <t>493</t>
   </si>
   <si>
     <t>2024-03-25</t>
   </si>
   <si>
     <t>66.01</t>
   </si>
   <si>
-    <t>480</t>
+    <t>494</t>
   </si>
   <si>
     <t>2024-03-22</t>
   </si>
   <si>
     <t>66.41</t>
   </si>
   <si>
-    <t>481</t>
+    <t>495</t>
   </si>
   <si>
     <t>2024-03-21</t>
   </si>
   <si>
     <t>66.60</t>
   </si>
   <si>
-    <t>482</t>
+    <t>496</t>
   </si>
   <si>
     <t>2024-03-20</t>
   </si>
   <si>
     <t>65.75</t>
   </si>
   <si>
-    <t>483</t>
+    <t>497</t>
   </si>
   <si>
     <t>2024-03-19</t>
   </si>
   <si>
     <t>65.52</t>
   </si>
   <si>
-    <t>484</t>
+    <t>498</t>
   </si>
   <si>
     <t>2024-03-18</t>
   </si>
   <si>
     <t>65.46</t>
   </si>
   <si>
-    <t>485</t>
+    <t>499</t>
   </si>
   <si>
     <t>2024-03-15</t>
   </si>
   <si>
     <t>65.26</t>
   </si>
   <si>
-    <t>486</t>
+    <t>500</t>
   </si>
   <si>
     <t>2024-03-14</t>
   </si>
   <si>
     <t>66.18</t>
   </si>
   <si>
-    <t>487</t>
+    <t>501</t>
   </si>
   <si>
     <t>2024-03-13</t>
   </si>
   <si>
     <t>66.14</t>
   </si>
   <si>
-    <t>488</t>
+    <t>502</t>
   </si>
   <si>
     <t>2024-03-12</t>
   </si>
   <si>
     <t>66.26</t>
   </si>
   <si>
-    <t>489</t>
+    <t>503</t>
   </si>
   <si>
     <t>2024-03-11</t>
   </si>
   <si>
     <t>65.56</t>
   </si>
   <si>
-    <t>490</t>
+    <t>504</t>
   </si>
   <si>
     <t>2024-03-08</t>
   </si>
   <si>
     <t>65.65</t>
   </si>
   <si>
-    <t>491</t>
+    <t>505</t>
   </si>
   <si>
     <t>2024-03-07</t>
   </si>
   <si>
     <t>65.55</t>
   </si>
   <si>
-    <t>492</t>
+    <t>506</t>
   </si>
   <si>
     <t>2024-03-06</t>
   </si>
   <si>
     <t>65.69</t>
   </si>
   <si>
-    <t>493</t>
+    <t>507</t>
   </si>
   <si>
     <t>2024-03-05</t>
   </si>
   <si>
     <t>65.64</t>
   </si>
   <si>
-    <t>494</t>
+    <t>508</t>
   </si>
   <si>
     <t>2024-03-04</t>
   </si>
   <si>
     <t>65.91</t>
   </si>
   <si>
-    <t>495</t>
+    <t>509</t>
   </si>
   <si>
     <t>2024-03-01</t>
   </si>
   <si>
     <t>66.25</t>
   </si>
   <si>
-    <t>496</t>
+    <t>510</t>
   </si>
   <si>
     <t>2024-02-29</t>
   </si>
   <si>
     <t>65.95</t>
   </si>
   <si>
-    <t>497</t>
+    <t>511</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>65.76</t>
   </si>
   <si>
-    <t>498</t>
+    <t>512</t>
   </si>
   <si>
     <t>2024-02-27</t>
   </si>
   <si>
     <t>66.20</t>
   </si>
   <si>
-    <t>499</t>
+    <t>513</t>
   </si>
   <si>
     <t>2024-02-26</t>
   </si>
   <si>
-    <t>500</t>
+    <t>514</t>
   </si>
   <si>
     <t>2024-02-23</t>
   </si>
   <si>
-    <t>501</t>
+    <t>515</t>
   </si>
   <si>
     <t>2024-02-22</t>
   </si>
   <si>
     <t>66.15</t>
   </si>
   <si>
-    <t>502</t>
+    <t>516</t>
   </si>
   <si>
     <t>2024-02-21</t>
   </si>
   <si>
     <t>65.54</t>
   </si>
   <si>
-    <t>503</t>
+    <t>517</t>
   </si>
   <si>
     <t>2024-02-20</t>
   </si>
   <si>
     <t>65.66</t>
   </si>
   <si>
-    <t>504</t>
+    <t>518</t>
   </si>
   <si>
     <t>2024-02-19</t>
   </si>
   <si>
     <t>65.34</t>
   </si>
   <si>
-    <t>505</t>
+    <t>519</t>
   </si>
   <si>
     <t>2024-02-16</t>
   </si>
   <si>
     <t>65.22</t>
   </si>
   <si>
-    <t>506</t>
+    <t>520</t>
   </si>
   <si>
     <t>2024-02-15</t>
   </si>
   <si>
     <t>65.00</t>
   </si>
   <si>
-    <t>507</t>
+    <t>521</t>
   </si>
   <si>
     <t>2024-02-14</t>
   </si>
   <si>
     <t>65.03</t>
   </si>
   <si>
-    <t>508</t>
+    <t>522</t>
   </si>
   <si>
     <t>2024-02-13</t>
   </si>
   <si>
     <t>64.25</t>
   </si>
   <si>
-    <t>509</t>
+    <t>523</t>
   </si>
   <si>
     <t>2024-02-12</t>
   </si>
   <si>
     <t>64.90</t>
   </si>
   <si>
-    <t>510</t>
+    <t>524</t>
   </si>
   <si>
     <t>2024-02-09</t>
   </si>
   <si>
     <t>64.56</t>
   </si>
   <si>
-    <t>511</t>
+    <t>525</t>
   </si>
   <si>
     <t>2024-02-08</t>
   </si>
   <si>
     <t>64.58</t>
   </si>
   <si>
-    <t>512</t>
+    <t>526</t>
   </si>
   <si>
     <t>2024-02-07</t>
   </si>
   <si>
     <t>64.92</t>
   </si>
   <si>
-    <t>513</t>
+    <t>527</t>
   </si>
   <si>
     <t>2024-02-06</t>
   </si>
   <si>
     <t>64.73</t>
   </si>
   <si>
-    <t>514</t>
+    <t>528</t>
   </si>
   <si>
     <t>2024-02-05</t>
   </si>
   <si>
     <t>64.44</t>
   </si>
   <si>
-    <t>515</t>
+    <t>529</t>
   </si>
   <si>
     <t>2024-02-02</t>
   </si>
   <si>
     <t>64.86</t>
   </si>
   <si>
-    <t>516</t>
+    <t>530</t>
   </si>
   <si>
     <t>2024-02-01</t>
   </si>
   <si>
     <t>64.15</t>
   </si>
   <si>
-    <t>517</t>
+    <t>531</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>63.68</t>
   </si>
   <si>
-    <t>518</t>
+    <t>532</t>
   </si>
   <si>
     <t>2024-01-30</t>
   </si>
   <si>
     <t>63.29</t>
   </si>
   <si>
-    <t>519</t>
+    <t>533</t>
   </si>
   <si>
     <t>2024-01-29</t>
   </si>
   <si>
     <t>62.98</t>
   </si>
   <si>
-    <t>520</t>
+    <t>534</t>
   </si>
   <si>
     <t>2024-01-26</t>
   </si>
   <si>
     <t>63.01</t>
   </si>
   <si>
-    <t>521</t>
+    <t>535</t>
   </si>
   <si>
     <t>2024-01-25</t>
   </si>
   <si>
     <t>62.79</t>
   </si>
   <si>
-    <t>522</t>
+    <t>536</t>
   </si>
   <si>
     <t>2024-01-24</t>
   </si>
   <si>
     <t>62.74</t>
   </si>
   <si>
-    <t>523</t>
+    <t>537</t>
   </si>
   <si>
     <t>2024-01-23</t>
   </si>
   <si>
     <t>62.38</t>
   </si>
   <si>
-    <t>524</t>
+    <t>538</t>
   </si>
   <si>
     <t>2024-01-22</t>
   </si>
   <si>
     <t>62.48</t>
   </si>
   <si>
-    <t>525</t>
+    <t>539</t>
   </si>
   <si>
     <t>2024-01-19</t>
   </si>
   <si>
     <t>62.52</t>
   </si>
   <si>
-    <t>526</t>
+    <t>540</t>
   </si>
   <si>
     <t>2024-01-18</t>
   </si>
   <si>
     <t>62.32</t>
   </si>
   <si>
-    <t>527</t>
+    <t>541</t>
   </si>
   <si>
     <t>2024-01-17</t>
   </si>
   <si>
     <t>61.77</t>
   </si>
   <si>
-    <t>528</t>
+    <t>542</t>
   </si>
   <si>
     <t>2024-01-16</t>
   </si>
   <si>
     <t>62.31</t>
   </si>
   <si>
-    <t>529</t>
+    <t>543</t>
   </si>
   <si>
     <t>2024-01-15</t>
   </si>
   <si>
-    <t>530</t>
+    <t>544</t>
   </si>
   <si>
     <t>2024-01-12</t>
   </si>
   <si>
     <t>62.97</t>
   </si>
   <si>
-    <t>531</t>
+    <t>545</t>
   </si>
   <si>
     <t>2024-01-11</t>
   </si>
   <si>
     <t>62.64</t>
   </si>
   <si>
-    <t>532</t>
+    <t>546</t>
   </si>
   <si>
     <t>2024-01-10</t>
   </si>
   <si>
     <t>62.88</t>
   </si>
   <si>
-    <t>533</t>
+    <t>547</t>
   </si>
   <si>
     <t>2024-01-09</t>
   </si>
   <si>
-    <t>534</t>
+    <t>548</t>
   </si>
   <si>
     <t>2024-01-08</t>
   </si>
   <si>
     <t>62.83</t>
   </si>
   <si>
-    <t>535</t>
+    <t>549</t>
   </si>
   <si>
     <t>2024-01-05</t>
   </si>
   <si>
     <t>62.59</t>
   </si>
   <si>
-    <t>536</t>
+    <t>550</t>
   </si>
   <si>
     <t>2024-01-04</t>
   </si>
   <si>
     <t>62.58</t>
   </si>
   <si>
-    <t>537</t>
+    <t>551</t>
   </si>
   <si>
     <t>2024-01-03</t>
   </si>
   <si>
-    <t>538</t>
+    <t>552</t>
   </si>
   <si>
     <t>2024-01-02</t>
   </si>
   <si>
     <t>62.91</t>
   </si>
   <si>
-    <t>539</t>
+    <t>553</t>
   </si>
   <si>
     <t>2023-12-29</t>
   </si>
   <si>
     <t>63.45</t>
   </si>
   <si>
-    <t>540</t>
+    <t>554</t>
   </si>
   <si>
     <t>2023-12-28</t>
   </si>
   <si>
     <t>63.64</t>
   </si>
   <si>
-    <t>541</t>
+    <t>555</t>
   </si>
   <si>
     <t>2023-12-27</t>
   </si>
   <si>
     <t>63.80</t>
   </si>
   <si>
-    <t>542</t>
+    <t>556</t>
   </si>
   <si>
     <t>2023-12-22</t>
   </si>
   <si>
     <t>63.55</t>
   </si>
   <si>
-    <t>543</t>
+    <t>557</t>
   </si>
   <si>
     <t>2023-12-21</t>
   </si>
   <si>
-    <t>544</t>
+    <t>558</t>
   </si>
   <si>
     <t>2023-12-20</t>
   </si>
   <si>
-    <t>545</t>
+    <t>559</t>
   </si>
   <si>
     <t>2023-12-19</t>
   </si>
   <si>
     <t>63.67</t>
   </si>
   <si>
-    <t>546</t>
+    <t>560</t>
   </si>
   <si>
     <t>2023-12-18</t>
   </si>
   <si>
     <t>63.30</t>
   </si>
   <si>
-    <t>547</t>
+    <t>561</t>
   </si>
   <si>
     <t>2023-12-15</t>
   </si>
   <si>
     <t>62.99</t>
   </si>
   <si>
-    <t>548</t>
+    <t>562</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>62.81</t>
   </si>
   <si>
-    <t>549</t>
+    <t>563</t>
   </si>
   <si>
     <t>2023-12-13</t>
   </si>
   <si>
     <t>62.63</t>
   </si>
   <si>
-    <t>550</t>
+    <t>564</t>
   </si>
   <si>
     <t>2023-12-12</t>
   </si>
   <si>
-    <t>551</t>
+    <t>565</t>
   </si>
   <si>
     <t>2023-12-11</t>
   </si>
   <si>
     <t>62.60</t>
   </si>
   <si>
-    <t>552</t>
+    <t>566</t>
   </si>
   <si>
     <t>2023-12-08</t>
   </si>
   <si>
     <t>62.51</t>
   </si>
   <si>
-    <t>553</t>
+    <t>567</t>
   </si>
   <si>
     <t>2023-12-07</t>
   </si>
   <si>
-    <t>554</t>
+    <t>568</t>
   </si>
   <si>
     <t>2023-12-06</t>
   </si>
   <si>
     <t>62.33</t>
   </si>
   <si>
-    <t>555</t>
+    <t>569</t>
   </si>
   <si>
     <t>2023-12-05</t>
   </si>
   <si>
     <t>62.08</t>
   </si>
   <si>
-    <t>556</t>
+    <t>570</t>
   </si>
   <si>
     <t>2023-12-04</t>
   </si>
   <si>
     <t>61.82</t>
   </si>
   <si>
-    <t>557</t>
+    <t>571</t>
   </si>
   <si>
     <t>2023-12-01</t>
   </si>
   <si>
     <t>62.01</t>
   </si>
   <si>
-    <t>558</t>
+    <t>572</t>
   </si>
   <si>
     <t>2023-11-30</t>
   </si>
   <si>
     <t>61.13</t>
   </si>
   <si>
-    <t>559</t>
+    <t>573</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
     <t>61.17</t>
   </si>
   <si>
-    <t>560</t>
+    <t>574</t>
   </si>
   <si>
     <t>2023-11-28</t>
   </si>
   <si>
     <t>61.43</t>
   </si>
   <si>
-    <t>561</t>
+    <t>575</t>
   </si>
   <si>
     <t>2023-11-27</t>
   </si>
   <si>
     <t>60.86</t>
   </si>
   <si>
-    <t>562</t>
+    <t>576</t>
   </si>
   <si>
     <t>2023-11-24</t>
   </si>
   <si>
     <t>61.11</t>
   </si>
   <si>
-    <t>563</t>
+    <t>577</t>
   </si>
   <si>
     <t>2023-11-23</t>
   </si>
   <si>
     <t>61.00</t>
   </si>
   <si>
-    <t>564</t>
+    <t>578</t>
   </si>
   <si>
     <t>2023-11-22</t>
   </si>
   <si>
     <t>61.12</t>
   </si>
   <si>
-    <t>565</t>
+    <t>579</t>
   </si>
   <si>
     <t>2023-11-21</t>
   </si>
   <si>
     <t>61.05</t>
   </si>
   <si>
-    <t>566</t>
+    <t>580</t>
   </si>
   <si>
     <t>2023-11-20</t>
   </si>
   <si>
     <t>61.15</t>
   </si>
   <si>
-    <t>567</t>
+    <t>581</t>
   </si>
   <si>
     <t>2023-11-17</t>
   </si>
   <si>
-    <t>568</t>
+    <t>582</t>
   </si>
   <si>
     <t>2023-11-16</t>
   </si>
   <si>
     <t>60.71</t>
   </si>
   <si>
-    <t>569</t>
+    <t>583</t>
   </si>
   <si>
     <t>2023-11-15</t>
   </si>
   <si>
     <t>60.78</t>
   </si>
   <si>
-    <t>570</t>
+    <t>584</t>
   </si>
   <si>
     <t>2023-11-14</t>
   </si>
   <si>
     <t>60.96</t>
   </si>
   <si>
-    <t>571</t>
+    <t>585</t>
   </si>
   <si>
     <t>2023-11-13</t>
   </si>
   <si>
     <t>59.64</t>
   </si>
   <si>
-    <t>572</t>
+    <t>586</t>
   </si>
   <si>
     <t>2023-11-10</t>
   </si>
   <si>
     <t>59.78</t>
   </si>
   <si>
-    <t>573</t>
+    <t>587</t>
   </si>
   <si>
     <t>2023-11-09</t>
   </si>
   <si>
     <t>60.07</t>
   </si>
   <si>
-    <t>574</t>
+    <t>588</t>
   </si>
   <si>
     <t>2023-11-08</t>
   </si>
   <si>
     <t>59.83</t>
   </si>
   <si>
-    <t>575</t>
+    <t>589</t>
   </si>
   <si>
     <t>2023-11-07</t>
   </si>
   <si>
     <t>60.18</t>
   </si>
   <si>
-    <t>576</t>
+    <t>590</t>
   </si>
   <si>
     <t>2023-11-06</t>
   </si>
   <si>
     <t>60.41</t>
   </si>
   <si>
-    <t>577</t>
+    <t>591</t>
   </si>
   <si>
     <t>2023-11-03</t>
   </si>
   <si>
     <t>60.26</t>
   </si>
   <si>
-    <t>578</t>
+    <t>592</t>
   </si>
   <si>
     <t>2023-11-02</t>
   </si>
   <si>
     <t>60.04</t>
   </si>
   <si>
-    <t>579</t>
+    <t>593</t>
   </si>
   <si>
     <t>2023-10-31</t>
   </si>
   <si>
-    <t>580</t>
+    <t>594</t>
   </si>
   <si>
     <t>2023-10-30</t>
   </si>
   <si>
     <t>59.48</t>
   </si>
   <si>
-    <t>581</t>
+    <t>595</t>
   </si>
   <si>
     <t>2023-10-27</t>
   </si>
   <si>
     <t>59.07</t>
   </si>
   <si>
-    <t>582</t>
+    <t>596</t>
   </si>
   <si>
     <t>2023-10-26</t>
   </si>
   <si>
     <t>59.08</t>
   </si>
   <si>
-    <t>583</t>
+    <t>597</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>58.82</t>
   </si>
   <si>
-    <t>584</t>
+    <t>598</t>
   </si>
   <si>
     <t>2023-10-24</t>
   </si>
   <si>
     <t>58.66</t>
   </si>
   <si>
-    <t>585</t>
+    <t>599</t>
   </si>
   <si>
     <t>2023-10-23</t>
   </si>
   <si>
     <t>58.12</t>
   </si>
   <si>
-    <t>586</t>
+    <t>600</t>
   </si>
   <si>
     <t>2023-10-20</t>
   </si>
   <si>
     <t>58.20</t>
   </si>
   <si>
-    <t>587</t>
+    <t>601</t>
   </si>
   <si>
     <t>2023-10-19</t>
   </si>
   <si>
     <t>58.71</t>
   </si>
   <si>
-    <t>588</t>
+    <t>602</t>
   </si>
   <si>
     <t>2023-10-18</t>
   </si>
   <si>
     <t>59.44</t>
   </si>
   <si>
-    <t>589</t>
+    <t>603</t>
   </si>
   <si>
     <t>2023-10-17</t>
   </si>
   <si>
     <t>59.91</t>
   </si>
   <si>
-    <t>590</t>
+    <t>604</t>
   </si>
   <si>
     <t>2023-10-16</t>
   </si>
   <si>
     <t>59.57</t>
   </si>
   <si>
-    <t>591</t>
+    <t>605</t>
   </si>
   <si>
     <t>2023-10-13</t>
   </si>
   <si>
     <t>58.23</t>
   </si>
   <si>
-    <t>592</t>
+    <t>606</t>
   </si>
   <si>
     <t>2023-10-12</t>
   </si>
   <si>
     <t>58.19</t>
   </si>
   <si>
-    <t>593</t>
+    <t>607</t>
   </si>
   <si>
     <t>2023-10-11</t>
   </si>
   <si>
     <t>58.29</t>
   </si>
   <si>
-    <t>594</t>
+    <t>608</t>
   </si>
   <si>
     <t>2023-10-10</t>
   </si>
   <si>
     <t>58.08</t>
   </si>
   <si>
-    <t>595</t>
+    <t>609</t>
   </si>
   <si>
     <t>2023-10-09</t>
   </si>
   <si>
     <t>57.35</t>
   </si>
   <si>
-    <t>596</t>
+    <t>610</t>
   </si>
   <si>
     <t>2023-10-06</t>
   </si>
   <si>
     <t>56.91</t>
   </si>
   <si>
-    <t>597</t>
+    <t>611</t>
   </si>
   <si>
     <t>2023-10-05</t>
   </si>
   <si>
     <t>56.85</t>
   </si>
   <si>
-    <t>598</t>
+    <t>612</t>
   </si>
   <si>
     <t>2023-10-04</t>
   </si>
   <si>
     <t>57.10</t>
   </si>
   <si>
-    <t>599</t>
+    <t>613</t>
   </si>
   <si>
     <t>2023-10-03</t>
   </si>
   <si>
     <t>56.94</t>
   </si>
   <si>
-    <t>600</t>
+    <t>614</t>
   </si>
   <si>
     <t>2023-10-02</t>
   </si>
   <si>
     <t>57.29</t>
   </si>
   <si>
-    <t>601</t>
+    <t>615</t>
   </si>
   <si>
     <t>2023-09-29</t>
   </si>
   <si>
     <t>57.72</t>
   </si>
   <si>
-    <t>602</t>
+    <t>616</t>
   </si>
   <si>
     <t>2023-09-28</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
-    <t>603</t>
+    <t>617</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
     <t>57.23</t>
   </si>
   <si>
-    <t>604</t>
+    <t>618</t>
   </si>
   <si>
     <t>2023-09-26</t>
   </si>
   <si>
     <t>57.43</t>
   </si>
   <si>
-    <t>605</t>
+    <t>619</t>
   </si>
   <si>
     <t>2023-09-25</t>
   </si>
   <si>
     <t>57.30</t>
   </si>
   <si>
-    <t>606</t>
+    <t>620</t>
   </si>
   <si>
     <t>2023-09-22</t>
   </si>
   <si>
     <t>57.62</t>
   </si>
   <si>
-    <t>607</t>
+    <t>621</t>
   </si>
   <si>
     <t>2023-09-21</t>
   </si>
   <si>
     <t>57.69</t>
   </si>
   <si>
-    <t>608</t>
+    <t>622</t>
   </si>
   <si>
     <t>2023-09-20</t>
   </si>
   <si>
-    <t>609</t>
+    <t>623</t>
   </si>
   <si>
     <t>2023-09-19</t>
   </si>
   <si>
     <t>57.88</t>
   </si>
   <si>
-    <t>610</t>
+    <t>624</t>
   </si>
   <si>
     <t>2023-09-18</t>
   </si>
   <si>
     <t>57.97</t>
   </si>
   <si>
-    <t>611</t>
+    <t>625</t>
   </si>
   <si>
     <t>2023-09-15</t>
   </si>
   <si>
     <t>58.43</t>
   </si>
   <si>
-    <t>612</t>
+    <t>626</t>
   </si>
   <si>
     <t>2023-09-14</t>
   </si>
   <si>
     <t>58.49</t>
   </si>
   <si>
-    <t>613</t>
+    <t>627</t>
   </si>
   <si>
     <t>2023-09-13</t>
   </si>
   <si>
     <t>58.15</t>
   </si>
   <si>
-    <t>614</t>
+    <t>628</t>
   </si>
   <si>
     <t>2023-09-12</t>
   </si>
   <si>
     <t>58.18</t>
   </si>
   <si>
-    <t>615</t>
+    <t>629</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>58.05</t>
   </si>
   <si>
-    <t>616</t>
+    <t>630</t>
   </si>
   <si>
     <t>2023-09-08</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
-    <t>617</t>
+    <t>631</t>
   </si>
   <si>
     <t>2023-09-07</t>
   </si>
   <si>
     <t>57.48</t>
   </si>
   <si>
-    <t>618</t>
+    <t>632</t>
   </si>
   <si>
     <t>2023-09-06</t>
   </si>
   <si>
     <t>57.65</t>
   </si>
   <si>
-    <t>619</t>
+    <t>633</t>
   </si>
   <si>
     <t>2023-09-05</t>
   </si>
   <si>
-    <t>620</t>
+    <t>634</t>
   </si>
   <si>
     <t>2023-09-04</t>
   </si>
   <si>
     <t>58.41</t>
   </si>
   <si>
-    <t>621</t>
+    <t>635</t>
   </si>
   <si>
     <t>2023-09-01</t>
   </si>
   <si>
     <t>58.75</t>
   </si>
   <si>
-    <t>622</t>
+    <t>636</t>
   </si>
   <si>
     <t>2023-08-31</t>
   </si>
   <si>
     <t>58.53</t>
   </si>
   <si>
-    <t>623</t>
+    <t>637</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
     <t>58.74</t>
   </si>
   <si>
-    <t>624</t>
+    <t>638</t>
   </si>
   <si>
     <t>2023-08-29</t>
   </si>
   <si>
     <t>58.57</t>
   </si>
   <si>
-    <t>625</t>
+    <t>639</t>
   </si>
   <si>
     <t>2023-08-28</t>
   </si>
   <si>
-    <t>626</t>
+    <t>640</t>
   </si>
   <si>
     <t>2023-08-25</t>
   </si>
   <si>
     <t>57.99</t>
   </si>
   <si>
-    <t>627</t>
+    <t>641</t>
   </si>
   <si>
     <t>2023-08-24</t>
   </si>
   <si>
-    <t>628</t>
+    <t>642</t>
   </si>
   <si>
     <t>2023-08-23</t>
   </si>
   <si>
     <t>58.35</t>
   </si>
   <si>
-    <t>629</t>
+    <t>643</t>
   </si>
   <si>
     <t>2023-08-22</t>
   </si>
   <si>
     <t>58.09</t>
   </si>
   <si>
-    <t>630</t>
+    <t>644</t>
   </si>
   <si>
     <t>2023-08-21</t>
   </si>
   <si>
     <t>58.28</t>
   </si>
   <si>
-    <t>631</t>
+    <t>645</t>
   </si>
   <si>
     <t>2023-08-18</t>
   </si>
   <si>
     <t>58.17</t>
   </si>
   <si>
-    <t>632</t>
+    <t>646</t>
   </si>
   <si>
     <t>2023-08-17</t>
   </si>
   <si>
-    <t>633</t>
+    <t>647</t>
   </si>
   <si>
     <t>2023-08-16</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
-    <t>634</t>
+    <t>648</t>
   </si>
   <si>
     <t>2023-08-14</t>
   </si>
   <si>
     <t>58.97</t>
   </si>
   <si>
-    <t>635</t>
+    <t>649</t>
   </si>
   <si>
     <t>2023-08-11</t>
   </si>
   <si>
     <t>59.20</t>
   </si>
   <si>
-    <t>636</t>
+    <t>650</t>
   </si>
   <si>
     <t>2023-08-10</t>
   </si>
   <si>
     <t>59.59</t>
   </si>
   <si>
-    <t>637</t>
+    <t>651</t>
   </si>
   <si>
     <t>2023-08-09</t>
   </si>
   <si>
     <t>59.16</t>
   </si>
   <si>
-    <t>638</t>
+    <t>652</t>
   </si>
   <si>
     <t>2023-08-08</t>
   </si>
   <si>
     <t>58.95</t>
   </si>
   <si>
-    <t>639</t>
+    <t>653</t>
   </si>
   <si>
     <t>2023-08-07</t>
   </si>
   <si>
     <t>59.45</t>
   </si>
   <si>
-    <t>640</t>
+    <t>654</t>
   </si>
   <si>
     <t>2023-08-04</t>
   </si>
   <si>
     <t>59.58</t>
   </si>
   <si>
-    <t>641</t>
+    <t>655</t>
   </si>
   <si>
     <t>2023-08-03</t>
   </si>
   <si>
     <t>59.11</t>
   </si>
   <si>
-    <t>642</t>
+    <t>656</t>
   </si>
   <si>
     <t>2023-08-02</t>
   </si>
   <si>
     <t>59.15</t>
   </si>
   <si>
-    <t>643</t>
+    <t>657</t>
   </si>
   <si>
     <t>2023-08-01</t>
   </si>
   <si>
     <t>59.77</t>
   </si>
   <si>
-    <t>644</t>
+    <t>658</t>
   </si>
   <si>
     <t>2023-07-31</t>
   </si>
   <si>
     <t>59.88</t>
   </si>
   <si>
-    <t>645</t>
+    <t>659</t>
   </si>
   <si>
     <t>2023-07-28</t>
   </si>
   <si>
     <t>59.70</t>
   </si>
   <si>
-    <t>646</t>
+    <t>660</t>
   </si>
   <si>
     <t>2023-07-27</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
-    <t>647</t>
+    <t>661</t>
   </si>
   <si>
     <t>2023-07-26</t>
   </si>
   <si>
     <t>59.18</t>
   </si>
   <si>
-    <t>648</t>
+    <t>662</t>
   </si>
   <si>
     <t>2023-07-25</t>
   </si>
   <si>
     <t>59.41</t>
   </si>
   <si>
-    <t>649</t>
+    <t>663</t>
   </si>
   <si>
     <t>2023-07-24</t>
   </si>
   <si>
     <t>59.34</t>
   </si>
   <si>
-    <t>650</t>
+    <t>664</t>
   </si>
   <si>
     <t>2023-07-21</t>
   </si>
   <si>
     <t>58.94</t>
   </si>
   <si>
-    <t>651</t>
+    <t>665</t>
   </si>
   <si>
     <t>2023-07-20</t>
   </si>
   <si>
     <t>58.96</t>
   </si>
   <si>
-    <t>652</t>
+    <t>666</t>
   </si>
   <si>
     <t>2023-07-19</t>
   </si>
   <si>
     <t>59.13</t>
   </si>
   <si>
-    <t>653</t>
+    <t>667</t>
   </si>
   <si>
     <t>2023-07-18</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>654</t>
+    <t>668</t>
   </si>
   <si>
     <t>2023-07-17</t>
   </si>
   <si>
-    <t>655</t>
+    <t>669</t>
   </si>
   <si>
     <t>2023-07-14</t>
   </si>
   <si>
-    <t>656</t>
+    <t>670</t>
   </si>
   <si>
     <t>2023-07-13</t>
   </si>
   <si>
-    <t>657</t>
+    <t>671</t>
   </si>
   <si>
     <t>2023-07-12</t>
   </si>
   <si>
     <t>57.93</t>
   </si>
   <si>
-    <t>658</t>
+    <t>672</t>
   </si>
   <si>
     <t>2023-07-11</t>
   </si>
   <si>
     <t>56.99</t>
   </si>
   <si>
-    <t>659</t>
+    <t>673</t>
   </si>
   <si>
     <t>2023-07-10</t>
   </si>
   <si>
     <t>56.78</t>
   </si>
   <si>
-    <t>660</t>
+    <t>674</t>
   </si>
   <si>
     <t>2023-07-07</t>
   </si>
   <si>
     <t>56.55</t>
   </si>
   <si>
-    <t>661</t>
+    <t>675</t>
   </si>
   <si>
     <t>2023-07-06</t>
   </si>
   <si>
     <t>56.20</t>
   </si>
   <si>
-    <t>662</t>
+    <t>676</t>
   </si>
   <si>
     <t>2023-07-05</t>
   </si>
   <si>
     <t>56.42</t>
   </si>
   <si>
-    <t>663</t>
+    <t>677</t>
   </si>
   <si>
     <t>2023-07-04</t>
   </si>
   <si>
     <t>56.67</t>
   </si>
   <si>
-    <t>664</t>
+    <t>678</t>
   </si>
   <si>
     <t>2023-07-03</t>
   </si>
   <si>
     <t>56.87</t>
   </si>
   <si>
-    <t>665</t>
+    <t>679</t>
   </si>
   <si>
     <t>2023-06-30</t>
   </si>
   <si>
     <t>56.58</t>
   </si>
   <si>
-    <t>666</t>
+    <t>680</t>
   </si>
   <si>
     <t>2023-06-29</t>
   </si>
   <si>
     <t>56.47</t>
   </si>
   <si>
-    <t>667</t>
+    <t>681</t>
   </si>
   <si>
     <t>2023-06-28</t>
   </si>
   <si>
     <t>56.21</t>
   </si>
   <si>
-    <t>668</t>
+    <t>682</t>
   </si>
   <si>
     <t>2023-06-27</t>
   </si>
   <si>
     <t>56.12</t>
   </si>
   <si>
-    <t>669</t>
+    <t>683</t>
   </si>
   <si>
     <t>2023-06-26</t>
   </si>
   <si>
     <t>56.41</t>
   </si>
   <si>
-    <t>670</t>
+    <t>684</t>
   </si>
   <si>
     <t>2023-06-23</t>
   </si>
   <si>
     <t>56.15</t>
   </si>
   <si>
-    <t>671</t>
+    <t>685</t>
   </si>
   <si>
     <t>2023-06-22</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
-    <t>672</t>
+    <t>686</t>
   </si>
   <si>
     <t>2023-06-21</t>
   </si>
   <si>
     <t>56.49</t>
   </si>
   <si>
-    <t>673</t>
+    <t>687</t>
   </si>
   <si>
     <t>2023-06-20</t>
   </si>
   <si>
     <t>56.28</t>
   </si>
   <si>
-    <t>674</t>
+    <t>688</t>
   </si>
   <si>
     <t>2023-06-19</t>
   </si>
   <si>
-    <t>675</t>
+    <t>689</t>
   </si>
   <si>
     <t>2023-06-16</t>
   </si>
   <si>
-    <t>676</t>
+    <t>690</t>
   </si>
   <si>
     <t>2023-06-15</t>
   </si>
   <si>
-    <t>677</t>
+    <t>691</t>
   </si>
   <si>
     <t>2023-06-14</t>
   </si>
   <si>
     <t>56.35</t>
   </si>
   <si>
-    <t>678</t>
+    <t>692</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>55.91</t>
   </si>
   <si>
-    <t>679</t>
+    <t>693</t>
   </si>
   <si>
     <t>2023-06-12</t>
   </si>
   <si>
-    <t>680</t>
+    <t>694</t>
   </si>
   <si>
     <t>2023-06-09</t>
   </si>
   <si>
     <t>56.27</t>
   </si>
   <si>
-    <t>681</t>
+    <t>695</t>
   </si>
   <si>
     <t>2023-06-07</t>
   </si>
   <si>
-    <t>682</t>
+    <t>696</t>
   </si>
   <si>
     <t>2023-06-06</t>
   </si>
   <si>
-    <t>683</t>
+    <t>697</t>
   </si>
   <si>
     <t>2023-06-05</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
-    <t>684</t>
+    <t>698</t>
   </si>
   <si>
     <t>2023-06-02</t>
   </si>
   <si>
     <t>56.02</t>
   </si>
   <si>
-    <t>685</t>
+    <t>699</t>
   </si>
   <si>
     <t>2023-06-01</t>
   </si>
   <si>
     <t>55.12</t>
   </si>
   <si>
-    <t>686</t>
+    <t>700</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
     <t>54.47</t>
   </si>
   <si>
-    <t>687</t>
+    <t>701</t>
   </si>
   <si>
     <t>2023-05-30</t>
   </si>
   <si>
     <t>55.23</t>
   </si>
   <si>
-    <t>688</t>
+    <t>702</t>
   </si>
   <si>
     <t>2023-05-29</t>
   </si>
   <si>
     <t>55.72</t>
   </si>
   <si>
-    <t>689</t>
+    <t>703</t>
   </si>
   <si>
     <t>2023-05-26</t>
   </si>
   <si>
     <t>55.68</t>
   </si>
   <si>
-    <t>690</t>
+    <t>704</t>
   </si>
   <si>
     <t>2023-05-25</t>
   </si>
   <si>
     <t>55.00</t>
   </si>
   <si>
-    <t>691</t>
+    <t>705</t>
   </si>
   <si>
     <t>2023-05-24</t>
   </si>
   <si>
-    <t>692</t>
+    <t>706</t>
   </si>
   <si>
     <t>2023-05-23</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
-    <t>693</t>
+    <t>707</t>
   </si>
   <si>
     <t>2023-05-22</t>
   </si>
   <si>
     <t>55.98</t>
   </si>
   <si>
-    <t>694</t>
+    <t>708</t>
   </si>
   <si>
     <t>2023-05-19</t>
   </si>
   <si>
     <t>55.84</t>
   </si>
   <si>
-    <t>695</t>
+    <t>709</t>
   </si>
   <si>
     <t>2023-05-18</t>
   </si>
   <si>
     <t>55.28</t>
   </si>
   <si>
-    <t>696</t>
+    <t>710</t>
   </si>
   <si>
     <t>2023-05-17</t>
   </si>
   <si>
     <t>55.03</t>
   </si>
   <si>
-    <t>697</t>
+    <t>711</t>
   </si>
   <si>
     <t>2023-05-16</t>
   </si>
   <si>
     <t>55.04</t>
   </si>
   <si>
-    <t>698</t>
+    <t>712</t>
   </si>
   <si>
     <t>2023-05-15</t>
   </si>
   <si>
     <t>55.06</t>
   </si>
   <si>
-    <t>699</t>
+    <t>713</t>
   </si>
   <si>
     <t>2023-05-12</t>
   </si>
   <si>
     <t>55.15</t>
   </si>
   <si>
-    <t>700</t>
+    <t>714</t>
   </si>
   <si>
     <t>2023-05-11</t>
   </si>
   <si>
     <t>54.97</t>
   </si>
   <si>
-    <t>701</t>
+    <t>715</t>
   </si>
   <si>
     <t>2023-05-10</t>
   </si>
   <si>
     <t>55.11</t>
   </si>
   <si>
-    <t>702</t>
+    <t>716</t>
   </si>
   <si>
     <t>2023-05-09</t>
   </si>
   <si>
     <t>54.78</t>
   </si>
   <si>
-    <t>703</t>
+    <t>717</t>
   </si>
   <si>
     <t>2023-05-08</t>
   </si>
   <si>
     <t>54.79</t>
   </si>
   <si>
-    <t>704</t>
+    <t>718</t>
   </si>
   <si>
     <t>2023-05-05</t>
   </si>
   <si>
-    <t>705</t>
+    <t>719</t>
   </si>
   <si>
     <t>2023-05-04</t>
   </si>
   <si>
     <t>53.91</t>
   </si>
   <si>
-    <t>706</t>
+    <t>720</t>
   </si>
   <si>
     <t>2023-05-02</t>
   </si>
   <si>
     <t>54.49</t>
   </si>
   <si>
-    <t>707</t>
+    <t>721</t>
   </si>
   <si>
     <t>2023-04-28</t>
   </si>
   <si>
     <t>54.69</t>
   </si>
   <si>
-    <t>708</t>
+    <t>722</t>
   </si>
   <si>
     <t>2023-04-27</t>
   </si>
   <si>
     <t>54.93</t>
   </si>
   <si>
-    <t>709</t>
+    <t>723</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
     <t>54.13</t>
   </si>
   <si>
-    <t>710</t>
+    <t>724</t>
   </si>
   <si>
     <t>2023-04-25</t>
   </si>
   <si>
     <t>54.24</t>
   </si>
   <si>
-    <t>711</t>
+    <t>725</t>
   </si>
   <si>
     <t>2023-04-24</t>
   </si>
   <si>
     <t>54.68</t>
   </si>
   <si>
-    <t>712</t>
+    <t>726</t>
   </si>
   <si>
     <t>2023-04-21</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
-    <t>713</t>
+    <t>727</t>
   </si>
   <si>
     <t>2023-04-20</t>
   </si>
   <si>
     <t>54.53</t>
   </si>
   <si>
-    <t>714</t>
+    <t>728</t>
   </si>
   <si>
     <t>2023-04-19</t>
   </si>
   <si>
     <t>54.54</t>
   </si>
   <si>
-    <t>715</t>
+    <t>729</t>
   </si>
   <si>
     <t>2023-04-18</t>
   </si>
   <si>
     <t>54.55</t>
   </si>
   <si>
-    <t>716</t>
+    <t>730</t>
   </si>
   <si>
     <t>2023-04-17</t>
   </si>
   <si>
     <t>54.18</t>
   </si>
   <si>
-    <t>717</t>
+    <t>731</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>54.03</t>
   </si>
   <si>
-    <t>718</t>
+    <t>732</t>
   </si>
   <si>
     <t>2023-04-13</t>
   </si>
   <si>
     <t>53.88</t>
   </si>
   <si>
-    <t>719</t>
+    <t>733</t>
   </si>
   <si>
     <t>2023-04-12</t>
   </si>
   <si>
     <t>53.60</t>
   </si>
   <si>
-    <t>720</t>
+    <t>734</t>
   </si>
   <si>
     <t>2023-04-11</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>721</t>
+    <t>735</t>
   </si>
   <si>
     <t>2023-04-06</t>
   </si>
   <si>
     <t>53.04</t>
   </si>
   <si>
-    <t>722</t>
+    <t>736</t>
   </si>
   <si>
     <t>2023-04-05</t>
   </si>
   <si>
     <t>52.85</t>
   </si>
   <si>
-    <t>723</t>
+    <t>737</t>
   </si>
   <si>
     <t>2023-04-04</t>
   </si>
   <si>
     <t>53.15</t>
   </si>
   <si>
-    <t>724</t>
+    <t>738</t>
   </si>
   <si>
     <t>2023-04-03</t>
   </si>
   <si>
     <t>53.14</t>
   </si>
   <si>
-    <t>725</t>
+    <t>739</t>
   </si>
   <si>
     <t>2023-03-31</t>
   </si>
   <si>
     <t>52.78</t>
   </si>
   <si>
-    <t>726</t>
+    <t>740</t>
   </si>
   <si>
     <t>2023-03-30</t>
   </si>
   <si>
     <t>52.72</t>
   </si>
   <si>
-    <t>727</t>
+    <t>741</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
     <t>52.00</t>
   </si>
   <si>
-    <t>728</t>
+    <t>742</t>
   </si>
   <si>
     <t>2023-03-28</t>
   </si>
   <si>
     <t>51.63</t>
   </si>
   <si>
-    <t>729</t>
+    <t>743</t>
   </si>
   <si>
     <t>2023-03-27</t>
   </si>
   <si>
     <t>51.49</t>
   </si>
   <si>
-    <t>730</t>
+    <t>744</t>
   </si>
   <si>
     <t>2023-03-24</t>
   </si>
   <si>
     <t>51.33</t>
   </si>
   <si>
-    <t>731</t>
+    <t>745</t>
   </si>
   <si>
     <t>2023-03-23</t>
   </si>
   <si>
     <t>51.70</t>
   </si>
   <si>
-    <t>732</t>
+    <t>746</t>
   </si>
   <si>
     <t>2023-03-22</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
-    <t>733</t>
+    <t>747</t>
   </si>
   <si>
     <t>2023-03-21</t>
   </si>
   <si>
     <t>51.96</t>
   </si>
   <si>
-    <t>734</t>
+    <t>748</t>
   </si>
   <si>
     <t>2023-03-20</t>
   </si>
   <si>
     <t>51.42</t>
   </si>
   <si>
-    <t>735</t>
+    <t>749</t>
   </si>
   <si>
     <t>2023-03-17</t>
   </si>
   <si>
     <t>51.17</t>
   </si>
   <si>
-    <t>736</t>
+    <t>750</t>
   </si>
   <si>
     <t>2023-03-16</t>
   </si>
   <si>
     <t>51.56</t>
   </si>
   <si>
-    <t>737</t>
+    <t>751</t>
   </si>
   <si>
     <t>2023-03-15</t>
   </si>
   <si>
     <t>51.44</t>
   </si>
   <si>
-    <t>738</t>
+    <t>752</t>
   </si>
   <si>
     <t>2023-03-14</t>
   </si>
   <si>
     <t>52.18</t>
   </si>
   <si>
-    <t>739</t>
+    <t>753</t>
   </si>
   <si>
     <t>2023-03-13</t>
   </si>
   <si>
     <t>52.04</t>
   </si>
   <si>
-    <t>740</t>
+    <t>754</t>
   </si>
   <si>
     <t>2023-03-10</t>
   </si>
   <si>
     <t>52.64</t>
   </si>
   <si>
-    <t>741</t>
+    <t>755</t>
   </si>
   <si>
     <t>2023-03-09</t>
   </si>
   <si>
     <t>53.18</t>
   </si>
   <si>
-    <t>742</t>
+    <t>756</t>
   </si>
   <si>
     <t>2023-03-08</t>
   </si>
   <si>
     <t>53.41</t>
   </si>
   <si>
-    <t>743</t>
+    <t>757</t>
   </si>
   <si>
     <t>2023-03-07</t>
   </si>
   <si>
     <t>53.21</t>
   </si>
   <si>
-    <t>744</t>
+    <t>758</t>
   </si>
   <si>
     <t>2023-03-06</t>
   </si>
   <si>
     <t>53.49</t>
   </si>
   <si>
-    <t>745</t>
+    <t>759</t>
   </si>
   <si>
     <t>2023-03-03</t>
   </si>
   <si>
     <t>53.13</t>
   </si>
   <si>
-    <t>746</t>
+    <t>760</t>
   </si>
   <si>
     <t>2023-03-02</t>
   </si>
   <si>
     <t>52.53</t>
   </si>
   <si>
-    <t>747</t>
+    <t>761</t>
   </si>
   <si>
     <t>2023-03-01</t>
   </si>
   <si>
     <t>53.01</t>
   </si>
   <si>
-    <t>748</t>
+    <t>762</t>
   </si>
   <si>
     <t>2023-02-28</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
-    <t>749</t>
+    <t>763</t>
   </si>
   <si>
     <t>2023-02-27</t>
   </si>
   <si>
     <t>52.61</t>
   </si>
   <si>
-    <t>750</t>
+    <t>764</t>
   </si>
   <si>
     <t>2023-02-24</t>
   </si>
   <si>
     <t>52.43</t>
   </si>
   <si>
-    <t>751</t>
+    <t>765</t>
   </si>
   <si>
     <t>2023-02-23</t>
   </si>
   <si>
     <t>52.58</t>
   </si>
   <si>
-    <t>752</t>
+    <t>766</t>
   </si>
   <si>
     <t>2023-02-22</t>
   </si>
   <si>
     <t>52.15</t>
   </si>
   <si>
-    <t>753</t>
+    <t>767</t>
   </si>
   <si>
     <t>2023-02-21</t>
   </si>
   <si>
     <t>52.35</t>
   </si>
   <si>
-    <t>754</t>
+    <t>768</t>
   </si>
   <si>
     <t>2023-02-20</t>
   </si>
   <si>
     <t>52.87</t>
   </si>
   <si>
-    <t>755</t>
+    <t>769</t>
   </si>
   <si>
     <t>2023-02-17</t>
   </si>
   <si>
     <t>53.11</t>
   </si>
   <si>
-    <t>756</t>
+    <t>770</t>
   </si>
   <si>
     <t>2023-02-16</t>
   </si>
   <si>
     <t>53.34</t>
   </si>
   <si>
-    <t>757</t>
+    <t>771</t>
   </si>
   <si>
     <t>2023-02-15</t>
   </si>
   <si>
     <t>53.44</t>
   </si>
   <si>
-    <t>758</t>
+    <t>772</t>
   </si>
   <si>
     <t>2023-02-14</t>
   </si>
   <si>
     <t>53.32</t>
   </si>
   <si>
-    <t>759</t>
+    <t>773</t>
   </si>
   <si>
     <t>2023-02-13</t>
   </si>
   <si>
     <t>53.12</t>
   </si>
   <si>
-    <t>760</t>
+    <t>774</t>
   </si>
   <si>
     <t>2023-02-10</t>
   </si>
   <si>
     <t>53.02</t>
   </si>
   <si>
-    <t>761</t>
+    <t>775</t>
   </si>
   <si>
     <t>2023-02-09</t>
   </si>
   <si>
     <t>53.52</t>
   </si>
   <si>
-    <t>762</t>
+    <t>776</t>
   </si>
   <si>
     <t>2023-02-08</t>
   </si>
   <si>
     <t>53.28</t>
   </si>
   <si>
-    <t>763</t>
+    <t>777</t>
   </si>
   <si>
     <t>2023-02-07</t>
   </si>
   <si>
     <t>53.22</t>
   </si>
   <si>
-    <t>764</t>
+    <t>778</t>
   </si>
   <si>
     <t>2023-02-06</t>
   </si>
   <si>
     <t>53.06</t>
   </si>
   <si>
-    <t>765</t>
+    <t>779</t>
   </si>
   <si>
     <t>2023-02-03</t>
   </si>
   <si>
     <t>53.62</t>
   </si>
   <si>
-    <t>766</t>
+    <t>780</t>
   </si>
   <si>
     <t>2023-02-02</t>
   </si>
   <si>
     <t>53.72</t>
   </si>
   <si>
-    <t>767</t>
+    <t>781</t>
   </si>
   <si>
     <t>2023-02-01</t>
   </si>
   <si>
-    <t>768</t>
+    <t>782</t>
   </si>
   <si>
     <t>2023-01-31</t>
   </si>
   <si>
-    <t>769</t>
+    <t>783</t>
   </si>
   <si>
     <t>2023-01-30</t>
   </si>
   <si>
-    <t>770</t>
+    <t>784</t>
   </si>
   <si>
     <t>2023-01-27</t>
   </si>
   <si>
     <t>53.51</t>
   </si>
   <si>
-    <t>771</t>
+    <t>785</t>
   </si>
   <si>
     <t>2023-01-26</t>
   </si>
   <si>
     <t>53.40</t>
   </si>
   <si>
-    <t>772</t>
+    <t>786</t>
   </si>
   <si>
     <t>2023-01-25</t>
   </si>
   <si>
     <t>53.00</t>
   </si>
   <si>
-    <t>773</t>
+    <t>787</t>
   </si>
   <si>
     <t>2023-01-24</t>
   </si>
   <si>
     <t>53.42</t>
   </si>
   <si>
-    <t>774</t>
+    <t>788</t>
   </si>
   <si>
     <t>2023-01-23</t>
   </si>
   <si>
     <t>53.46</t>
   </si>
   <si>
-    <t>775</t>
+    <t>789</t>
   </si>
   <si>
     <t>2023-01-20</t>
   </si>
   <si>
-    <t>776</t>
+    <t>790</t>
   </si>
   <si>
     <t>2023-01-19</t>
   </si>
   <si>
     <t>52.99</t>
   </si>
   <si>
-    <t>777</t>
+    <t>791</t>
   </si>
   <si>
     <t>2023-01-18</t>
   </si>
   <si>
-    <t>778</t>
+    <t>792</t>
   </si>
   <si>
     <t>2023-01-17</t>
   </si>
   <si>
     <t>53.25</t>
   </si>
   <si>
-    <t>779</t>
+    <t>793</t>
   </si>
   <si>
     <t>2023-01-16</t>
   </si>
   <si>
     <t>53.57</t>
   </si>
   <si>
-    <t>780</t>
+    <t>794</t>
   </si>
   <si>
     <t>2023-01-13</t>
   </si>
   <si>
     <t>53.38</t>
   </si>
   <si>
-    <t>781</t>
+    <t>795</t>
   </si>
   <si>
     <t>2023-01-12</t>
   </si>
   <si>
     <t>53.48</t>
   </si>
   <si>
-    <t>782</t>
+    <t>796</t>
   </si>
   <si>
     <t>2023-01-11</t>
   </si>
   <si>
-    <t>783</t>
+    <t>797</t>
   </si>
   <si>
     <t>2023-01-10</t>
   </si>
   <si>
     <t>52.97</t>
   </si>
   <si>
-    <t>784</t>
+    <t>798</t>
   </si>
   <si>
     <t>2023-01-09</t>
   </si>
   <si>
     <t>52.88</t>
   </si>
   <si>
-    <t>785</t>
+    <t>799</t>
   </si>
   <si>
     <t>2023-01-05</t>
   </si>
   <si>
     <t>51.91</t>
   </si>
   <si>
-    <t>786</t>
+    <t>800</t>
   </si>
   <si>
     <t>2023-01-04</t>
   </si>
   <si>
     <t>51.86</t>
   </si>
   <si>
-    <t>787</t>
+    <t>801</t>
   </si>
   <si>
     <t>2023-01-03</t>
   </si>
   <si>
     <t>51.36</t>
   </si>
   <si>
-    <t>788</t>
+    <t>802</t>
   </si>
   <si>
     <t>2023-01-02</t>
   </si>
   <si>
     <t>50.75</t>
   </si>
   <si>
-    <t>789</t>
+    <t>803</t>
   </si>
   <si>
     <t>2022-12-30</t>
   </si>
   <si>
     <t>50.48</t>
   </si>
   <si>
-    <t>790</t>
+    <t>804</t>
   </si>
   <si>
     <t>2022-12-29</t>
   </si>
   <si>
     <t>50.59</t>
   </si>
   <si>
-    <t>791</t>
+    <t>805</t>
   </si>
   <si>
     <t>2022-12-28</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
-    <t>792</t>
+    <t>806</t>
   </si>
   <si>
     <t>2022-12-27</t>
   </si>
   <si>
     <t>50.26</t>
   </si>
   <si>
-    <t>793</t>
+    <t>807</t>
   </si>
   <si>
     <t>2022-12-23</t>
   </si>
   <si>
     <t>50.44</t>
   </si>
   <si>
-    <t>794</t>
+    <t>808</t>
   </si>
   <si>
     <t>2022-12-22</t>
   </si>
   <si>
     <t>50.46</t>
   </si>
   <si>
-    <t>795</t>
+    <t>809</t>
   </si>
   <si>
     <t>2022-12-21</t>
   </si>
   <si>
-    <t>796</t>
+    <t>810</t>
   </si>
   <si>
     <t>2022-12-20</t>
   </si>
   <si>
     <t>50.17</t>
   </si>
   <si>
-    <t>797</t>
+    <t>811</t>
   </si>
   <si>
     <t>2022-12-19</t>
   </si>
   <si>
     <t>49.79</t>
   </si>
   <si>
-    <t>798</t>
+    <t>812</t>
   </si>
   <si>
     <t>2022-12-16</t>
   </si>
   <si>
     <t>49.83</t>
   </si>
   <si>
-    <t>799</t>
+    <t>813</t>
   </si>
   <si>
     <t>2022-12-15</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
-    <t>800</t>
+    <t>814</t>
   </si>
   <si>
     <t>2022-12-14</t>
   </si>
   <si>
     <t>50.55</t>
   </si>
   <si>
-    <t>801</t>
+    <t>815</t>
   </si>
   <si>
     <t>2022-12-13</t>
   </si>
   <si>
     <t>50.52</t>
   </si>
   <si>
-    <t>802</t>
+    <t>816</t>
   </si>
   <si>
     <t>2022-12-12</t>
   </si>
   <si>
     <t>50.01</t>
   </si>
   <si>
-    <t>803</t>
+    <t>817</t>
   </si>
   <si>
     <t>2022-12-09</t>
   </si>
   <si>
     <t>49.70</t>
   </si>
   <si>
-    <t>804</t>
+    <t>818</t>
   </si>
   <si>
     <t>2022-12-08</t>
   </si>
   <si>
     <t>49.60</t>
   </si>
   <si>
-    <t>805</t>
+    <t>819</t>
   </si>
   <si>
     <t>2022-12-07</t>
   </si>
   <si>
     <t>49.76</t>
   </si>
   <si>
-    <t>806</t>
+    <t>820</t>
   </si>
   <si>
     <t>2022-12-06</t>
   </si>
   <si>
     <t>49.63</t>
   </si>
   <si>
-    <t>807</t>
+    <t>821</t>
   </si>
   <si>
     <t>2022-12-05</t>
   </si>
   <si>
-    <t>808</t>
+    <t>822</t>
   </si>
   <si>
     <t>2022-12-02</t>
   </si>
   <si>
     <t>50.02</t>
   </si>
   <si>
-    <t>809</t>
+    <t>823</t>
   </si>
   <si>
     <t>2022-12-01</t>
   </si>
   <si>
     <t>50.30</t>
   </si>
   <si>
-    <t>810</t>
+    <t>824</t>
   </si>
   <si>
     <t>2022-11-30</t>
   </si>
   <si>
-    <t>811</t>
+    <t>825</t>
   </si>
   <si>
     <t>2022-11-29</t>
   </si>
   <si>
     <t>49.49</t>
   </si>
   <si>
-    <t>812</t>
+    <t>826</t>
   </si>
   <si>
     <t>2022-11-28</t>
   </si>
   <si>
     <t>49.24</t>
   </si>
   <si>
-    <t>813</t>
+    <t>827</t>
   </si>
   <si>
     <t>2022-11-25</t>
   </si>
   <si>
     <t>49.48</t>
   </si>
   <si>
-    <t>814</t>
+    <t>828</t>
   </si>
   <si>
     <t>2022-11-24</t>
   </si>
   <si>
-    <t>815</t>
+    <t>829</t>
   </si>
   <si>
     <t>2022-11-23</t>
   </si>
   <si>
     <t>48.99</t>
   </si>
   <si>
-    <t>816</t>
+    <t>830</t>
   </si>
   <si>
     <t>2022-11-22</t>
   </si>
   <si>
     <t>49.09</t>
   </si>
   <si>
-    <t>817</t>
+    <t>831</t>
   </si>
   <si>
     <t>2022-11-21</t>
   </si>
   <si>
     <t>48.57</t>
   </si>
   <si>
-    <t>818</t>
+    <t>832</t>
   </si>
   <si>
     <t>2022-11-18</t>
   </si>
   <si>
     <t>48.82</t>
   </si>
   <si>
-    <t>819</t>
+    <t>833</t>
   </si>
   <si>
     <t>2022-11-17</t>
   </si>
   <si>
     <t>48.80</t>
   </si>
   <si>
-    <t>820</t>
+    <t>834</t>
   </si>
   <si>
     <t>2022-11-16</t>
   </si>
   <si>
     <t>49.12</t>
   </si>
   <si>
-    <t>821</t>
+    <t>835</t>
   </si>
   <si>
     <t>2022-11-15</t>
   </si>
   <si>
-    <t>822</t>
+    <t>836</t>
   </si>
   <si>
     <t>2022-11-14</t>
   </si>
   <si>
     <t>49.19</t>
   </si>
   <si>
-    <t>823</t>
+    <t>837</t>
   </si>
   <si>
     <t>2022-11-10</t>
   </si>
   <si>
     <t>48.69</t>
   </si>
   <si>
-    <t>824</t>
+    <t>838</t>
   </si>
   <si>
     <t>2022-11-09</t>
   </si>
   <si>
     <t>48.08</t>
   </si>
   <si>
-    <t>825</t>
+    <t>839</t>
   </si>
   <si>
     <t>2022-11-08</t>
   </si>
   <si>
     <t>48.07</t>
   </si>
   <si>
-    <t>826</t>
+    <t>840</t>
   </si>
   <si>
     <t>2022-11-07</t>
   </si>
   <si>
     <t>47.77</t>
   </si>
   <si>
-    <t>827</t>
+    <t>841</t>
   </si>
   <si>
     <t>2022-11-04</t>
   </si>
   <si>
     <t>47.52</t>
   </si>
   <si>
-    <t>828</t>
+    <t>842</t>
   </si>
   <si>
     <t>2022-11-03</t>
   </si>
   <si>
     <t>46.99</t>
   </si>
   <si>
-    <t>829</t>
+    <t>843</t>
   </si>
   <si>
     <t>2022-11-02</t>
   </si>
   <si>
     <t>46.83</t>
   </si>
   <si>
-    <t>830</t>
+    <t>844</t>
   </si>
   <si>
     <t>2022-10-31</t>
   </si>
   <si>
     <t>46.46</t>
   </si>
   <si>
-    <t>831</t>
+    <t>845</t>
   </si>
   <si>
     <t>2022-10-28</t>
   </si>
   <si>
     <t>46.30</t>
   </si>
   <si>
-    <t>832</t>
+    <t>846</t>
   </si>
   <si>
     <t>2022-10-27</t>
   </si>
   <si>
     <t>46.27</t>
   </si>
   <si>
-    <t>833</t>
+    <t>847</t>
   </si>
   <si>
     <t>2022-10-26</t>
   </si>
   <si>
     <t>46.16</t>
   </si>
   <si>
-    <t>834</t>
+    <t>848</t>
   </si>
   <si>
     <t>2022-10-25</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
-    <t>835</t>
+    <t>849</t>
   </si>
   <si>
     <t>2022-10-24</t>
   </si>
   <si>
     <t>45.19</t>
   </si>
   <si>
-    <t>836</t>
+    <t>850</t>
   </si>
   <si>
     <t>2022-10-21</t>
   </si>
   <si>
     <t>44.78</t>
   </si>
   <si>
-    <t>837</t>
+    <t>851</t>
   </si>
   <si>
     <t>2022-10-20</t>
   </si>
   <si>
     <t>45.01</t>
   </si>
   <si>
-    <t>838</t>
+    <t>852</t>
   </si>
   <si>
     <t>2022-10-19</t>
   </si>
   <si>
     <t>44.68</t>
   </si>
   <si>
-    <t>839</t>
+    <t>853</t>
   </si>
   <si>
     <t>2022-10-18</t>
   </si>
   <si>
     <t>45.04</t>
   </si>
   <si>
-    <t>840</t>
+    <t>854</t>
   </si>
   <si>
     <t>2022-10-17</t>
   </si>
   <si>
     <t>45.14</t>
   </si>
   <si>
-    <t>841</t>
+    <t>855</t>
   </si>
   <si>
     <t>2022-10-14</t>
   </si>
   <si>
     <t>44.96</t>
   </si>
   <si>
-    <t>842</t>
+    <t>856</t>
   </si>
   <si>
     <t>2022-10-13</t>
   </si>
   <si>
     <t>44.73</t>
   </si>
   <si>
-    <t>843</t>
+    <t>857</t>
   </si>
   <si>
     <t>2022-10-12</t>
   </si>
   <si>
     <t>44.54</t>
   </si>
   <si>
-    <t>844</t>
+    <t>858</t>
   </si>
   <si>
     <t>2022-10-11</t>
   </si>
   <si>
     <t>44.81</t>
   </si>
   <si>
-    <t>845</t>
+    <t>859</t>
   </si>
   <si>
     <t>2022-10-10</t>
   </si>
   <si>
     <t>45.07</t>
   </si>
   <si>
-    <t>846</t>
+    <t>860</t>
   </si>
   <si>
     <t>2022-10-07</t>
   </si>
   <si>
     <t>45.29</t>
   </si>
   <si>
-    <t>847</t>
+    <t>861</t>
   </si>
   <si>
     <t>2022-10-06</t>
   </si>
   <si>
     <t>45.58</t>
   </si>
   <si>
-    <t>848</t>
+    <t>862</t>
   </si>
   <si>
     <t>2022-10-05</t>
   </si>
   <si>
     <t>45.50</t>
   </si>
   <si>
-    <t>849</t>
+    <t>863</t>
   </si>
   <si>
     <t>2022-10-04</t>
   </si>
   <si>
     <t>46.05</t>
   </si>
   <si>
-    <t>850</t>
+    <t>864</t>
   </si>
   <si>
     <t>2022-10-03</t>
   </si>
   <si>
     <t>45.22</t>
   </si>
   <si>
-    <t>851</t>
+    <t>865</t>
   </si>
   <si>
     <t>2022-09-30</t>
   </si>
   <si>
     <t>45.05</t>
   </si>
   <si>
-    <t>852</t>
+    <t>866</t>
   </si>
   <si>
     <t>2022-09-29</t>
   </si>
   <si>
     <t>44.90</t>
   </si>
   <si>
-    <t>853</t>
+    <t>867</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>45.63</t>
   </si>
   <si>
-    <t>854</t>
+    <t>868</t>
   </si>
   <si>
     <t>2022-09-27</t>
   </si>
   <si>
     <t>45.70</t>
   </si>
   <si>
-    <t>855</t>
+    <t>869</t>
   </si>
   <si>
     <t>2022-09-26</t>
   </si>
   <si>
     <t>45.38</t>
   </si>
   <si>
-    <t>856</t>
+    <t>870</t>
   </si>
   <si>
     <t>2022-09-23</t>
   </si>
   <si>
-    <t>857</t>
+    <t>871</t>
   </si>
   <si>
     <t>2022-09-22</t>
   </si>
   <si>
     <t>46.90</t>
   </si>
   <si>
-    <t>858</t>
+    <t>872</t>
   </si>
   <si>
     <t>2022-09-21</t>
   </si>
   <si>
     <t>46.84</t>
   </si>
   <si>
-    <t>859</t>
+    <t>873</t>
   </si>
   <si>
     <t>2022-09-20</t>
   </si>
   <si>
     <t>46.78</t>
   </si>
   <si>
-    <t>860</t>
+    <t>874</t>
   </si>
   <si>
     <t>2022-09-19</t>
   </si>
   <si>
     <t>47.16</t>
   </si>
   <si>
-    <t>861</t>
+    <t>875</t>
   </si>
   <si>
     <t>2022-09-16</t>
   </si>
   <si>
     <t>46.85</t>
   </si>
   <si>
-    <t>862</t>
+    <t>876</t>
   </si>
   <si>
     <t>2022-09-15</t>
   </si>
   <si>
     <t>47.41</t>
   </si>
   <si>
-    <t>863</t>
+    <t>877</t>
   </si>
   <si>
     <t>2022-09-14</t>
   </si>
   <si>
     <t>47.49</t>
   </si>
   <si>
-    <t>864</t>
+    <t>878</t>
   </si>
   <si>
     <t>2022-09-13</t>
   </si>
   <si>
     <t>47.45</t>
   </si>
   <si>
-    <t>865</t>
+    <t>879</t>
   </si>
   <si>
     <t>2022-09-12</t>
   </si>
   <si>
     <t>47.93</t>
   </si>
   <si>
-    <t>866</t>
+    <t>880</t>
   </si>
   <si>
     <t>2022-09-09</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>867</t>
+    <t>881</t>
   </si>
   <si>
     <t>2022-09-08</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>868</t>
+    <t>882</t>
   </si>
   <si>
     <t>2022-09-07</t>
   </si>
   <si>
-    <t>869</t>
+    <t>883</t>
   </si>
   <si>
     <t>2022-09-06</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>870</t>
+    <t>884</t>
   </si>
   <si>
     <t>2022-09-05</t>
   </si>
   <si>
     <t>46.92</t>
   </si>
   <si>
-    <t>871</t>
+    <t>885</t>
   </si>
   <si>
     <t>2022-09-02</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
-    <t>872</t>
+    <t>886</t>
   </si>
   <si>
     <t>2022-09-01</t>
   </si>
   <si>
     <t>46.52</t>
   </si>
   <si>
-    <t>873</t>
+    <t>887</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>47.28</t>
   </si>
   <si>
-    <t>874</t>
+    <t>888</t>
   </si>
   <si>
     <t>2022-08-30</t>
   </si>
   <si>
     <t>47.24</t>
   </si>
   <si>
-    <t>875</t>
+    <t>889</t>
   </si>
   <si>
     <t>2022-08-29</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
-    <t>876</t>
+    <t>890</t>
   </si>
   <si>
     <t>2022-08-26</t>
   </si>
   <si>
     <t>48.02</t>
   </si>
   <si>
-    <t>877</t>
+    <t>891</t>
   </si>
   <si>
     <t>2022-08-25</t>
   </si>
   <si>
     <t>48.54</t>
   </si>
   <si>
-    <t>878</t>
+    <t>892</t>
   </si>
   <si>
     <t>2022-08-24</t>
   </si>
   <si>
     <t>48.31</t>
   </si>
   <si>
-    <t>879</t>
+    <t>893</t>
   </si>
   <si>
     <t>2022-08-23</t>
   </si>
   <si>
     <t>48.74</t>
   </si>
   <si>
-    <t>880</t>
+    <t>894</t>
   </si>
   <si>
     <t>2022-08-22</t>
   </si>
   <si>
     <t>48.60</t>
   </si>
   <si>
-    <t>881</t>
+    <t>895</t>
   </si>
   <si>
     <t>2022-08-19</t>
   </si>
   <si>
     <t>49.13</t>
   </si>
   <si>
-    <t>882</t>
+    <t>896</t>
   </si>
   <si>
     <t>2022-08-18</t>
   </si>
   <si>
     <t>49.50</t>
   </si>
   <si>
-    <t>883</t>
+    <t>897</t>
   </si>
   <si>
     <t>2022-08-17</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>884</t>
+    <t>898</t>
   </si>
   <si>
     <t>2022-08-16</t>
   </si>
   <si>
     <t>49.93</t>
   </si>
   <si>
-    <t>885</t>
+    <t>899</t>
   </si>
   <si>
     <t>2022-08-12</t>
   </si>
   <si>
     <t>50.11</t>
   </si>
   <si>
-    <t>886</t>
+    <t>900</t>
   </si>
   <si>
     <t>2022-08-11</t>
   </si>
   <si>
     <t>50.06</t>
   </si>
   <si>
-    <t>887</t>
+    <t>901</t>
   </si>
   <si>
     <t>2022-08-10</t>
   </si>
   <si>
     <t>49.84</t>
   </si>
   <si>
-    <t>888</t>
+    <t>902</t>
   </si>
   <si>
     <t>2022-08-09</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
-    <t>889</t>
+    <t>903</t>
   </si>
   <si>
     <t>2022-08-08</t>
   </si>
   <si>
     <t>49.72</t>
   </si>
   <si>
-    <t>890</t>
+    <t>904</t>
   </si>
   <si>
     <t>2022-08-05</t>
   </si>
   <si>
     <t>49.23</t>
   </si>
   <si>
-    <t>891</t>
+    <t>905</t>
   </si>
   <si>
     <t>2022-08-04</t>
   </si>
   <si>
     <t>49.42</t>
   </si>
   <si>
-    <t>892</t>
+    <t>906</t>
   </si>
   <si>
     <t>2022-08-03</t>
   </si>
   <si>
     <t>49.46</t>
   </si>
   <si>
-    <t>893</t>
+    <t>907</t>
   </si>
   <si>
     <t>2022-08-02</t>
   </si>
   <si>
-    <t>894</t>
+    <t>908</t>
   </si>
   <si>
     <t>2022-08-01</t>
   </si>
   <si>
-    <t>895</t>
+    <t>909</t>
   </si>
   <si>
     <t>2022-07-29</t>
   </si>
   <si>
     <t>49.61</t>
   </si>
   <si>
-    <t>896</t>
+    <t>910</t>
   </si>
   <si>
     <t>2022-07-28</t>
   </si>
   <si>
     <t>48.97</t>
   </si>
   <si>
-    <t>897</t>
+    <t>911</t>
   </si>
   <si>
     <t>2022-07-27</t>
   </si>
   <si>
     <t>48.86</t>
   </si>
   <si>
-    <t>898</t>
+    <t>912</t>
   </si>
   <si>
     <t>2022-07-26</t>
   </si>
   <si>
     <t>48.76</t>
   </si>
   <si>
-    <t>899</t>
+    <t>913</t>
   </si>
   <si>
     <t>2022-07-25</t>
   </si>
   <si>
     <t>49.03</t>
   </si>
   <si>
-    <t>900</t>
+    <t>914</t>
   </si>
   <si>
     <t>2022-07-22</t>
   </si>
   <si>
     <t>49.08</t>
   </si>
   <si>
-    <t>901</t>
+    <t>915</t>
   </si>
   <si>
     <t>2022-07-21</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>902</t>
+    <t>916</t>
   </si>
   <si>
     <t>2022-07-20</t>
   </si>
   <si>
-    <t>903</t>
+    <t>917</t>
   </si>
   <si>
     <t>2022-07-19</t>
   </si>
   <si>
     <t>48.41</t>
   </si>
   <si>
-    <t>904</t>
+    <t>918</t>
   </si>
   <si>
     <t>2022-07-18</t>
   </si>
   <si>
     <t>48.09</t>
   </si>
   <si>
-    <t>905</t>
+    <t>919</t>
   </si>
   <si>
     <t>2022-07-15</t>
   </si>
   <si>
-    <t>906</t>
+    <t>920</t>
   </si>
   <si>
     <t>2022-07-14</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
-    <t>907</t>
+    <t>921</t>
   </si>
   <si>
     <t>2022-07-13</t>
   </si>
   <si>
     <t>47.71</t>
   </si>
   <si>
-    <t>908</t>
+    <t>922</t>
   </si>
   <si>
     <t>2022-07-12</t>
   </si>
   <si>
     <t>47.96</t>
   </si>
   <si>
-    <t>909</t>
+    <t>923</t>
   </si>
   <si>
     <t>2022-07-11</t>
   </si>
   <si>
     <t>48.43</t>
   </si>
   <si>
-    <t>910</t>
+    <t>924</t>
   </si>
   <si>
     <t>2022-07-08</t>
   </si>
   <si>
     <t>48.85</t>
   </si>
   <si>
-    <t>911</t>
+    <t>925</t>
   </si>
   <si>
     <t>2022-07-07</t>
   </si>
   <si>
     <t>48.39</t>
   </si>
   <si>
-    <t>912</t>
+    <t>926</t>
   </si>
   <si>
     <t>2022-07-06</t>
   </si>
   <si>
     <t>47.62</t>
   </si>
   <si>
-    <t>913</t>
+    <t>927</t>
   </si>
   <si>
     <t>2022-07-05</t>
   </si>
   <si>
     <t>47.54</t>
   </si>
   <si>
-    <t>914</t>
+    <t>928</t>
   </si>
   <si>
     <t>2022-07-04</t>
   </si>
   <si>
     <t>48.32</t>
   </si>
   <si>
-    <t>915</t>
+    <t>929</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>48.46</t>
   </si>
   <si>
-    <t>916</t>
+    <t>930</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
-    <t>917</t>
+    <t>931</t>
   </si>
   <si>
     <t>2022-06-29</t>
   </si>
   <si>
-    <t>918</t>
+    <t>932</t>
   </si>
   <si>
     <t>2022-06-28</t>
   </si>
   <si>
     <t>49.00</t>
   </si>
   <si>
-    <t>919</t>
+    <t>933</t>
   </si>
   <si>
     <t>2022-06-27</t>
   </si>
   <si>
-    <t>920</t>
+    <t>934</t>
   </si>
   <si>
     <t>2022-06-24</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>921</t>
+    <t>935</t>
   </si>
   <si>
     <t>2022-06-23</t>
   </si>
   <si>
     <t>48.03</t>
   </si>
   <si>
-    <t>922</t>
+    <t>936</t>
   </si>
   <si>
     <t>2022-06-22</t>
   </si>
   <si>
-    <t>923</t>
+    <t>937</t>
   </si>
   <si>
     <t>2022-06-21</t>
   </si>
   <si>
     <t>48.95</t>
   </si>
   <si>
-    <t>924</t>
+    <t>938</t>
   </si>
   <si>
     <t>2022-06-20</t>
   </si>
   <si>
     <t>48.23</t>
   </si>
   <si>
-    <t>925</t>
+    <t>939</t>
   </si>
   <si>
     <t>2022-06-17</t>
   </si>
   <si>
     <t>48.14</t>
   </si>
   <si>
-    <t>926</t>
+    <t>940</t>
   </si>
   <si>
     <t>2022-06-15</t>
   </si>
   <si>
-    <t>927</t>
+    <t>941</t>
   </si>
   <si>
     <t>2022-06-14</t>
   </si>
   <si>
     <t>48.47</t>
   </si>
   <si>
-    <t>928</t>
+    <t>942</t>
   </si>
   <si>
     <t>2022-06-13</t>
   </si>
   <si>
     <t>48.21</t>
   </si>
   <si>
-    <t>929</t>
+    <t>943</t>
   </si>
   <si>
     <t>2022-06-10</t>
   </si>
   <si>
     <t>49.17</t>
   </si>
   <si>
-    <t>930</t>
+    <t>944</t>
   </si>
   <si>
     <t>2022-06-09</t>
   </si>
   <si>
     <t>49.80</t>
   </si>
   <si>
-    <t>931</t>
+    <t>945</t>
   </si>
   <si>
     <t>2022-06-08</t>
   </si>
   <si>
     <t>50.39</t>
   </si>
   <si>
-    <t>932</t>
+    <t>946</t>
   </si>
   <si>
     <t>2022-06-07</t>
   </si>
   <si>
     <t>50.88</t>
   </si>
   <si>
-    <t>933</t>
+    <t>947</t>
   </si>
   <si>
     <t>2022-06-06</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
-    <t>934</t>
+    <t>948</t>
   </si>
   <si>
     <t>2022-06-03</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
-    <t>935</t>
+    <t>949</t>
   </si>
   <si>
     <t>2022-06-02</t>
   </si>
   <si>
     <t>50.74</t>
   </si>
   <si>
-    <t>936</t>
+    <t>950</t>
   </si>
   <si>
     <t>2022-06-01</t>
   </si>
   <si>
     <t>50.63</t>
   </si>
   <si>
-    <t>937</t>
+    <t>951</t>
   </si>
   <si>
     <t>2022-05-31</t>
   </si>
   <si>
     <t>50.86</t>
   </si>
   <si>
-    <t>938</t>
+    <t>952</t>
   </si>
   <si>
     <t>2022-05-30</t>
   </si>
   <si>
     <t>51.07</t>
   </si>
   <si>
-    <t>939</t>
+    <t>953</t>
   </si>
   <si>
     <t>2022-05-27</t>
   </si>
   <si>
-    <t>940</t>
+    <t>954</t>
   </si>
   <si>
     <t>2022-05-26</t>
   </si>
   <si>
     <t>50.61</t>
   </si>
   <si>
-    <t>941</t>
+    <t>955</t>
   </si>
   <si>
     <t>2022-05-25</t>
   </si>
   <si>
-    <t>942</t>
+    <t>956</t>
   </si>
   <si>
     <t>2022-05-24</t>
   </si>
   <si>
     <t>50.24</t>
   </si>
   <si>
-    <t>943</t>
+    <t>957</t>
   </si>
   <si>
     <t>2022-05-23</t>
   </si>
   <si>
-    <t>944</t>
+    <t>958</t>
   </si>
   <si>
     <t>2022-05-20</t>
   </si>
   <si>
     <t>49.86</t>
   </si>
   <si>
-    <t>945</t>
+    <t>959</t>
   </si>
   <si>
     <t>2022-05-19</t>
   </si>
   <si>
     <t>49.87</t>
   </si>
   <si>
-    <t>946</t>
+    <t>960</t>
   </si>
   <si>
     <t>2022-05-18</t>
   </si>
   <si>
     <t>50.25</t>
   </si>
   <si>
-    <t>947</t>
+    <t>961</t>
   </si>
   <si>
     <t>2022-05-17</t>
   </si>
   <si>
     <t>50.33</t>
   </si>
   <si>
-    <t>948</t>
+    <t>962</t>
   </si>
   <si>
     <t>2022-05-16</t>
   </si>
   <si>
-    <t>949</t>
+    <t>963</t>
   </si>
   <si>
     <t>2022-05-13</t>
   </si>
   <si>
     <t>49.65</t>
   </si>
   <si>
-    <t>950</t>
+    <t>964</t>
   </si>
   <si>
     <t>2022-05-12</t>
   </si>
   <si>
-    <t>951</t>
+    <t>965</t>
   </si>
   <si>
     <t>2022-05-11</t>
   </si>
   <si>
-    <t>952</t>
+    <t>966</t>
   </si>
   <si>
     <t>2022-05-10</t>
   </si>
   <si>
     <t>48.88</t>
   </si>
   <si>
-    <t>953</t>
+    <t>967</t>
   </si>
   <si>
     <t>2022-05-09</t>
   </si>
   <si>
     <t>49.20</t>
   </si>
   <si>
-    <t>954</t>
+    <t>968</t>
   </si>
   <si>
     <t>2022-05-06</t>
   </si>
   <si>
     <t>49.88</t>
   </si>
   <si>
-    <t>955</t>
+    <t>969</t>
   </si>
   <si>
     <t>2022-05-05</t>
   </si>
   <si>
-    <t>956</t>
+    <t>970</t>
   </si>
   <si>
     <t>2022-05-04</t>
   </si>
   <si>
     <t>50.70</t>
   </si>
   <si>
-    <t>957</t>
+    <t>971</t>
   </si>
   <si>
     <t>2022-05-02</t>
   </si>
   <si>
     <t>50.58</t>
   </si>
   <si>
-    <t>958</t>
+    <t>972</t>
   </si>
   <si>
     <t>2022-04-29</t>
   </si>
   <si>
     <t>50.95</t>
   </si>
   <si>
-    <t>959</t>
+    <t>973</t>
   </si>
   <si>
     <t>2022-04-28</t>
   </si>
   <si>
     <t>51.10</t>
   </si>
   <si>
-    <t>960</t>
+    <t>974</t>
   </si>
   <si>
     <t>2022-04-27</t>
   </si>
   <si>
     <t>50.87</t>
   </si>
   <si>
-    <t>961</t>
+    <t>975</t>
   </si>
   <si>
     <t>2022-04-26</t>
   </si>
   <si>
     <t>51.18</t>
   </si>
   <si>
-    <t>962</t>
+    <t>976</t>
   </si>
   <si>
     <t>2022-04-25</t>
   </si>
   <si>
     <t>51.47</t>
   </si>
   <si>
-    <t>963</t>
+    <t>977</t>
   </si>
   <si>
     <t>2022-04-22</t>
   </si>
   <si>
     <t>52.38</t>
   </si>
   <si>
-    <t>964</t>
+    <t>978</t>
   </si>
   <si>
     <t>2022-04-21</t>
   </si>
   <si>
     <t>53.26</t>
   </si>
   <si>
-    <t>965</t>
+    <t>979</t>
   </si>
   <si>
     <t>2022-04-20</t>
   </si>
   <si>
-    <t>966</t>
+    <t>980</t>
   </si>
   <si>
     <t>2022-04-19</t>
   </si>
   <si>
     <t>53.30</t>
   </si>
   <si>
-    <t>967</t>
+    <t>981</t>
   </si>
   <si>
     <t>2022-04-14</t>
   </si>
   <si>
     <t>53.61</t>
   </si>
   <si>
-    <t>968</t>
+    <t>982</t>
   </si>
   <si>
     <t>2022-04-13</t>
   </si>
   <si>
-    <t>969</t>
+    <t>983</t>
   </si>
   <si>
     <t>2022-04-12</t>
   </si>
   <si>
     <t>53.16</t>
   </si>
   <si>
-    <t>970</t>
+    <t>984</t>
   </si>
   <si>
     <t>2022-04-11</t>
   </si>
   <si>
     <t>53.43</t>
   </si>
   <si>
-    <t>971</t>
+    <t>985</t>
   </si>
   <si>
     <t>2022-04-08</t>
   </si>
   <si>
     <t>53.20</t>
   </si>
   <si>
-    <t>972</t>
+    <t>986</t>
   </si>
   <si>
     <t>2022-04-07</t>
   </si>
   <si>
     <t>52.94</t>
   </si>
   <si>
-    <t>973</t>
+    <t>987</t>
   </si>
   <si>
     <t>2022-04-06</t>
   </si>
   <si>
     <t>53.31</t>
   </si>
   <si>
-    <t>974</t>
+    <t>988</t>
   </si>
   <si>
     <t>2022-04-05</t>
   </si>
   <si>
     <t>53.71</t>
   </si>
   <si>
-    <t>975</t>
+    <t>989</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>54.05</t>
   </si>
   <si>
-    <t>976</t>
+    <t>990</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
     <t>54.16</t>
   </si>
   <si>
-    <t>977</t>
+    <t>991</t>
   </si>
   <si>
     <t>2022-03-31</t>
   </si>
   <si>
     <t>53.84</t>
   </si>
   <si>
-    <t>978</t>
+    <t>992</t>
   </si>
   <si>
     <t>2022-03-30</t>
   </si>
   <si>
     <t>54.50</t>
   </si>
   <si>
-    <t>979</t>
+    <t>993</t>
   </si>
   <si>
     <t>2022-03-29</t>
   </si>
   <si>
-    <t>980</t>
+    <t>994</t>
   </si>
   <si>
     <t>2022-03-28</t>
   </si>
   <si>
     <t>53.70</t>
   </si>
   <si>
-    <t>981</t>
+    <t>995</t>
   </si>
   <si>
     <t>2022-03-25</t>
   </si>
   <si>
     <t>53.79</t>
   </si>
   <si>
-    <t>982</t>
+    <t>996</t>
   </si>
   <si>
     <t>2022-03-24</t>
   </si>
   <si>
-    <t>983</t>
+    <t>997</t>
   </si>
   <si>
     <t>2022-03-23</t>
   </si>
   <si>
     <t>53.78</t>
   </si>
   <si>
-    <t>984</t>
+    <t>998</t>
   </si>
   <si>
     <t>2022-03-22</t>
   </si>
   <si>
     <t>53.81</t>
   </si>
   <si>
-    <t>985</t>
+    <t>999</t>
   </si>
   <si>
     <t>2022-03-21</t>
   </si>
   <si>
     <t>53.47</t>
   </si>
   <si>
-    <t>986</t>
+    <t>1000</t>
   </si>
   <si>
     <t>2022-03-18</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>987</t>
+    <t>1001</t>
   </si>
   <si>
     <t>2022-03-17</t>
   </si>
   <si>
     <t>53.76</t>
   </si>
   <si>
-    <t>988</t>
+    <t>1002</t>
   </si>
   <si>
     <t>2022-03-16</t>
   </si>
   <si>
     <t>52.86</t>
   </si>
   <si>
-    <t>989</t>
+    <t>1003</t>
   </si>
   <si>
     <t>2022-03-15</t>
   </si>
   <si>
-    <t>990</t>
+    <t>1004</t>
   </si>
   <si>
     <t>2022-03-14</t>
   </si>
   <si>
-    <t>991</t>
+    <t>1005</t>
   </si>
   <si>
     <t>2022-03-11</t>
   </si>
   <si>
     <t>52.30</t>
   </si>
   <si>
-    <t>992</t>
+    <t>1006</t>
   </si>
   <si>
     <t>2022-03-10</t>
   </si>
   <si>
     <t>51.54</t>
   </si>
   <si>
-    <t>993</t>
+    <t>1007</t>
   </si>
   <si>
     <t>2022-03-09</t>
   </si>
   <si>
     <t>51.79</t>
   </si>
   <si>
-    <t>994</t>
+    <t>1008</t>
   </si>
   <si>
     <t>2022-03-08</t>
   </si>
   <si>
     <t>50.64</t>
   </si>
   <si>
-    <t>995</t>
+    <t>1009</t>
   </si>
   <si>
     <t>2022-03-07</t>
   </si>
   <si>
-    <t>996</t>
+    <t>1010</t>
   </si>
   <si>
     <t>2022-03-04</t>
   </si>
   <si>
     <t>50.92</t>
   </si>
   <si>
-    <t>997</t>
+    <t>1011</t>
   </si>
   <si>
     <t>2022-03-03</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>998</t>
+    <t>1012</t>
   </si>
   <si>
     <t>2022-03-02</t>
   </si>
   <si>
-    <t>999</t>
+    <t>1013</t>
   </si>
   <si>
     <t>2022-03-01</t>
   </si>
   <si>
     <t>51.97</t>
   </si>
   <si>
-    <t>1000</t>
+    <t>1014</t>
   </si>
   <si>
     <t>2022-02-28</t>
   </si>
   <si>
     <t>52.76</t>
   </si>
   <si>
-    <t>1001</t>
+    <t>1015</t>
   </si>
   <si>
     <t>2022-02-25</t>
   </si>
   <si>
     <t>52.59</t>
   </si>
   <si>
-    <t>1002</t>
+    <t>1016</t>
   </si>
   <si>
     <t>2022-02-24</t>
   </si>
   <si>
     <t>50.28</t>
   </si>
   <si>
-    <t>1003</t>
+    <t>1017</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>53.75</t>
   </si>
   <si>
-    <t>1004</t>
+    <t>1018</t>
   </si>
   <si>
     <t>2022-02-22</t>
   </si>
   <si>
     <t>54.63</t>
   </si>
   <si>
-    <t>1005</t>
+    <t>1019</t>
   </si>
   <si>
     <t>2022-02-21</t>
   </si>
   <si>
     <t>54.33</t>
   </si>
   <si>
-    <t>1006</t>
+    <t>1020</t>
   </si>
   <si>
     <t>2022-02-18</t>
   </si>
   <si>
     <t>55.52</t>
   </si>
   <si>
-    <t>1007</t>
+    <t>1021</t>
   </si>
   <si>
     <t>2022-02-17</t>
   </si>
   <si>
     <t>55.80</t>
   </si>
   <si>
-    <t>1008</t>
+    <t>1022</t>
   </si>
   <si>
     <t>2022-02-16</t>
   </si>
   <si>
     <t>56.45</t>
   </si>
   <si>
-    <t>1009</t>
+    <t>1023</t>
   </si>
   <si>
     <t>2022-02-15</t>
   </si>
   <si>
     <t>56.50</t>
   </si>
   <si>
-    <t>1010</t>
+    <t>1024</t>
   </si>
   <si>
     <t>2022-02-14</t>
   </si>
   <si>
-    <t>1011</t>
+    <t>1025</t>
   </si>
   <si>
     <t>2022-02-11</t>
   </si>
   <si>
     <t>56.75</t>
   </si>
   <si>
-    <t>1012</t>
+    <t>1026</t>
   </si>
   <si>
     <t>2022-02-10</t>
   </si>
   <si>
     <t>56.92</t>
   </si>
   <si>
-    <t>1013</t>
+    <t>1027</t>
   </si>
   <si>
     <t>2022-02-09</t>
   </si>
   <si>
     <t>57.27</t>
   </si>
   <si>
-    <t>1014</t>
+    <t>1028</t>
   </si>
   <si>
     <t>2022-02-08</t>
   </si>
   <si>
-    <t>1015</t>
+    <t>1029</t>
   </si>
   <si>
     <t>2022-02-07</t>
   </si>
   <si>
     <t>56.56</t>
   </si>
   <si>
-    <t>1016</t>
+    <t>1030</t>
   </si>
   <si>
     <t>2022-02-04</t>
   </si>
   <si>
     <t>56.66</t>
   </si>
   <si>
-    <t>1017</t>
+    <t>1031</t>
   </si>
   <si>
     <t>2022-02-03</t>
   </si>
   <si>
     <t>57.22</t>
   </si>
   <si>
-    <t>1018</t>
+    <t>1032</t>
   </si>
   <si>
     <t>2022-02-02</t>
   </si>
   <si>
     <t>57.59</t>
   </si>
   <si>
-    <t>1019</t>
+    <t>1033</t>
   </si>
   <si>
     <t>2022-02-01</t>
   </si>
   <si>
     <t>57.18</t>
   </si>
   <si>
-    <t>1020</t>
+    <t>1034</t>
   </si>
   <si>
     <t>2022-01-31</t>
   </si>
   <si>
     <t>56.82</t>
   </si>
   <si>
-    <t>1021</t>
+    <t>1035</t>
   </si>
   <si>
     <t>2022-01-28</t>
   </si>
   <si>
-    <t>1022</t>
+    <t>1036</t>
   </si>
   <si>
     <t>2022-01-27</t>
   </si>
   <si>
     <t>57.17</t>
   </si>
   <si>
-    <t>1023</t>
+    <t>1037</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
-    <t>1024</t>
+    <t>1038</t>
   </si>
   <si>
     <t>2022-01-25</t>
   </si>
   <si>
     <t>56.51</t>
   </si>
   <si>
-    <t>1025</t>
+    <t>1039</t>
   </si>
   <si>
     <t>2022-01-24</t>
   </si>
   <si>
     <t>55.89</t>
   </si>
   <si>
-    <t>1026</t>
+    <t>1040</t>
   </si>
   <si>
     <t>2022-01-21</t>
   </si>
   <si>
     <t>57.76</t>
   </si>
   <si>
-    <t>1027</t>
+    <t>1041</t>
   </si>
   <si>
     <t>2022-01-20</t>
   </si>
   <si>
-    <t>1028</t>
+    <t>1042</t>
   </si>
   <si>
     <t>2022-01-19</t>
   </si>
   <si>
     <t>58.64</t>
   </si>
   <si>
-    <t>1029</t>
+    <t>1043</t>
   </si>
   <si>
     <t>2022-01-18</t>
   </si>
   <si>
     <t>58.79</t>
   </si>
   <si>
-    <t>1030</t>
+    <t>1044</t>
   </si>
   <si>
     <t>2022-01-17</t>
   </si>
   <si>
     <t>59.31</t>
   </si>
   <si>
-    <t>1031</t>
+    <t>1045</t>
   </si>
   <si>
     <t>2022-01-14</t>
   </si>
   <si>
     <t>59.50</t>
   </si>
   <si>
-    <t>1032</t>
+    <t>1046</t>
   </si>
   <si>
     <t>2022-01-13</t>
   </si>
   <si>
-    <t>1033</t>
+    <t>1047</t>
   </si>
   <si>
     <t>2022-01-12</t>
   </si>
   <si>
     <t>59.97</t>
   </si>
   <si>
-    <t>1034</t>
+    <t>1048</t>
   </si>
   <si>
     <t>2022-01-11</t>
   </si>
   <si>
-    <t>1035</t>
+    <t>1049</t>
   </si>
   <si>
     <t>2022-01-10</t>
   </si>
   <si>
     <t>58.46</t>
   </si>
   <si>
-    <t>1036</t>
+    <t>1050</t>
   </si>
   <si>
     <t>2022-01-07</t>
   </si>
   <si>
-    <t>1037</t>
+    <t>1051</t>
   </si>
   <si>
     <t>2022-01-05</t>
   </si>
   <si>
     <t>59.17</t>
   </si>
   <si>
-    <t>1038</t>
+    <t>1052</t>
   </si>
   <si>
     <t>2022-01-04</t>
   </si>
   <si>
     <t>59.12</t>
   </si>
   <si>
-    <t>1039</t>
+    <t>1053</t>
   </si>
   <si>
     <t>2022-01-03</t>
   </si>
   <si>
-    <t>1040</t>
+    <t>1054</t>
   </si>
   <si>
     <t>2021-12-30</t>
   </si>
   <si>
     <t>58.92</t>
   </si>
   <si>
-    <t>1041</t>
+    <t>1055</t>
   </si>
   <si>
     <t>2021-12-29</t>
   </si>
   <si>
     <t>58.85</t>
   </si>
   <si>
-    <t>1042</t>
+    <t>1056</t>
   </si>
   <si>
     <t>2021-12-28</t>
   </si>
   <si>
     <t>58.81</t>
   </si>
   <si>
-    <t>1043</t>
+    <t>1057</t>
   </si>
   <si>
     <t>2021-12-27</t>
   </si>
   <si>
     <t>58.54</t>
   </si>
   <si>
-    <t>1044</t>
+    <t>1058</t>
   </si>
   <si>
     <t>2021-12-23</t>
   </si>
   <si>
     <t>58.47</t>
   </si>
   <si>
-    <t>1045</t>
+    <t>1059</t>
   </si>
   <si>
     <t>2021-12-22</t>
   </si>
   <si>
-    <t>1046</t>
+    <t>1060</t>
   </si>
   <si>
     <t>2021-12-21</t>
   </si>
   <si>
-    <t>1047</t>
+    <t>1061</t>
   </si>
   <si>
     <t>2021-12-20</t>
   </si>
   <si>
     <t>57.78</t>
   </si>
   <si>
-    <t>1048</t>
+    <t>1062</t>
   </si>
   <si>
     <t>2021-12-17</t>
   </si>
   <si>
     <t>58.04</t>
   </si>
   <si>
-    <t>1049</t>
+    <t>1063</t>
   </si>
   <si>
     <t>2021-12-16</t>
   </si>
   <si>
-    <t>1050</t>
+    <t>1064</t>
   </si>
   <si>
     <t>2021-12-15</t>
   </si>
   <si>
     <t>57.63</t>
   </si>
   <si>
-    <t>1051</t>
+    <t>1065</t>
   </si>
   <si>
     <t>2021-12-14</t>
   </si>
   <si>
     <t>58.11</t>
   </si>
   <si>
-    <t>1052</t>
+    <t>1066</t>
   </si>
   <si>
     <t>2021-12-13</t>
   </si>
   <si>
     <t>58.61</t>
   </si>
   <si>
-    <t>1053</t>
+    <t>1067</t>
   </si>
   <si>
     <t>2021-12-10</t>
   </si>
   <si>
     <t>58.76</t>
   </si>
   <si>
-    <t>1054</t>
+    <t>1068</t>
   </si>
   <si>
     <t>2021-12-09</t>
   </si>
   <si>
-    <t>1055</t>
+    <t>1069</t>
   </si>
   <si>
     <t>2021-12-08</t>
   </si>
   <si>
     <t>59.10</t>
   </si>
   <si>
-    <t>1056</t>
+    <t>1070</t>
   </si>
   <si>
     <t>2021-12-07</t>
   </si>
   <si>
-    <t>1057</t>
+    <t>1071</t>
   </si>
   <si>
     <t>2021-12-06</t>
   </si>
   <si>
-    <t>1058</t>
+    <t>1072</t>
   </si>
   <si>
     <t>2021-12-03</t>
   </si>
   <si>
-    <t>1059</t>
+    <t>1073</t>
   </si>
   <si>
     <t>2021-12-02</t>
   </si>
   <si>
     <t>58.65</t>
   </si>
   <si>
-    <t>1060</t>
+    <t>1074</t>
   </si>
   <si>
     <t>2021-12-01</t>
   </si>
   <si>
-    <t>1061</t>
+    <t>1075</t>
   </si>
   <si>
     <t>2021-11-30</t>
   </si>
   <si>
-    <t>1062</t>
+    <t>1076</t>
   </si>
   <si>
     <t>2021-11-29</t>
   </si>
   <si>
     <t>58.63</t>
   </si>
   <si>
-    <t>1063</t>
+    <t>1077</t>
   </si>
   <si>
     <t>2021-11-26</t>
   </si>
   <si>
     <t>58.56</t>
   </si>
   <si>
-    <t>1064</t>
+    <t>1078</t>
   </si>
   <si>
     <t>2021-11-25</t>
   </si>
   <si>
-    <t>1065</t>
+    <t>1079</t>
   </si>
   <si>
     <t>2021-11-24</t>
   </si>
   <si>
-    <t>1066</t>
+    <t>1080</t>
   </si>
   <si>
     <t>2021-11-23</t>
   </si>
   <si>
     <t>59.89</t>
   </si>
   <si>
-    <t>1067</t>
+    <t>1081</t>
   </si>
   <si>
     <t>2021-11-22</t>
   </si>
   <si>
     <t>60.29</t>
   </si>
   <si>
-    <t>1068</t>
+    <t>1082</t>
   </si>
   <si>
     <t>2021-11-19</t>
   </si>
   <si>
-    <t>1069</t>
+    <t>1083</t>
   </si>
   <si>
     <t>2021-11-18</t>
   </si>
   <si>
     <t>60.35</t>
   </si>
   <si>
-    <t>1070</t>
+    <t>1084</t>
   </si>
   <si>
     <t>2021-11-17</t>
   </si>
   <si>
     <t>60.98</t>
   </si>
   <si>
-    <t>1071</t>
+    <t>1085</t>
   </si>
   <si>
     <t>2021-11-16</t>
   </si>
   <si>
     <t>61.14</t>
   </si>
   <si>
-    <t>1072</t>
+    <t>1086</t>
   </si>
   <si>
     <t>2021-11-15</t>
   </si>
   <si>
     <t>61.07</t>
   </si>
   <si>
-    <t>1073</t>
+    <t>1087</t>
   </si>
   <si>
     <t>2021-11-12</t>
   </si>
   <si>
-    <t>1074</t>
+    <t>1088</t>
   </si>
   <si>
     <t>2021-11-10</t>
   </si>
   <si>
     <t>60.97</t>
   </si>
   <si>
-    <t>1075</t>
+    <t>1089</t>
   </si>
   <si>
     <t>2021-11-09</t>
   </si>
   <si>
     <t>61.39</t>
   </si>
   <si>
-    <t>1076</t>
+    <t>1090</t>
   </si>
   <si>
     <t>2021-11-08</t>
   </si>
   <si>
     <t>61.46</t>
   </si>
   <si>
-    <t>1077</t>
+    <t>1091</t>
   </si>
   <si>
     <t>2021-11-05</t>
   </si>
   <si>
     <t>61.56</t>
   </si>
   <si>
-    <t>1078</t>
+    <t>1092</t>
   </si>
   <si>
     <t>2021-11-04</t>
   </si>
   <si>
     <t>61.44</t>
   </si>
   <si>
-    <t>1079</t>
+    <t>1093</t>
   </si>
   <si>
     <t>2021-11-03</t>
   </si>
   <si>
     <t>60.85</t>
   </si>
   <si>
-    <t>1080</t>
+    <t>1094</t>
   </si>
   <si>
     <t>2021-11-02</t>
   </si>
   <si>
-    <t>1081</t>
+    <t>1095</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
-    <t>1082</t>
+    <t>1096</t>
   </si>
   <si>
     <t>2021-10-28</t>
   </si>
   <si>
     <t>61.33</t>
   </si>
   <si>
-    <t>1083</t>
+    <t>1097</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>61.28</t>
   </si>
   <si>
-    <t>1084</t>
+    <t>1098</t>
   </si>
   <si>
     <t>2021-10-26</t>
   </si>
   <si>
     <t>61.48</t>
   </si>
   <si>
-    <t>1085</t>
+    <t>1099</t>
   </si>
   <si>
     <t>2021-10-25</t>
   </si>
   <si>
-    <t>1086</t>
+    <t>1100</t>
   </si>
   <si>
     <t>2021-10-22</t>
   </si>
   <si>
     <t>61.75</t>
   </si>
   <si>
-    <t>1087</t>
+    <t>1101</t>
   </si>
   <si>
     <t>2021-10-21</t>
   </si>
   <si>
     <t>61.68</t>
   </si>
   <si>
-    <t>1088</t>
+    <t>1102</t>
   </si>
   <si>
     <t>2021-10-20</t>
   </si>
   <si>
     <t>61.99</t>
   </si>
   <si>
-    <t>1089</t>
+    <t>1103</t>
   </si>
   <si>
     <t>2021-10-19</t>
   </si>
   <si>
     <t>62.07</t>
   </si>
   <si>
-    <t>1090</t>
+    <t>1104</t>
   </si>
   <si>
     <t>2021-10-18</t>
   </si>
   <si>
     <t>62.00</t>
   </si>
   <si>
-    <t>1091</t>
+    <t>1105</t>
   </si>
   <si>
     <t>2021-10-15</t>
   </si>
   <si>
     <t>61.90</t>
   </si>
   <si>
-    <t>1092</t>
+    <t>1106</t>
   </si>
   <si>
     <t>2021-10-14</t>
   </si>
   <si>
-    <t>1093</t>
+    <t>1107</t>
   </si>
   <si>
     <t>2021-10-13</t>
   </si>
   <si>
-    <t>1094</t>
+    <t>1108</t>
   </si>
   <si>
     <t>2021-10-12</t>
   </si>
   <si>
-    <t>1095</t>
+    <t>1109</t>
   </si>
   <si>
     <t>2021-10-11</t>
   </si>
   <si>
     <t>61.20</t>
   </si>
   <si>
-    <t>1096</t>
+    <t>1110</t>
   </si>
   <si>
     <t>2021-10-08</t>
   </si>
   <si>
     <t>61.09</t>
   </si>
   <si>
-    <t>1097</t>
+    <t>1111</t>
   </si>
   <si>
     <t>2021-10-07</t>
   </si>
   <si>
     <t>60.77</t>
   </si>
   <si>
-    <t>1098</t>
+    <t>1112</t>
   </si>
   <si>
     <t>2021-10-06</t>
   </si>
   <si>
     <t>60.82</t>
   </si>
   <si>
-    <t>1099</t>
+    <t>1113</t>
   </si>
   <si>
     <t>2021-10-05</t>
   </si>
   <si>
     <t>61.23</t>
   </si>
   <si>
-    <t>1100</t>
+    <t>1114</t>
   </si>
   <si>
     <t>2021-10-04</t>
   </si>
   <si>
-    <t>1101</t>
+    <t>1115</t>
   </si>
   <si>
     <t>2021-10-01</t>
   </si>
   <si>
     <t>61.03</t>
   </si>
   <si>
-    <t>1102</t>
+    <t>1116</t>
   </si>
   <si>
     <t>2021-09-30</t>
   </si>
   <si>
-    <t>1103</t>
+    <t>1117</t>
   </si>
   <si>
     <t>2021-09-29</t>
   </si>
   <si>
-    <t>1104</t>
+    <t>1118</t>
   </si>
   <si>
     <t>2021-09-28</t>
   </si>
   <si>
-    <t>1105</t>
+    <t>1119</t>
   </si>
   <si>
     <t>2021-09-27</t>
   </si>
   <si>
     <t>61.04</t>
   </si>
   <si>
-    <t>1106</t>
+    <t>1120</t>
   </si>
   <si>
     <t>2021-09-24</t>
   </si>
   <si>
     <t>61.31</t>
   </si>
   <si>
-    <t>1107</t>
+    <t>1121</t>
   </si>
   <si>
     <t>2021-09-23</t>
   </si>
   <si>
     <t>61.71</t>
   </si>
   <si>
-    <t>1108</t>
+    <t>1122</t>
   </si>
   <si>
     <t>2021-09-22</t>
   </si>
   <si>
     <t>61.66</t>
   </si>
   <si>
-    <t>1109</t>
+    <t>1123</t>
   </si>
   <si>
     <t>2021-09-21</t>
   </si>
   <si>
-    <t>1110</t>
+    <t>1124</t>
   </si>
   <si>
     <t>2021-09-20</t>
   </si>
   <si>
     <t>60.95</t>
   </si>
   <si>
-    <t>1111</t>
+    <t>1125</t>
   </si>
   <si>
     <t>2021-09-17</t>
   </si>
   <si>
     <t>61.76</t>
   </si>
   <si>
-    <t>1112</t>
+    <t>1126</t>
   </si>
   <si>
     <t>2021-09-16</t>
   </si>
   <si>
     <t>61.85</t>
   </si>
   <si>
-    <t>1113</t>
+    <t>1127</t>
   </si>
   <si>
     <t>2021-09-15</t>
   </si>
   <si>
     <t>61.79</t>
   </si>
   <si>
-    <t>1114</t>
+    <t>1128</t>
   </si>
   <si>
     <t>2021-09-14</t>
   </si>
   <si>
     <t>61.98</t>
   </si>
   <si>
-    <t>1115</t>
+    <t>1129</t>
   </si>
   <si>
     <t>2021-09-13</t>
   </si>
   <si>
     <t>61.84</t>
   </si>
   <si>
-    <t>1116</t>
+    <t>1130</t>
   </si>
   <si>
     <t>2021-09-10</t>
   </si>
   <si>
     <t>61.63</t>
   </si>
   <si>
-    <t>1117</t>
+    <t>1131</t>
   </si>
   <si>
     <t>2021-09-09</t>
   </si>
   <si>
     <t>61.60</t>
   </si>
   <si>
-    <t>1118</t>
+    <t>1132</t>
   </si>
   <si>
     <t>2021-09-08</t>
   </si>
   <si>
     <t>61.42</t>
   </si>
   <si>
-    <t>1119</t>
+    <t>1133</t>
   </si>
   <si>
     <t>2021-09-07</t>
   </si>
   <si>
     <t>62.13</t>
   </si>
   <si>
-    <t>1120</t>
+    <t>1134</t>
   </si>
   <si>
     <t>2021-09-06</t>
   </si>
   <si>
     <t>62.42</t>
   </si>
   <si>
-    <t>1121</t>
+    <t>1135</t>
   </si>
   <si>
     <t>2021-09-03</t>
   </si>
   <si>
-    <t>1122</t>
+    <t>1136</t>
   </si>
   <si>
     <t>2021-09-02</t>
   </si>
   <si>
-    <t>1123</t>
+    <t>1137</t>
   </si>
   <si>
     <t>2021-09-01</t>
   </si>
   <si>
-    <t>1124</t>
+    <t>1138</t>
   </si>
   <si>
     <t>2021-08-31</t>
   </si>
   <si>
     <t>61.92</t>
   </si>
   <si>
-    <t>1125</t>
+    <t>1139</t>
   </si>
   <si>
     <t>2021-08-30</t>
   </si>
   <si>
-    <t>1126</t>
+    <t>1140</t>
   </si>
   <si>
     <t>2021-08-27</t>
   </si>
   <si>
     <t>61.49</t>
   </si>
   <si>
-    <t>1127</t>
+    <t>1141</t>
   </si>
   <si>
     <t>2021-08-26</t>
   </si>
   <si>
-    <t>1128</t>
+    <t>1142</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>61.38</t>
   </si>
   <si>
-    <t>1129</t>
+    <t>1143</t>
   </si>
   <si>
     <t>2021-08-24</t>
   </si>
   <si>
-    <t>1130</t>
+    <t>1144</t>
   </si>
   <si>
     <t>2021-08-23</t>
   </si>
   <si>
     <t>61.01</t>
   </si>
   <si>
-    <t>1131</t>
+    <t>1145</t>
   </si>
   <si>
     <t>2021-08-20</t>
   </si>
   <si>
     <t>60.75</t>
   </si>
   <si>
-    <t>1132</t>
+    <t>1146</t>
   </si>
   <si>
     <t>2021-08-19</t>
   </si>
   <si>
     <t>60.62</t>
   </si>
   <si>
-    <t>1133</t>
+    <t>1147</t>
   </si>
   <si>
     <t>2021-08-18</t>
   </si>
   <si>
     <t>60.87</t>
   </si>
   <si>
-    <t>1134</t>
+    <t>1148</t>
   </si>
   <si>
     <t>2021-08-17</t>
   </si>
   <si>
     <t>61.08</t>
   </si>
   <si>
-    <t>1135</t>
+    <t>1149</t>
   </si>
   <si>
     <t>2021-08-16</t>
   </si>
   <si>
     <t>60.90</t>
   </si>
   <si>
-    <t>1136</t>
+    <t>1150</t>
   </si>
   <si>
     <t>2021-08-13</t>
   </si>
   <si>
     <t>61.29</t>
   </si>
   <si>
-    <t>1137</t>
+    <t>1151</t>
   </si>
   <si>
     <t>2021-08-12</t>
   </si>
   <si>
     <t>60.83</t>
   </si>
   <si>
-    <t>1138</t>
+    <t>1152</t>
   </si>
   <si>
     <t>2021-08-11</t>
   </si>
   <si>
     <t>60.80</t>
   </si>
   <si>
-    <t>1139</t>
+    <t>1153</t>
   </si>
   <si>
     <t>2021-08-10</t>
   </si>
   <si>
-    <t>1140</t>
+    <t>1154</t>
   </si>
   <si>
     <t>2021-08-09</t>
   </si>
   <si>
-    <t>1141</t>
+    <t>1155</t>
   </si>
   <si>
     <t>2021-08-06</t>
   </si>
   <si>
-    <t>1142</t>
+    <t>1156</t>
   </si>
   <si>
     <t>2021-08-05</t>
   </si>
   <si>
     <t>60.92</t>
   </si>
   <si>
-    <t>1143</t>
+    <t>1157</t>
   </si>
   <si>
     <t>2021-08-04</t>
   </si>
   <si>
-    <t>1144</t>
+    <t>1158</t>
   </si>
   <si>
     <t>2021-08-03</t>
   </si>
   <si>
     <t>60.76</t>
   </si>
   <si>
-    <t>1145</t>
+    <t>1159</t>
   </si>
   <si>
     <t>2021-08-02</t>
   </si>
   <si>
-    <t>1146</t>
+    <t>1160</t>
   </si>
   <si>
     <t>2021-07-30</t>
   </si>
   <si>
     <t>60.89</t>
   </si>
   <si>
-    <t>1147</t>
+    <t>1161</t>
   </si>
   <si>
     <t>2021-07-29</t>
   </si>
   <si>
-    <t>1148</t>
+    <t>1162</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>60.72</t>
   </si>
   <si>
-    <t>1149</t>
+    <t>1163</t>
   </si>
   <si>
     <t>2021-07-27</t>
   </si>
   <si>
     <t>60.54</t>
   </si>
   <si>
-    <t>1150</t>
+    <t>1164</t>
   </si>
   <si>
     <t>2021-07-26</t>
   </si>
   <si>
     <t>60.74</t>
   </si>
   <si>
-    <t>1151</t>
+    <t>1165</t>
   </si>
   <si>
     <t>2021-07-23</t>
   </si>
   <si>
-    <t>1152</t>
+    <t>1166</t>
   </si>
   <si>
     <t>2021-07-22</t>
   </si>
   <si>
     <t>60.48</t>
   </si>
   <si>
-    <t>1153</t>
+    <t>1167</t>
   </si>
   <si>
     <t>2021-07-21</t>
   </si>
   <si>
     <t>60.14</t>
   </si>
   <si>
-    <t>1154</t>
+    <t>1168</t>
   </si>
   <si>
     <t>2021-07-20</t>
   </si>
   <si>
     <t>59.80</t>
   </si>
   <si>
-    <t>1155</t>
+    <t>1169</t>
   </si>
   <si>
     <t>2021-07-19</t>
   </si>
   <si>
     <t>59.68</t>
   </si>
   <si>
-    <t>1156</t>
+    <t>1170</t>
   </si>
   <si>
     <t>2021-07-16</t>
   </si>
   <si>
     <t>60.20</t>
   </si>
   <si>
-    <t>1157</t>
+    <t>1171</t>
   </si>
   <si>
     <t>2021-07-15</t>
   </si>
   <si>
     <t>60.09</t>
   </si>
   <si>
-    <t>1158</t>
+    <t>1172</t>
   </si>
   <si>
     <t>2021-07-14</t>
   </si>
   <si>
     <t>60.25</t>
   </si>
   <si>
-    <t>1159</t>
+    <t>1173</t>
   </si>
   <si>
     <t>2021-07-13</t>
   </si>
   <si>
     <t>60.21</t>
   </si>
   <si>
-    <t>1160</t>
+    <t>1174</t>
   </si>
   <si>
     <t>2021-07-12</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>1161</t>
+    <t>1175</t>
   </si>
   <si>
     <t>2021-07-09</t>
   </si>
   <si>
     <t>59.39</t>
   </si>
   <si>
-    <t>1162</t>
+    <t>1176</t>
   </si>
   <si>
     <t>2021-07-08</t>
   </si>
   <si>
-    <t>1163</t>
+    <t>1177</t>
   </si>
   <si>
     <t>2021-07-07</t>
   </si>
   <si>
-    <t>1164</t>
+    <t>1178</t>
   </si>
   <si>
     <t>2021-07-06</t>
   </si>
   <si>
     <t>59.04</t>
   </si>
   <si>
-    <t>1165</t>
+    <t>1179</t>
   </si>
   <si>
     <t>2021-07-05</t>
   </si>
   <si>
     <t>59.09</t>
   </si>
   <si>
-    <t>1166</t>
+    <t>1180</t>
   </si>
   <si>
     <t>2021-07-02</t>
   </si>
   <si>
     <t>58.90</t>
   </si>
   <si>
-    <t>1167</t>
+    <t>1181</t>
   </si>
   <si>
     <t>2021-07-01</t>
   </si>
   <si>
-    <t>1168</t>
+    <t>1182</t>
   </si>
   <si>
     <t>2021-06-30</t>
   </si>
   <si>
     <t>58.33</t>
   </si>
   <si>
-    <t>1169</t>
+    <t>1183</t>
   </si>
   <si>
     <t>2021-06-29</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
-    <t>1170</t>
+    <t>1184</t>
   </si>
   <si>
     <t>2021-06-28</t>
   </si>
   <si>
     <t>58.30</t>
   </si>
   <si>
-    <t>1171</t>
+    <t>1185</t>
   </si>
   <si>
     <t>2021-06-25</t>
   </si>
   <si>
-    <t>1172</t>
+    <t>1186</t>
   </si>
   <si>
     <t>2021-06-24</t>
   </si>
   <si>
     <t>57.96</t>
   </si>
   <si>
-    <t>1173</t>
+    <t>1187</t>
   </si>
   <si>
     <t>2021-06-23</t>
   </si>
   <si>
     <t>57.53</t>
   </si>
   <si>
-    <t>1174</t>
+    <t>1188</t>
   </si>
   <si>
     <t>2021-06-22</t>
   </si>
   <si>
     <t>57.51</t>
   </si>
   <si>
-    <t>1175</t>
+    <t>1189</t>
   </si>
   <si>
     <t>2021-06-21</t>
   </si>
   <si>
     <t>57.56</t>
   </si>
   <si>
-    <t>1176</t>
+    <t>1190</t>
   </si>
   <si>
     <t>2021-06-18</t>
   </si>
   <si>
     <t>57.54</t>
   </si>
   <si>
-    <t>1177</t>
+    <t>1191</t>
   </si>
   <si>
     <t>2021-06-17</t>
   </si>
   <si>
     <t>57.31</t>
   </si>
   <si>
-    <t>1178</t>
+    <t>1192</t>
   </si>
   <si>
     <t>2021-06-16</t>
   </si>
   <si>
-    <t>1179</t>
+    <t>1193</t>
   </si>
   <si>
     <t>2021-06-15</t>
   </si>
   <si>
     <t>57.70</t>
   </si>
   <si>
-    <t>1180</t>
+    <t>1194</t>
   </si>
   <si>
     <t>2021-06-14</t>
   </si>
   <si>
     <t>57.89</t>
   </si>
   <si>
-    <t>1181</t>
+    <t>1195</t>
   </si>
   <si>
     <t>2021-06-11</t>
   </si>
   <si>
     <t>57.52</t>
   </si>
   <si>
-    <t>1182</t>
+    <t>1196</t>
   </si>
   <si>
     <t>2021-06-10</t>
   </si>
   <si>
     <t>57.38</t>
   </si>
   <si>
-    <t>1183</t>
+    <t>1197</t>
   </si>
   <si>
     <t>2021-06-09</t>
   </si>
   <si>
     <t>57.36</t>
   </si>
   <si>
-    <t>1184</t>
+    <t>1198</t>
   </si>
   <si>
     <t>2021-06-08</t>
   </si>
   <si>
-    <t>1185</t>
+    <t>1199</t>
   </si>
   <si>
     <t>2021-06-07</t>
   </si>
   <si>
     <t>57.45</t>
   </si>
   <si>
-    <t>1186</t>
+    <t>1200</t>
   </si>
   <si>
     <t>2021-06-04</t>
   </si>
   <si>
-    <t>1187</t>
+    <t>1201</t>
   </si>
   <si>
     <t>2021-06-02</t>
   </si>
   <si>
     <t>57.37</t>
   </si>
   <si>
-    <t>1188</t>
+    <t>1202</t>
   </si>
   <si>
     <t>2021-06-01</t>
   </si>
   <si>
     <t>57.26</t>
   </si>
   <si>
-    <t>1189</t>
+    <t>1203</t>
   </si>
   <si>
     <t>2021-05-31</t>
   </si>
   <si>
     <t>57.24</t>
   </si>
   <si>
-    <t>1190</t>
+    <t>1204</t>
   </si>
   <si>
     <t>2021-05-28</t>
   </si>
   <si>
     <t>57.44</t>
   </si>
   <si>
-    <t>1191</t>
+    <t>1205</t>
   </si>
   <si>
     <t>2021-05-27</t>
   </si>
   <si>
     <t>57.25</t>
   </si>
   <si>
-    <t>1192</t>
+    <t>1206</t>
   </si>
   <si>
     <t>2021-05-26</t>
   </si>
   <si>
     <t>56.90</t>
   </si>
   <si>
-    <t>1193</t>
+    <t>1207</t>
   </si>
   <si>
     <t>2021-05-25</t>
   </si>
   <si>
-    <t>1194</t>
+    <t>1208</t>
   </si>
   <si>
     <t>2021-05-24</t>
   </si>
   <si>
-    <t>1195</t>
+    <t>1209</t>
   </si>
   <si>
     <t>2021-05-21</t>
   </si>
   <si>
-    <t>1196</t>
+    <t>1210</t>
   </si>
   <si>
     <t>2021-05-20</t>
   </si>
   <si>
-    <t>1197</t>
+    <t>1211</t>
   </si>
   <si>
     <t>2021-05-19</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>1198</t>
+    <t>1212</t>
   </si>
   <si>
     <t>2021-05-18</t>
   </si>
   <si>
-    <t>1199</t>
+    <t>1213</t>
   </si>
   <si>
     <t>2021-05-17</t>
   </si>
   <si>
-    <t>1200</t>
+    <t>1214</t>
   </si>
   <si>
     <t>2021-05-14</t>
   </si>
   <si>
-    <t>1201</t>
+    <t>1215</t>
   </si>
   <si>
     <t>2021-05-13</t>
   </si>
   <si>
     <t>56.06</t>
   </si>
   <si>
-    <t>1202</t>
+    <t>1216</t>
   </si>
   <si>
     <t>2021-05-12</t>
   </si>
   <si>
-    <t>1203</t>
+    <t>1217</t>
   </si>
   <si>
     <t>2021-05-11</t>
   </si>
   <si>
     <t>56.44</t>
   </si>
   <si>
-    <t>1204</t>
+    <t>1218</t>
   </si>
   <si>
     <t>2021-05-10</t>
   </si>
   <si>
     <t>56.81</t>
   </si>
   <si>
-    <t>1205</t>
+    <t>1219</t>
   </si>
   <si>
     <t>2021-05-07</t>
   </si>
   <si>
     <t>56.83</t>
   </si>
   <si>
-    <t>1206</t>
+    <t>1220</t>
   </si>
   <si>
     <t>2021-05-06</t>
   </si>
   <si>
     <t>56.25</t>
   </si>
   <si>
-    <t>1207</t>
+    <t>1221</t>
   </si>
   <si>
     <t>2021-05-05</t>
   </si>
   <si>
     <t>56.43</t>
   </si>
   <si>
-    <t>1208</t>
+    <t>1222</t>
   </si>
   <si>
     <t>2021-05-04</t>
   </si>
   <si>
     <t>55.70</t>
   </si>
   <si>
-    <t>1209</t>
+    <t>1223</t>
   </si>
   <si>
     <t>2021-04-30</t>
   </si>
   <si>
     <t>56.29</t>
   </si>
   <si>
-    <t>1210</t>
+    <t>1224</t>
   </si>
   <si>
     <t>2021-04-29</t>
   </si>
   <si>
-    <t>1211</t>
+    <t>1225</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>56.60</t>
   </si>
   <si>
-    <t>1212</t>
+    <t>1226</t>
   </si>
   <si>
     <t>2021-04-27</t>
   </si>
   <si>
     <t>56.30</t>
   </si>
   <si>
-    <t>1213</t>
+    <t>1227</t>
   </si>
   <si>
     <t>2021-04-26</t>
   </si>
   <si>
     <t>56.31</t>
   </si>
   <si>
-    <t>1214</t>
+    <t>1228</t>
   </si>
   <si>
     <t>2021-04-23</t>
   </si>
   <si>
     <t>56.18</t>
   </si>
   <si>
-    <t>1215</t>
+    <t>1229</t>
   </si>
   <si>
     <t>2021-04-22</t>
   </si>
   <si>
     <t>56.08</t>
   </si>
   <si>
-    <t>1216</t>
+    <t>1230</t>
   </si>
   <si>
     <t>2021-04-21</t>
   </si>
   <si>
     <t>55.78</t>
   </si>
   <si>
-    <t>1217</t>
+    <t>1231</t>
   </si>
   <si>
     <t>2021-04-20</t>
   </si>
   <si>
-    <t>1218</t>
+    <t>1232</t>
   </si>
   <si>
     <t>2021-04-19</t>
   </si>
   <si>
     <t>56.19</t>
   </si>
   <si>
-    <t>1219</t>
+    <t>1233</t>
   </si>
   <si>
     <t>2021-04-16</t>
   </si>
   <si>
-    <t>1220</t>
+    <t>1234</t>
   </si>
   <si>
     <t>2021-04-15</t>
   </si>
   <si>
-    <t>1221</t>
+    <t>1235</t>
   </si>
   <si>
     <t>2021-04-14</t>
   </si>
   <si>
-    <t>1222</t>
+    <t>1236</t>
   </si>
   <si>
     <t>2021-04-13</t>
   </si>
   <si>
     <t>56.00</t>
   </si>
   <si>
-    <t>1223</t>
+    <t>1237</t>
   </si>
   <si>
     <t>2021-04-12</t>
   </si>
   <si>
     <t>55.71</t>
   </si>
   <si>
-    <t>1224</t>
+    <t>1238</t>
   </si>
   <si>
     <t>2021-04-09</t>
   </si>
   <si>
-    <t>1225</t>
+    <t>1239</t>
   </si>
   <si>
     <t>2021-04-08</t>
   </si>
   <si>
-    <t>1226</t>
+    <t>1240</t>
   </si>
   <si>
     <t>2021-04-07</t>
   </si>
   <si>
     <t>55.92</t>
   </si>
   <si>
-    <t>1227</t>
+    <t>1241</t>
   </si>
   <si>
     <t>2021-04-06</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>1228</t>
+    <t>1242</t>
   </si>
   <si>
     <t>2021-04-01</t>
   </si>
   <si>
     <t>55.44</t>
   </si>
   <si>
-    <t>1229</t>
+    <t>1243</t>
   </si>
   <si>
     <t>2021-03-31</t>
   </si>
   <si>
-    <t>1230</t>
+    <t>1244</t>
   </si>
   <si>
     <t>2021-03-30</t>
   </si>
   <si>
-    <t>1231</t>
+    <t>1245</t>
   </si>
   <si>
     <t>2021-03-29</t>
   </si>
   <si>
     <t>55.17</t>
   </si>
   <si>
-    <t>1232</t>
+    <t>1246</t>
   </si>
   <si>
     <t>2021-03-26</t>
   </si>
   <si>
     <t>54.92</t>
   </si>
   <si>
-    <t>1233</t>
+    <t>1247</t>
   </si>
   <si>
     <t>2021-03-25</t>
   </si>
   <si>
     <t>54.19</t>
   </si>
   <si>
-    <t>1234</t>
+    <t>1248</t>
   </si>
   <si>
     <t>2021-03-24</t>
   </si>
   <si>
     <t>54.61</t>
   </si>
   <si>
-    <t>1235</t>
+    <t>1249</t>
   </si>
   <si>
     <t>2021-03-23</t>
   </si>
   <si>
-    <t>1236</t>
+    <t>1250</t>
   </si>
   <si>
     <t>2021-03-22</t>
   </si>
   <si>
     <t>55.16</t>
   </si>
   <si>
-    <t>1237</t>
+    <t>1251</t>
   </si>
   <si>
     <t>2021-03-19</t>
   </si>
   <si>
-    <t>1238</t>
+    <t>1252</t>
   </si>
   <si>
     <t>2021-03-18</t>
   </si>
   <si>
     <t>55.37</t>
   </si>
   <si>
-    <t>1239</t>
+    <t>1253</t>
   </si>
   <si>
     <t>2021-03-17</t>
   </si>
   <si>
     <t>55.21</t>
   </si>
   <si>
-    <t>1240</t>
+    <t>1254</t>
   </si>
   <si>
     <t>2021-03-16</t>
   </si>
   <si>
-    <t>1241</t>
+    <t>1255</t>
   </si>
   <si>
     <t>2021-03-15</t>
   </si>
   <si>
     <t>55.45</t>
   </si>
   <si>
-    <t>1242</t>
+    <t>1256</t>
   </si>
   <si>
     <t>2021-03-12</t>
   </si>
   <si>
     <t>55.34</t>
   </si>
   <si>
-    <t>1243</t>
+    <t>1257</t>
   </si>
   <si>
     <t>2021-03-11</t>
   </si>
   <si>
     <t>55.33</t>
   </si>
   <si>
-    <t>1244</t>
+    <t>1258</t>
   </si>
   <si>
     <t>2021-03-10</t>
   </si>
   <si>
-    <t>1245</t>
+    <t>1259</t>
   </si>
   <si>
     <t>2021-03-09</t>
   </si>
   <si>
-    <t>1246</t>
+    <t>1260</t>
   </si>
   <si>
     <t>2021-03-08</t>
   </si>
   <si>
     <t>54.62</t>
   </si>
   <si>
-    <t>1247</t>
+    <t>1261</t>
   </si>
   <si>
     <t>2021-03-05</t>
   </si>
   <si>
     <t>54.39</t>
   </si>
   <si>
-    <t>1248</t>
+    <t>1262</t>
   </si>
   <si>
     <t>2021-03-04</t>
   </si>
   <si>
     <t>54.84</t>
   </si>
   <si>
-    <t>1249</t>
+    <t>1263</t>
   </si>
   <si>
     <t>2021-03-03</t>
   </si>
   <si>
-    <t>1250</t>
+    <t>1264</t>
   </si>
   <si>
     <t>2021-03-02</t>
   </si>
   <si>
-    <t>1251</t>
+    <t>1265</t>
   </si>
   <si>
     <t>2021-03-01</t>
   </si>
   <si>
     <t>55.30</t>
   </si>
   <si>
-    <t>1252</t>
+    <t>1266</t>
   </si>
   <si>
     <t>2021-02-26</t>
   </si>
   <si>
-    <t>1253</t>
+    <t>1267</t>
   </si>
   <si>
     <t>2021-02-25</t>
   </si>
   <si>
-    <t>1254</t>
+    <t>1268</t>
   </si>
   <si>
     <t>2021-02-24</t>
   </si>
   <si>
     <t>55.01</t>
   </si>
   <si>
-    <t>1255</t>
+    <t>1269</t>
   </si>
   <si>
     <t>2021-02-23</t>
   </si>
   <si>
     <t>54.95</t>
   </si>
   <si>
-    <t>1256</t>
+    <t>1270</t>
   </si>
   <si>
     <t>2021-02-22</t>
   </si>
   <si>
-    <t>1257</t>
+    <t>1271</t>
   </si>
   <si>
     <t>2021-02-19</t>
   </si>
   <si>
     <t>55.94</t>
   </si>
   <si>
-    <t>1258</t>
+    <t>1272</t>
   </si>
   <si>
     <t>2021-02-18</t>
   </si>
   <si>
-    <t>1259</t>
+    <t>1273</t>
   </si>
   <si>
     <t>2021-02-17</t>
   </si>
   <si>
     <t>55.95</t>
   </si>
   <si>
-    <t>1260</t>
+    <t>1274</t>
   </si>
   <si>
     <t>2021-02-16</t>
   </si>
   <si>
     <t>56.24</t>
   </si>
   <si>
-    <t>1261</t>
+    <t>1275</t>
   </si>
   <si>
     <t>2021-02-15</t>
   </si>
   <si>
-    <t>1262</t>
+    <t>1276</t>
   </si>
   <si>
     <t>2021-02-12</t>
   </si>
   <si>
     <t>55.46</t>
   </si>
   <si>
-    <t>1263</t>
+    <t>1277</t>
   </si>
   <si>
     <t>2021-02-11</t>
   </si>
   <si>
-    <t>1264</t>
+    <t>1278</t>
   </si>
   <si>
     <t>2021-02-10</t>
   </si>
   <si>
     <t>55.19</t>
   </si>
   <si>
-    <t>1265</t>
+    <t>1279</t>
   </si>
   <si>
     <t>2021-02-09</t>
   </si>
   <si>
     <t>55.35</t>
   </si>
   <si>
-    <t>1266</t>
+    <t>1280</t>
   </si>
   <si>
     <t>2021-02-08</t>
   </si>
   <si>
-    <t>1267</t>
+    <t>1281</t>
   </si>
   <si>
     <t>2021-02-05</t>
   </si>
   <si>
-    <t>1268</t>
+    <t>1282</t>
   </si>
   <si>
     <t>2021-02-04</t>
   </si>
   <si>
     <t>54.83</t>
   </si>
   <si>
-    <t>1269</t>
+    <t>1283</t>
   </si>
   <si>
     <t>2021-02-03</t>
   </si>
   <si>
     <t>54.70</t>
   </si>
   <si>
-    <t>1270</t>
+    <t>1284</t>
   </si>
   <si>
     <t>2021-02-02</t>
   </si>
   <si>
     <t>54.59</t>
   </si>
   <si>
-    <t>1271</t>
+    <t>1285</t>
   </si>
   <si>
     <t>2021-02-01</t>
   </si>
   <si>
     <t>54.80</t>
   </si>
   <si>
-    <t>1272</t>
+    <t>1286</t>
   </si>
   <si>
     <t>2021-01-29</t>
   </si>
   <si>
-    <t>1273</t>
+    <t>1287</t>
   </si>
   <si>
     <t>2021-01-28</t>
   </si>
   <si>
     <t>54.96</t>
   </si>
   <si>
-    <t>1274</t>
+    <t>1288</t>
   </si>
   <si>
     <t>2021-01-27</t>
   </si>
   <si>
     <t>54.30</t>
   </si>
   <si>
-    <t>1275</t>
+    <t>1289</t>
   </si>
   <si>
     <t>2021-01-26</t>
   </si>
   <si>
-    <t>1276</t>
+    <t>1290</t>
   </si>
   <si>
     <t>2021-01-25</t>
   </si>
   <si>
-    <t>1277</t>
+    <t>1291</t>
   </si>
   <si>
     <t>2021-01-22</t>
   </si>
   <si>
     <t>55.08</t>
   </si>
   <si>
-    <t>1278</t>
+    <t>1292</t>
   </si>
   <si>
     <t>2021-01-21</t>
   </si>
   <si>
     <t>55.09</t>
   </si>
   <si>
-    <t>1279</t>
+    <t>1293</t>
   </si>
   <si>
     <t>2021-01-20</t>
   </si>
   <si>
-    <t>1280</t>
+    <t>1294</t>
   </si>
   <si>
     <t>2021-01-19</t>
   </si>
   <si>
     <t>55.05</t>
   </si>
   <si>
-    <t>1281</t>
+    <t>1295</t>
   </si>
   <si>
     <t>2021-01-18</t>
   </si>
   <si>
-    <t>1282</t>
+    <t>1296</t>
   </si>
   <si>
     <t>2021-01-15</t>
   </si>
   <si>
     <t>54.82</t>
   </si>
   <si>
-    <t>1283</t>
+    <t>1297</t>
   </si>
   <si>
     <t>2021-01-14</t>
   </si>
   <si>
-    <t>1284</t>
+    <t>1298</t>
   </si>
   <si>
     <t>2021-01-13</t>
   </si>
   <si>
     <t>54.85</t>
   </si>
   <si>
-    <t>1285</t>
+    <t>1299</t>
   </si>
   <si>
     <t>2021-01-12</t>
   </si>
   <si>
-    <t>1286</t>
+    <t>1300</t>
   </si>
   <si>
     <t>2021-01-11</t>
   </si>
   <si>
-    <t>1287</t>
+    <t>1301</t>
   </si>
   <si>
     <t>2021-01-08</t>
   </si>
   <si>
     <t>55.53</t>
   </si>
   <si>
-    <t>1288</t>
+    <t>1302</t>
   </si>
   <si>
     <t>2021-01-07</t>
   </si>
   <si>
     <t>55.62</t>
   </si>
   <si>
-    <t>1289</t>
+    <t>1303</t>
   </si>
   <si>
     <t>2021-01-05</t>
   </si>
   <si>
     <t>54.90</t>
   </si>
   <si>
-    <t>1290</t>
+    <t>1304</t>
   </si>
   <si>
     <t>2021-01-04</t>
   </si>
   <si>
-    <t>1291</t>
+    <t>1305</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
-    <t>1292</t>
+    <t>1306</t>
   </si>
   <si>
     <t>2020-12-29</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
-    <t>1293</t>
+    <t>1307</t>
   </si>
   <si>
     <t>2020-12-28</t>
   </si>
   <si>
     <t>53.86</t>
   </si>
   <si>
-    <t>1294</t>
+    <t>1308</t>
   </si>
   <si>
     <t>2020-12-23</t>
   </si>
   <si>
     <t>53.10</t>
   </si>
   <si>
-    <t>1295</t>
+    <t>1309</t>
   </si>
   <si>
     <t>2020-12-22</t>
   </si>
   <si>
     <t>52.81</t>
   </si>
   <si>
-    <t>1296</t>
+    <t>1310</t>
   </si>
   <si>
     <t>2020-12-21</t>
   </si>
   <si>
     <t>52.22</t>
   </si>
   <si>
-    <t>1297</t>
+    <t>1311</t>
   </si>
   <si>
     <t>2020-12-18</t>
   </si>
   <si>
     <t>52.79</t>
   </si>
   <si>
-    <t>1298</t>
+    <t>1312</t>
   </si>
   <si>
     <t>2020-12-17</t>
   </si>
   <si>
-    <t>1299</t>
+    <t>1313</t>
   </si>
   <si>
     <t>2020-12-16</t>
   </si>
   <si>
     <t>52.82</t>
   </si>
   <si>
-    <t>1300</t>
+    <t>1314</t>
   </si>
   <si>
     <t>2020-12-15</t>
   </si>
   <si>
     <t>52.25</t>
   </si>
   <si>
-    <t>1301</t>
+    <t>1315</t>
   </si>
   <si>
     <t>2020-12-14</t>
   </si>
   <si>
     <t>51.83</t>
   </si>
   <si>
-    <t>1302</t>
+    <t>1316</t>
   </si>
   <si>
     <t>2020-12-11</t>
   </si>
   <si>
     <t>51.89</t>
   </si>
   <si>
-    <t>1303</t>
+    <t>1317</t>
   </si>
   <si>
     <t>2020-12-10</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
-    <t>1304</t>
+    <t>1318</t>
   </si>
   <si>
     <t>2020-12-09</t>
   </si>
   <si>
     <t>52.63</t>
   </si>
   <si>
-    <t>1305</t>
+    <t>1319</t>
   </si>
   <si>
     <t>2020-12-08</t>
   </si>
   <si>
     <t>52.48</t>
   </si>
   <si>
-    <t>1306</t>
+    <t>1320</t>
   </si>
   <si>
     <t>2020-12-07</t>
   </si>
   <si>
     <t>52.20</t>
   </si>
   <si>
-    <t>1307</t>
+    <t>1321</t>
   </si>
   <si>
     <t>2020-12-04</t>
   </si>
   <si>
     <t>52.01</t>
   </si>
   <si>
-    <t>1308</t>
+    <t>1322</t>
   </si>
   <si>
     <t>2020-12-03</t>
   </si>
   <si>
     <t>51.52</t>
   </si>
   <si>
-    <t>1309</t>
+    <t>1323</t>
   </si>
   <si>
     <t>2020-12-02</t>
   </si>
   <si>
-    <t>1310</t>
+    <t>1324</t>
   </si>
   <si>
     <t>2020-12-01</t>
   </si>
   <si>
     <t>50.99</t>
   </si>
   <si>
-    <t>1311</t>
+    <t>1325</t>
   </si>
   <si>
     <t>2020-11-30</t>
   </si>
   <si>
-    <t>1312</t>
+    <t>1326</t>
   </si>
   <si>
     <t>2020-11-27</t>
   </si>
   <si>
-    <t>1313</t>
+    <t>1327</t>
   </si>
   <si>
     <t>2020-11-26</t>
   </si>
   <si>
     <t>50.73</t>
   </si>
   <si>
-    <t>1314</t>
+    <t>1328</t>
   </si>
   <si>
     <t>2020-11-25</t>
   </si>
   <si>
     <t>50.68</t>
   </si>
   <si>
-    <t>1315</t>
+    <t>1329</t>
   </si>
   <si>
     <t>2020-11-24</t>
   </si>
   <si>
     <t>50.37</t>
   </si>
   <si>
-    <t>1316</t>
+    <t>1330</t>
   </si>
   <si>
     <t>2020-11-23</t>
   </si>
   <si>
     <t>50.16</t>
   </si>
   <si>
-    <t>1317</t>
+    <t>1331</t>
   </si>
   <si>
     <t>2020-11-20</t>
   </si>
   <si>
     <t>50.29</t>
   </si>
   <si>
-    <t>1318</t>
+    <t>1332</t>
   </si>
   <si>
     <t>2020-11-19</t>
   </si>
   <si>
-    <t>1319</t>
+    <t>1333</t>
   </si>
   <si>
     <t>2020-11-18</t>
   </si>
   <si>
     <t>50.04</t>
   </si>
   <si>
-    <t>1320</t>
+    <t>1334</t>
   </si>
   <si>
     <t>2020-11-17</t>
   </si>
   <si>
-    <t>1321</t>
+    <t>1335</t>
   </si>
   <si>
     <t>2020-11-16</t>
   </si>
   <si>
     <t>50.40</t>
   </si>
   <si>
-    <t>1322</t>
+    <t>1336</t>
   </si>
   <si>
     <t>2020-11-13</t>
   </si>
   <si>
-    <t>1323</t>
+    <t>1337</t>
   </si>
   <si>
     <t>2020-11-12</t>
   </si>
   <si>
-    <t>1324</t>
+    <t>1338</t>
   </si>
   <si>
     <t>2020-11-10</t>
   </si>
   <si>
     <t>50.08</t>
   </si>
   <si>
-    <t>1325</t>
+    <t>1339</t>
   </si>
   <si>
     <t>2020-11-09</t>
   </si>
   <si>
-    <t>1326</t>
+    <t>1340</t>
   </si>
   <si>
     <t>2020-11-06</t>
   </si>
   <si>
     <t>49.47</t>
   </si>
   <si>
-    <t>1327</t>
+    <t>1341</t>
   </si>
   <si>
     <t>2020-11-05</t>
   </si>
   <si>
-    <t>1328</t>
+    <t>1342</t>
   </si>
   <si>
     <t>2020-11-04</t>
   </si>
   <si>
-    <t>1329</t>
+    <t>1343</t>
   </si>
   <si>
     <t>2020-11-03</t>
   </si>
   <si>
     <t>48.27</t>
   </si>
   <si>
-    <t>1330</t>
+    <t>1344</t>
   </si>
   <si>
     <t>2020-11-02</t>
   </si>
   <si>
     <t>47.21</t>
   </si>
   <si>
-    <t>1331</t>
+    <t>1345</t>
   </si>
   <si>
     <t>2020-10-30</t>
   </si>
   <si>
     <t>46.93</t>
   </si>
   <si>
-    <t>1332</t>
+    <t>1346</t>
   </si>
   <si>
     <t>2020-10-29</t>
   </si>
   <si>
     <t>47.10</t>
   </si>
   <si>
-    <t>1333</t>
+    <t>1347</t>
   </si>
   <si>
     <t>2020-10-28</t>
   </si>
   <si>
     <t>47.07</t>
   </si>
   <si>
-    <t>1334</t>
+    <t>1348</t>
   </si>
   <si>
     <t>2020-10-27</t>
   </si>
   <si>
-    <t>1335</t>
+    <t>1349</t>
   </si>
   <si>
     <t>2020-10-26</t>
   </si>
   <si>
     <t>47.91</t>
   </si>
   <si>
-    <t>1336</t>
+    <t>1350</t>
   </si>
   <si>
     <t>2020-10-23</t>
   </si>
   <si>
     <t>48.37</t>
   </si>
   <si>
-    <t>1337</t>
+    <t>1351</t>
   </si>
   <si>
     <t>2020-10-22</t>
   </si>
   <si>
     <t>48.52</t>
   </si>
   <si>
-    <t>1338</t>
+    <t>1352</t>
   </si>
   <si>
     <t>2020-10-21</t>
   </si>
   <si>
     <t>48.79</t>
   </si>
   <si>
-    <t>1339</t>
+    <t>1353</t>
   </si>
   <si>
     <t>2020-10-20</t>
   </si>
   <si>
-    <t>1340</t>
+    <t>1354</t>
   </si>
   <si>
     <t>2020-10-19</t>
   </si>
   <si>
-    <t>1341</t>
+    <t>1355</t>
   </si>
   <si>
     <t>2020-10-16</t>
   </si>
   <si>
     <t>48.94</t>
   </si>
   <si>
-    <t>1342</t>
+    <t>1356</t>
   </si>
   <si>
     <t>2020-10-15</t>
   </si>
   <si>
     <t>48.71</t>
   </si>
   <si>
-    <t>1343</t>
+    <t>1357</t>
   </si>
   <si>
     <t>2020-10-14</t>
   </si>
   <si>
     <t>49.40</t>
   </si>
   <si>
-    <t>1344</t>
+    <t>1358</t>
   </si>
   <si>
     <t>2020-10-13</t>
   </si>
   <si>
     <t>49.15</t>
   </si>
   <si>
-    <t>1345</t>
+    <t>1359</t>
   </si>
   <si>
     <t>2020-10-12</t>
   </si>
   <si>
-    <t>1346</t>
+    <t>1360</t>
   </si>
   <si>
     <t>2020-10-09</t>
   </si>
   <si>
     <t>48.96</t>
   </si>
   <si>
-    <t>1347</t>
+    <t>1361</t>
   </si>
   <si>
     <t>2020-10-08</t>
   </si>
   <si>
     <t>48.75</t>
   </si>
   <si>
-    <t>1348</t>
+    <t>1362</t>
   </si>
   <si>
     <t>2020-10-07</t>
   </si>
   <si>
     <t>48.92</t>
   </si>
   <si>
-    <t>1349</t>
+    <t>1363</t>
   </si>
   <si>
     <t>2020-10-06</t>
   </si>
   <si>
-    <t>1350</t>
+    <t>1364</t>
   </si>
   <si>
     <t>2020-10-05</t>
   </si>
   <si>
     <t>49.05</t>
   </si>
   <si>
-    <t>1351</t>
+    <t>1365</t>
   </si>
   <si>
     <t>2020-10-02</t>
   </si>
   <si>
     <t>48.70</t>
   </si>
   <si>
-    <t>1352</t>
+    <t>1366</t>
   </si>
   <si>
     <t>2020-10-01</t>
   </si>
   <si>
-    <t>1353</t>
+    <t>1367</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>48.44</t>
   </si>
   <si>
-    <t>1354</t>
+    <t>1368</t>
   </si>
   <si>
     <t>2020-09-29</t>
   </si>
   <si>
     <t>48.49</t>
   </si>
   <si>
-    <t>1355</t>
+    <t>1369</t>
   </si>
   <si>
     <t>2020-09-28</t>
   </si>
   <si>
     <t>48.40</t>
   </si>
   <si>
-    <t>1356</t>
+    <t>1370</t>
   </si>
   <si>
     <t>2020-09-25</t>
   </si>
   <si>
     <t>47.82</t>
   </si>
   <si>
-    <t>1357</t>
+    <t>1371</t>
   </si>
   <si>
     <t>2020-09-24</t>
   </si>
   <si>
     <t>47.76</t>
   </si>
   <si>
-    <t>1358</t>
+    <t>1372</t>
   </si>
   <si>
     <t>2020-09-23</t>
   </si>
   <si>
     <t>47.89</t>
   </si>
   <si>
-    <t>1359</t>
+    <t>1373</t>
   </si>
   <si>
     <t>2020-09-22</t>
   </si>
   <si>
-    <t>1360</t>
+    <t>1374</t>
   </si>
   <si>
     <t>2020-09-21</t>
   </si>
   <si>
-    <t>1361</t>
+    <t>1375</t>
   </si>
   <si>
     <t>2020-09-18</t>
   </si>
   <si>
     <t>47.97</t>
   </si>
   <si>
-    <t>1362</t>
+    <t>1376</t>
   </si>
   <si>
     <t>2020-09-17</t>
   </si>
   <si>
     <t>47.78</t>
   </si>
   <si>
-    <t>1363</t>
+    <t>1377</t>
   </si>
   <si>
     <t>2020-09-16</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>1364</t>
+    <t>1378</t>
   </si>
   <si>
     <t>2020-09-15</t>
   </si>
   <si>
-    <t>1365</t>
+    <t>1379</t>
   </si>
   <si>
     <t>2020-09-14</t>
   </si>
   <si>
     <t>48.13</t>
   </si>
   <si>
-    <t>1366</t>
+    <t>1380</t>
   </si>
   <si>
     <t>2020-09-11</t>
   </si>
   <si>
-    <t>1367</t>
+    <t>1381</t>
   </si>
   <si>
     <t>2020-09-10</t>
   </si>
   <si>
     <t>47.95</t>
   </si>
   <si>
-    <t>1368</t>
+    <t>1382</t>
   </si>
   <si>
     <t>2020-09-09</t>
   </si>
   <si>
-    <t>1369</t>
+    <t>1383</t>
   </si>
   <si>
     <t>2020-09-08</t>
   </si>
   <si>
     <t>47.43</t>
   </si>
   <si>
-    <t>1370</t>
+    <t>1384</t>
   </si>
   <si>
     <t>2020-09-07</t>
   </si>
   <si>
     <t>48.35</t>
   </si>
   <si>
-    <t>1371</t>
+    <t>1385</t>
   </si>
   <si>
     <t>2020-09-04</t>
   </si>
   <si>
     <t>47.94</t>
   </si>
   <si>
-    <t>1372</t>
+    <t>1386</t>
   </si>
   <si>
     <t>2020-09-03</t>
   </si>
   <si>
-    <t>1373</t>
+    <t>1387</t>
   </si>
   <si>
     <t>2020-09-02</t>
   </si>
   <si>
     <t>48.66</t>
   </si>
   <si>
-    <t>1374</t>
+    <t>1388</t>
   </si>
   <si>
     <t>2020-09-01</t>
   </si>
   <si>
     <t>48.48</t>
   </si>
   <si>
-    <t>1375</t>
+    <t>1389</t>
   </si>
   <si>
     <t>2020-08-31</t>
   </si>
   <si>
     <t>48.93</t>
   </si>
   <si>
-    <t>1376</t>
+    <t>1390</t>
   </si>
   <si>
     <t>2020-08-28</t>
   </si>
   <si>
-    <t>1377</t>
+    <t>1391</t>
   </si>
   <si>
     <t>2020-08-27</t>
   </si>
   <si>
     <t>48.91</t>
   </si>
   <si>
-    <t>1378</t>
+    <t>1392</t>
   </si>
   <si>
     <t>2020-08-26</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
-    <t>1379</t>
+    <t>1393</t>
   </si>
   <si>
     <t>2020-08-25</t>
   </si>
   <si>
-    <t>1380</t>
+    <t>1394</t>
   </si>
   <si>
     <t>2020-08-24</t>
   </si>
   <si>
     <t>49.16</t>
   </si>
   <si>
-    <t>1381</t>
+    <t>1395</t>
   </si>
   <si>
     <t>2020-08-21</t>
   </si>
   <si>
-    <t>1382</t>
+    <t>1396</t>
   </si>
   <si>
     <t>2020-08-20</t>
   </si>
   <si>
     <t>48.84</t>
   </si>
   <si>
-    <t>1383</t>
+    <t>1397</t>
   </si>
   <si>
     <t>2020-08-19</t>
   </si>
   <si>
     <t>48.89</t>
   </si>
   <si>
-    <t>1384</t>
+    <t>1398</t>
   </si>
   <si>
     <t>2020-08-18</t>
   </si>
   <si>
     <t>49.01</t>
   </si>
   <si>
-    <t>1385</t>
+    <t>1399</t>
   </si>
   <si>
     <t>2020-08-17</t>
   </si>
   <si>
     <t>49.14</t>
   </si>
   <si>
-    <t>1386</t>
+    <t>1400</t>
   </si>
   <si>
     <t>2020-08-14</t>
   </si>
   <si>
     <t>48.73</t>
   </si>
   <si>
-    <t>1387</t>
+    <t>1401</t>
   </si>
   <si>
     <t>2020-08-13</t>
   </si>
   <si>
-    <t>1388</t>
+    <t>1402</t>
   </si>
   <si>
     <t>2020-08-12</t>
   </si>
   <si>
     <t>48.65</t>
   </si>
   <si>
-    <t>1389</t>
+    <t>1403</t>
   </si>
   <si>
     <t>2020-08-11</t>
   </si>
   <si>
-    <t>1390</t>
+    <t>1404</t>
   </si>
   <si>
     <t>2020-08-10</t>
   </si>
   <si>
-    <t>1391</t>
+    <t>1405</t>
   </si>
   <si>
     <t>2020-08-07</t>
   </si>
   <si>
-    <t>1392</t>
+    <t>1406</t>
   </si>
   <si>
     <t>2020-08-06</t>
   </si>
   <si>
-    <t>1393</t>
+    <t>1407</t>
   </si>
   <si>
     <t>2020-08-05</t>
   </si>
   <si>
     <t>49.10</t>
   </si>
   <si>
-    <t>1394</t>
+    <t>1408</t>
   </si>
   <si>
     <t>2020-08-04</t>
   </si>
   <si>
     <t>48.53</t>
   </si>
   <si>
-    <t>1395</t>
+    <t>1409</t>
   </si>
   <si>
     <t>2020-08-03</t>
   </si>
   <si>
-    <t>1396</t>
+    <t>1410</t>
   </si>
   <si>
     <t>2020-07-31</t>
   </si>
   <si>
     <t>48.06</t>
   </si>
   <si>
-    <t>1397</t>
+    <t>1411</t>
   </si>
   <si>
     <t>2020-07-30</t>
   </si>
   <si>
     <t>47.79</t>
   </si>
   <si>
-    <t>1398</t>
+    <t>1412</t>
   </si>
   <si>
     <t>2020-07-29</t>
   </si>
   <si>
-    <t>1399</t>
+    <t>1413</t>
   </si>
   <si>
     <t>2020-07-28</t>
   </si>
   <si>
-    <t>1400</t>
+    <t>1414</t>
   </si>
   <si>
     <t>2020-07-27</t>
   </si>
   <si>
-    <t>1401</t>
+    <t>1415</t>
   </si>
   <si>
     <t>2020-07-24</t>
   </si>
   <si>
-    <t>1402</t>
+    <t>1416</t>
   </si>
   <si>
     <t>2020-07-23</t>
   </si>
   <si>
-    <t>1403</t>
+    <t>1417</t>
   </si>
   <si>
     <t>2020-07-22</t>
   </si>
   <si>
-    <t>1404</t>
+    <t>1418</t>
   </si>
   <si>
     <t>2020-07-21</t>
   </si>
   <si>
     <t>49.18</t>
   </si>
   <si>
-    <t>1405</t>
+    <t>1419</t>
   </si>
   <si>
     <t>2020-07-20</t>
   </si>
   <si>
     <t>49.04</t>
   </si>
   <si>
-    <t>1406</t>
+    <t>1420</t>
   </si>
   <si>
     <t>2020-07-17</t>
   </si>
   <si>
-    <t>1407</t>
+    <t>1421</t>
   </si>
   <si>
     <t>2020-07-16</t>
   </si>
   <si>
     <t>48.29</t>
   </si>
   <si>
-    <t>1408</t>
+    <t>1422</t>
   </si>
   <si>
     <t>2020-07-15</t>
   </si>
   <si>
     <t>48.01</t>
   </si>
   <si>
-    <t>1409</t>
+    <t>1423</t>
   </si>
   <si>
     <t>2020-07-14</t>
   </si>
   <si>
     <t>47.85</t>
   </si>
   <si>
-    <t>1410</t>
+    <t>1424</t>
   </si>
   <si>
     <t>2020-07-13</t>
   </si>
   <si>
-    <t>1411</t>
+    <t>1425</t>
   </si>
   <si>
     <t>2020-07-10</t>
   </si>
   <si>
-    <t>1412</t>
+    <t>1426</t>
   </si>
   <si>
     <t>2020-07-09</t>
   </si>
   <si>
-    <t>1413</t>
+    <t>1427</t>
   </si>
   <si>
     <t>2020-07-08</t>
   </si>
   <si>
-    <t>1414</t>
+    <t>1428</t>
   </si>
   <si>
     <t>2020-07-07</t>
   </si>
   <si>
     <t>47.38</t>
   </si>
   <si>
-    <t>1415</t>
+    <t>1429</t>
   </si>
   <si>
     <t>2020-07-06</t>
   </si>
   <si>
     <t>47.63</t>
   </si>
   <si>
-    <t>1416</t>
+    <t>1430</t>
   </si>
   <si>
     <t>2020-07-03</t>
   </si>
   <si>
     <t>47.37</t>
   </si>
   <si>
-    <t>1417</t>
+    <t>1431</t>
   </si>
   <si>
     <t>2020-07-02</t>
   </si>
   <si>
     <t>47.36</t>
   </si>
   <si>
-    <t>1418</t>
+    <t>1432</t>
   </si>
   <si>
     <t>2020-07-01</t>
   </si>
   <si>
     <t>46.64</t>
   </si>
   <si>
-    <t>1419</t>
+    <t>1433</t>
   </si>
   <si>
     <t>2020-06-30</t>
   </si>
   <si>
     <t>46.45</t>
   </si>
   <si>
-    <t>1420</t>
+    <t>1434</t>
   </si>
   <si>
     <t>2020-06-29</t>
   </si>
   <si>
     <t>46.65</t>
   </si>
   <si>
-    <t>1421</t>
+    <t>1435</t>
   </si>
   <si>
     <t>2020-06-26</t>
   </si>
   <si>
     <t>46.56</t>
   </si>
   <si>
-    <t>1422</t>
+    <t>1436</t>
   </si>
   <si>
     <t>2020-06-25</t>
   </si>
   <si>
     <t>46.69</t>
   </si>
   <si>
-    <t>1423</t>
+    <t>1437</t>
   </si>
   <si>
     <t>2020-06-24</t>
   </si>
   <si>
-    <t>1424</t>
+    <t>1438</t>
   </si>
   <si>
     <t>2020-06-23</t>
   </si>
   <si>
-    <t>1425</t>
+    <t>1439</t>
   </si>
   <si>
     <t>2020-06-22</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
-    <t>1426</t>
+    <t>1440</t>
   </si>
   <si>
     <t>2020-06-19</t>
   </si>
   <si>
     <t>46.49</t>
   </si>
   <si>
-    <t>1427</t>
+    <t>1441</t>
   </si>
   <si>
     <t>2020-06-18</t>
   </si>
   <si>
-    <t>1428</t>
+    <t>1442</t>
   </si>
   <si>
     <t>2020-06-17</t>
   </si>
   <si>
     <t>47.03</t>
   </si>
   <si>
-    <t>1429</t>
+    <t>1443</t>
   </si>
   <si>
     <t>2020-06-16</t>
   </si>
   <si>
     <t>46.80</t>
   </si>
   <si>
-    <t>1430</t>
+    <t>1444</t>
   </si>
   <si>
     <t>2020-06-15</t>
   </si>
   <si>
-    <t>1431</t>
+    <t>1445</t>
   </si>
   <si>
     <t>2020-06-12</t>
   </si>
   <si>
     <t>46.79</t>
   </si>
   <si>
-    <t>1432</t>
+    <t>1446</t>
   </si>
   <si>
     <t>2020-06-10</t>
   </si>
   <si>
     <t>47.42</t>
   </si>
   <si>
-    <t>1433</t>
+    <t>1447</t>
   </si>
   <si>
     <t>2020-06-09</t>
   </si>
   <si>
     <t>47.40</t>
   </si>
   <si>
-    <t>1434</t>
+    <t>1448</t>
   </si>
   <si>
     <t>2020-06-08</t>
   </si>
   <si>
-    <t>1435</t>
+    <t>1449</t>
   </si>
   <si>
     <t>2020-06-05</t>
   </si>
   <si>
     <t>47.56</t>
   </si>
   <si>
-    <t>1436</t>
+    <t>1450</t>
   </si>
   <si>
     <t>2020-06-04</t>
   </si>
   <si>
     <t>47.05</t>
   </si>
   <si>
-    <t>1437</t>
+    <t>1451</t>
   </si>
   <si>
     <t>2020-06-03</t>
   </si>
   <si>
-    <t>1438</t>
+    <t>1452</t>
   </si>
   <si>
     <t>2020-06-02</t>
   </si>
   <si>
-    <t>1439</t>
+    <t>1453</t>
   </si>
   <si>
     <t>2020-06-01</t>
   </si>
   <si>
     <t>46.73</t>
   </si>
   <si>
-    <t>1440</t>
+    <t>1454</t>
   </si>
   <si>
     <t>2020-05-29</t>
   </si>
   <si>
     <t>46.61</t>
   </si>
   <si>
-    <t>1441</t>
+    <t>1455</t>
   </si>
   <si>
     <t>2020-05-28</t>
   </si>
   <si>
     <t>46.40</t>
   </si>
   <si>
-    <t>1442</t>
+    <t>1456</t>
   </si>
   <si>
     <t>2020-05-27</t>
   </si>
   <si>
     <t>46.29</t>
   </si>
   <si>
-    <t>1443</t>
+    <t>1457</t>
   </si>
   <si>
     <t>2020-05-26</t>
   </si>
   <si>
     <t>46.25</t>
   </si>
   <si>
-    <t>1444</t>
+    <t>1458</t>
   </si>
   <si>
     <t>2020-05-25</t>
   </si>
   <si>
     <t>46.11</t>
   </si>
   <si>
-    <t>1445</t>
+    <t>1459</t>
   </si>
   <si>
     <t>2020-05-22</t>
   </si>
   <si>
     <t>45.82</t>
   </si>
   <si>
-    <t>1446</t>
+    <t>1460</t>
   </si>
   <si>
     <t>2020-05-21</t>
   </si>
   <si>
     <t>45.87</t>
   </si>
   <si>
-    <t>1447</t>
+    <t>1461</t>
   </si>
   <si>
     <t>2020-05-20</t>
   </si>
   <si>
     <t>46.23</t>
   </si>
   <si>
-    <t>1448</t>
+    <t>1462</t>
   </si>
   <si>
     <t>2020-05-19</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
-    <t>1449</t>
+    <t>1463</t>
   </si>
   <si>
     <t>2020-05-18</t>
   </si>
   <si>
     <t>46.20</t>
   </si>
   <si>
-    <t>1450</t>
+    <t>1464</t>
   </si>
   <si>
     <t>2020-05-15</t>
   </si>
   <si>
     <t>45.53</t>
   </si>
   <si>
-    <t>1451</t>
+    <t>1465</t>
   </si>
   <si>
     <t>2020-05-14</t>
   </si>
   <si>
     <t>45.68</t>
   </si>
   <si>
-    <t>1452</t>
+    <t>1466</t>
   </si>
   <si>
     <t>2020-05-13</t>
   </si>
   <si>
     <t>45.86</t>
   </si>
   <si>
-    <t>1453</t>
+    <t>1467</t>
   </si>
   <si>
     <t>2020-05-12</t>
   </si>
   <si>
     <t>45.95</t>
   </si>
   <si>
-    <t>1454</t>
+    <t>1468</t>
   </si>
   <si>
     <t>2020-05-11</t>
   </si>
   <si>
-    <t>1455</t>
+    <t>1469</t>
   </si>
   <si>
     <t>2020-05-08</t>
   </si>
   <si>
-    <t>1456</t>
+    <t>1470</t>
   </si>
   <si>
     <t>2020-05-07</t>
   </si>
   <si>
     <t>45.80</t>
   </si>
   <si>
-    <t>1457</t>
+    <t>1471</t>
   </si>
   <si>
     <t>2020-05-06</t>
   </si>
   <si>
     <t>45.57</t>
   </si>
   <si>
-    <t>1458</t>
+    <t>1472</t>
   </si>
   <si>
     <t>2020-05-05</t>
   </si>
   <si>
     <t>45.90</t>
   </si>
   <si>
-    <t>1459</t>
+    <t>1473</t>
   </si>
   <si>
     <t>2020-05-04</t>
   </si>
   <si>
     <t>45.66</t>
   </si>
   <si>
-    <t>1460</t>
+    <t>1474</t>
   </si>
   <si>
     <t>2020-04-30</t>
   </si>
   <si>
-    <t>1461</t>
+    <t>1475</t>
   </si>
   <si>
     <t>2020-04-29</t>
   </si>
   <si>
     <t>46.00</t>
   </si>
   <si>
-    <t>1462</t>
+    <t>1476</t>
   </si>
   <si>
     <t>2020-04-28</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>1463</t>
+    <t>1477</t>
   </si>
   <si>
     <t>2020-04-27</t>
   </si>
   <si>
     <t>45.65</t>
   </si>
   <si>
-    <t>1464</t>
+    <t>1478</t>
   </si>
   <si>
     <t>2020-04-24</t>
   </si>
   <si>
-    <t>1465</t>
+    <t>1479</t>
   </si>
   <si>
     <t>2020-04-23</t>
   </si>
   <si>
     <t>45.94</t>
   </si>
   <si>
-    <t>1466</t>
+    <t>1480</t>
   </si>
   <si>
     <t>2020-04-22</t>
   </si>
   <si>
     <t>45.52</t>
   </si>
   <si>
-    <t>1467</t>
+    <t>1481</t>
   </si>
   <si>
     <t>2020-04-21</t>
   </si>
   <si>
-    <t>1468</t>
+    <t>1482</t>
   </si>
   <si>
     <t>2020-04-20</t>
   </si>
   <si>
-    <t>1469</t>
+    <t>1483</t>
   </si>
   <si>
     <t>2020-04-17</t>
   </si>
   <si>
     <t>45.43</t>
   </si>
   <si>
-    <t>1470</t>
+    <t>1484</t>
   </si>
   <si>
     <t>2020-04-16</t>
   </si>
   <si>
-    <t>1471</t>
+    <t>1485</t>
   </si>
   <si>
     <t>2020-04-15</t>
   </si>
   <si>
-    <t>1472</t>
+    <t>1486</t>
   </si>
   <si>
     <t>2020-04-14</t>
   </si>
   <si>
     <t>45.85</t>
   </si>
   <si>
-    <t>1473</t>
+    <t>1487</t>
   </si>
   <si>
     <t>2020-04-09</t>
   </si>
   <si>
     <t>45.23</t>
   </si>
   <si>
-    <t>1474</t>
+    <t>1488</t>
   </si>
   <si>
     <t>2020-04-08</t>
   </si>
   <si>
     <t>44.55</t>
   </si>
   <si>
-    <t>1475</t>
+    <t>1489</t>
   </si>
   <si>
     <t>2020-04-07</t>
   </si>
   <si>
     <t>44.28</t>
   </si>
   <si>
-    <t>1476</t>
+    <t>1490</t>
   </si>
   <si>
     <t>2020-04-06</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
-    <t>1477</t>
+    <t>1491</t>
   </si>
   <si>
     <t>2020-04-03</t>
   </si>
   <si>
     <t>43.19</t>
   </si>
   <si>
-    <t>1478</t>
+    <t>1492</t>
   </si>
   <si>
     <t>2020-04-02</t>
   </si>
   <si>
     <t>43.06</t>
   </si>
   <si>
-    <t>1479</t>
+    <t>1493</t>
   </si>
   <si>
     <t>2020-04-01</t>
   </si>
   <si>
     <t>42.94</t>
   </si>
   <si>
-    <t>1480</t>
+    <t>1494</t>
   </si>
   <si>
     <t>2020-03-31</t>
   </si>
   <si>
     <t>43.24</t>
   </si>
   <si>
-    <t>1481</t>
+    <t>1495</t>
   </si>
   <si>
     <t>2020-03-30</t>
   </si>
   <si>
     <t>42.98</t>
   </si>
   <si>
-    <t>1482</t>
+    <t>1496</t>
   </si>
   <si>
     <t>2020-03-27</t>
   </si>
   <si>
-    <t>1483</t>
+    <t>1497</t>
   </si>
   <si>
     <t>2020-03-26</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
-    <t>1484</t>
+    <t>1498</t>
   </si>
   <si>
     <t>2020-03-25</t>
   </si>
   <si>
     <t>43.02</t>
   </si>
   <si>
-    <t>1485</t>
+    <t>1499</t>
   </si>
   <si>
     <t>2020-03-24</t>
   </si>
   <si>
     <t>42.99</t>
   </si>
   <si>
-    <t>1486</t>
+    <t>1500</t>
   </si>
   <si>
     <t>2020-03-23</t>
   </si>
   <si>
     <t>41.84</t>
   </si>
   <si>
-    <t>1487</t>
+    <t>1501</t>
   </si>
   <si>
     <t>2020-03-20</t>
   </si>
   <si>
     <t>42.62</t>
   </si>
   <si>
-    <t>1488</t>
+    <t>1502</t>
   </si>
   <si>
     <t>2020-03-19</t>
   </si>
   <si>
     <t>42.46</t>
   </si>
   <si>
-    <t>1489</t>
+    <t>1503</t>
   </si>
   <si>
     <t>2020-03-18</t>
   </si>
   <si>
     <t>41.70</t>
   </si>
   <si>
-    <t>1490</t>
+    <t>1504</t>
   </si>
   <si>
     <t>2020-03-17</t>
   </si>
   <si>
     <t>42.30</t>
   </si>
   <si>
-    <t>1491</t>
+    <t>1505</t>
   </si>
   <si>
     <t>2020-03-16</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
-    <t>1492</t>
+    <t>1506</t>
   </si>
   <si>
     <t>2020-03-13</t>
   </si>
   <si>
     <t>41.52</t>
   </si>
   <si>
-    <t>1493</t>
+    <t>1507</t>
   </si>
   <si>
     <t>2020-03-12</t>
   </si>
   <si>
     <t>41.26</t>
   </si>
   <si>
-    <t>1494</t>
+    <t>1508</t>
   </si>
   <si>
     <t>2020-03-11</t>
   </si>
   <si>
     <t>44.03</t>
   </si>
   <si>
-    <t>1495</t>
+    <t>1509</t>
   </si>
   <si>
     <t>2020-03-10</t>
   </si>
   <si>
     <t>45.16</t>
   </si>
   <si>
-    <t>1496</t>
+    <t>1510</t>
   </si>
   <si>
     <t>2020-03-09</t>
   </si>
   <si>
     <t>45.48</t>
   </si>
   <si>
-    <t>1497</t>
+    <t>1511</t>
   </si>
   <si>
     <t>2020-03-06</t>
   </si>
   <si>
     <t>47.51</t>
   </si>
   <si>
-    <t>1498</t>
+    <t>1512</t>
   </si>
   <si>
     <t>2020-03-05</t>
   </si>
   <si>
-    <t>1499</t>
+    <t>1513</t>
   </si>
   <si>
     <t>2020-03-04</t>
   </si>
   <si>
     <t>48.34</t>
   </si>
   <si>
-    <t>1500</t>
+    <t>1514</t>
   </si>
   <si>
     <t>2020-03-03</t>
   </si>
   <si>
-    <t>1501</t>
+    <t>1515</t>
   </si>
   <si>
     <t>2020-03-02</t>
   </si>
   <si>
     <t>47.48</t>
   </si>
   <si>
-    <t>1502</t>
+    <t>1516</t>
   </si>
   <si>
     <t>2020-02-28</t>
   </si>
   <si>
     <t>47.26</t>
   </si>
   <si>
-    <t>1503</t>
+    <t>1517</t>
   </si>
   <si>
     <t>2020-02-27</t>
   </si>
   <si>
-    <t>1504</t>
+    <t>1518</t>
   </si>
   <si>
     <t>2020-02-26</t>
   </si>
   <si>
     <t>49.33</t>
   </si>
   <si>
-    <t>1505</t>
+    <t>1519</t>
   </si>
   <si>
     <t>2020-02-25</t>
   </si>
   <si>
     <t>49.41</t>
   </si>
   <si>
-    <t>1506</t>
+    <t>1520</t>
   </si>
   <si>
     <t>2020-02-24</t>
   </si>
   <si>
     <t>50.13</t>
   </si>
   <si>
-    <t>1507</t>
+    <t>1521</t>
   </si>
   <si>
     <t>2020-02-21</t>
   </si>
   <si>
     <t>50.94</t>
   </si>
   <si>
-    <t>1508</t>
+    <t>1522</t>
   </si>
   <si>
     <t>2020-02-20</t>
   </si>
   <si>
     <t>51.06</t>
   </si>
   <si>
-    <t>1509</t>
+    <t>1523</t>
   </si>
   <si>
     <t>2020-02-19</t>
   </si>
   <si>
-    <t>1510</t>
+    <t>1524</t>
   </si>
   <si>
     <t>2020-02-18</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
-    <t>1511</t>
+    <t>1525</t>
   </si>
   <si>
     <t>2020-02-17</t>
   </si>
   <si>
-    <t>1512</t>
+    <t>1526</t>
   </si>
   <si>
     <t>2020-02-14</t>
   </si>
   <si>
-    <t>1513</t>
+    <t>1527</t>
   </si>
   <si>
     <t>2020-02-13</t>
   </si>
   <si>
     <t>50.72</t>
   </si>
   <si>
-    <t>1514</t>
+    <t>1528</t>
   </si>
   <si>
     <t>2020-02-12</t>
   </si>
   <si>
     <t>50.71</t>
   </si>
   <si>
-    <t>1515</t>
+    <t>1529</t>
   </si>
   <si>
     <t>2020-02-11</t>
   </si>
   <si>
     <t>50.79</t>
   </si>
   <si>
-    <t>1516</t>
+    <t>1530</t>
   </si>
   <si>
     <t>2020-02-10</t>
   </si>
   <si>
     <t>50.65</t>
   </si>
   <si>
-    <t>1517</t>
+    <t>1531</t>
   </si>
   <si>
     <t>2020-02-07</t>
   </si>
   <si>
-    <t>1518</t>
+    <t>1532</t>
   </si>
   <si>
     <t>2020-02-06</t>
   </si>
   <si>
     <t>50.54</t>
   </si>
   <si>
-    <t>1519</t>
+    <t>1533</t>
   </si>
   <si>
     <t>2020-02-05</t>
   </si>
   <si>
     <t>50.43</t>
   </si>
   <si>
-    <t>1520</t>
+    <t>1534</t>
   </si>
   <si>
     <t>2020-02-04</t>
   </si>
   <si>
     <t>50.36</t>
   </si>
   <si>
-    <t>1521</t>
+    <t>1535</t>
   </si>
   <si>
     <t>2020-02-03</t>
   </si>
   <si>
     <t>50.19</t>
   </si>
   <si>
-    <t>1522</t>
+    <t>1536</t>
   </si>
   <si>
     <t>2020-01-31</t>
   </si>
   <si>
     <t>50.21</t>
   </si>
   <si>
-    <t>1523</t>
+    <t>1537</t>
   </si>
   <si>
     <t>2020-01-30</t>
   </si>
   <si>
     <t>50.38</t>
   </si>
   <si>
-    <t>1524</t>
+    <t>1538</t>
   </si>
   <si>
     <t>2020-01-29</t>
   </si>
   <si>
-    <t>1525</t>
+    <t>1539</t>
   </si>
   <si>
     <t>2020-01-28</t>
   </si>
   <si>
-    <t>1526</t>
+    <t>1540</t>
   </si>
   <si>
     <t>2020-01-27</t>
   </si>
   <si>
-    <t>1527</t>
+    <t>1541</t>
   </si>
   <si>
     <t>2020-01-24</t>
   </si>
   <si>
     <t>50.49</t>
   </si>
   <si>
-    <t>1528</t>
+    <t>1542</t>
   </si>
   <si>
     <t>2020-01-23</t>
   </si>
   <si>
-    <t>1529</t>
+    <t>1543</t>
   </si>
   <si>
     <t>2020-01-22</t>
   </si>
   <si>
     <t>50.57</t>
   </si>
   <si>
-    <t>1530</t>
+    <t>1544</t>
   </si>
   <si>
     <t>2020-01-21</t>
   </si>
   <si>
-    <t>1531</t>
+    <t>1545</t>
   </si>
   <si>
     <t>2020-01-20</t>
   </si>
   <si>
-    <t>1532</t>
+    <t>1546</t>
   </si>
   <si>
     <t>2020-01-17</t>
   </si>
   <si>
     <t>50.60</t>
   </si>
   <si>
-    <t>1533</t>
+    <t>1547</t>
   </si>
   <si>
     <t>2020-01-16</t>
   </si>
   <si>
-    <t>1534</t>
+    <t>1548</t>
   </si>
   <si>
     <t>2020-01-15</t>
   </si>
   <si>
-    <t>1535</t>
+    <t>1549</t>
   </si>
   <si>
     <t>2020-01-14</t>
   </si>
   <si>
     <t>50.32</t>
   </si>
   <si>
-    <t>1536</t>
+    <t>1550</t>
   </si>
   <si>
     <t>2020-01-13</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>1537</t>
+    <t>1551</t>
   </si>
   <si>
     <t>2020-01-10</t>
   </si>
   <si>
-    <t>1538</t>
+    <t>1552</t>
   </si>
   <si>
     <t>2020-01-09</t>
   </si>
   <si>
-    <t>1539</t>
+    <t>1553</t>
   </si>
   <si>
     <t>2020-01-08</t>
   </si>
   <si>
     <t>49.99</t>
   </si>
   <si>
-    <t>1540</t>
+    <t>1554</t>
   </si>
   <si>
     <t>2020-01-07</t>
   </si>
   <si>
     <t>50.20</t>
   </si>
   <si>
-    <t>1541</t>
+    <t>1555</t>
   </si>
   <si>
     <t>2020-01-03</t>
   </si>
   <si>
-    <t>1542</t>
+    <t>1556</t>
   </si>
   <si>
     <t>2020-01-02</t>
   </si>
   <si>
-    <t>1543</t>
+    <t>1557</t>
   </si>
   <si>
     <t>2019-12-30</t>
   </si>
   <si>
     <t>49.96</t>
   </si>
   <si>
-    <t>1544</t>
+    <t>1558</t>
   </si>
   <si>
     <t>2019-12-27</t>
   </si>
   <si>
-    <t>1545</t>
+    <t>1559</t>
   </si>
   <si>
     <t>2019-12-23</t>
   </si>
   <si>
-    <t>1546</t>
+    <t>1560</t>
   </si>
   <si>
     <t>2019-12-20</t>
   </si>
   <si>
-    <t>1547</t>
+    <t>1561</t>
   </si>
   <si>
     <t>2019-12-19</t>
   </si>
   <si>
-    <t>1548</t>
+    <t>1562</t>
   </si>
   <si>
     <t>2019-12-18</t>
   </si>
   <si>
-    <t>1549</t>
+    <t>1563</t>
   </si>
   <si>
     <t>2019-12-17</t>
   </si>
   <si>
-    <t>1550</t>
+    <t>1564</t>
   </si>
   <si>
     <t>2019-12-16</t>
   </si>
   <si>
-    <t>1551</t>
+    <t>1565</t>
   </si>
   <si>
     <t>2019-12-13</t>
   </si>
   <si>
-    <t>1552</t>
+    <t>1566</t>
   </si>
   <si>
     <t>2019-12-12</t>
   </si>
   <si>
-    <t>1553</t>
+    <t>1567</t>
   </si>
   <si>
     <t>2019-12-11</t>
   </si>
   <si>
-    <t>1554</t>
+    <t>1568</t>
   </si>
   <si>
     <t>2019-12-10</t>
   </si>
   <si>
-    <t>1555</t>
+    <t>1569</t>
   </si>
   <si>
     <t>2019-12-09</t>
   </si>
   <si>
-    <t>1556</t>
+    <t>1570</t>
   </si>
   <si>
     <t>2019-12-06</t>
   </si>
   <si>
     <t>50.00</t>
   </si>
   <si>
-    <t>1557</t>
+    <t>1571</t>
   </si>
   <si>
     <t>2019-12-05</t>
   </si>
   <si>
-    <t>1558</t>
+    <t>1572</t>
   </si>
   <si>
     <t>2019-12-04</t>
   </si>
   <si>
-    <t>1559</t>
+    <t>1573</t>
   </si>
   <si>
     <t>2019-12-03</t>
   </si>
   <si>
-    <t>1560</t>
+    <t>1574</t>
   </si>
   <si>
     <t>2019-12-02</t>
   </si>
   <si>
-    <t>1561</t>
+    <t>1575</t>
   </si>
   <si>
     <t>2019-11-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -13141,51 +13267,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C1563"/>
+  <dimension ref="A1:C1577"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -13358,381 +13484,381 @@
         <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>144</v>
+        <v>122</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="53">
@@ -14106,524 +14232,524 @@
         <v>251</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>207</v>
+        <v>258</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>204</v>
+        <v>291</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>298</v>
+        <v>249</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>329</v>
+        <v>246</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>382</v>
+        <v>355</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>383</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>384</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>386</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="134">
@@ -14645,469 +14771,469 @@
         <v>393</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>396</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>398</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>399</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>440</v>
+        <v>317</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>420</v>
+        <v>453</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>492</v>
+        <v>462</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>511</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>514</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>515</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="178">
@@ -15250,348 +15376,348 @@
         <v>554</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>556</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>557</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>559</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>560</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>504</v>
+        <v>561</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>501</v>
+        <v>594</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>537</v>
+        <v>600</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>600</v>
+        <v>546</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>633</v>
+        <v>543</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>639</v>
+        <v>579</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>640</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>641</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>643</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>644</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="222">
@@ -15646,205 +15772,205 @@
         <v>659</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>661</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>662</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>664</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>665</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>609</v>
+        <v>666</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>707</v>
+        <v>651</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
         <v>708</v>
       </c>
       <c r="B243" s="0" t="s">
         <v>709</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>711</v>
       </c>
       <c r="B244" s="0" t="s">
         <v>712</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="245">
@@ -15910,205 +16036,205 @@
         <v>730</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>732</v>
       </c>
       <c r="B251" s="0" t="s">
         <v>733</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
         <v>735</v>
       </c>
       <c r="B252" s="0" t="s">
         <v>736</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="C266" s="0" t="s">
         <v>776</v>
-      </c>
-[...4 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>779</v>
       </c>
       <c r="B267" s="0" t="s">
         <v>780</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>782</v>
       </c>
       <c r="B268" s="0" t="s">
         <v>783</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="269">
@@ -16119,2493 +16245,2493 @@
         <v>786</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>788</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>789</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>791</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>792</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>651</v>
+        <v>793</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>790</v>
+        <v>808</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>833</v>
+        <v>693</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
         <v>849</v>
       </c>
       <c r="B291" s="0" t="s">
         <v>850</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>852</v>
       </c>
       <c r="B292" s="0" t="s">
         <v>853</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
         <v>855</v>
       </c>
       <c r="B293" s="0" t="s">
         <v>856</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>858</v>
       </c>
       <c r="B294" s="0" t="s">
         <v>859</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B308" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="C308" s="0" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>830</v>
+        <v>939</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>923</v>
+        <v>942</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>942</v>
+        <v>866</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>821</v>
+        <v>950</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>833</v>
+        <v>953</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>836</v>
+        <v>968</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>917</v>
+        <v>971</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>914</v>
+        <v>872</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>920</v>
+        <v>965</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>984</v>
+        <v>863</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>821</v>
+        <v>875</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>876</v>
+        <v>994</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>984</v>
+        <v>878</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1002</v>
+        <v>959</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>830</v>
+        <v>956</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1013</v>
+        <v>962</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1025</v>
+        <v>863</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1008</v>
+        <v>918</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>917</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>952</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>961</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1048</v>
+        <v>872</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1066</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1069</v>
+        <v>959</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>897</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1016</v>
+        <v>994</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>851</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>839</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>908</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1112</v>
+        <v>939</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1115</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1118</v>
+        <v>893</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1136</v>
+        <v>881</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1002</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1069</v>
+        <v>950</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1098</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>821</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1180</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1186</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1189</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1207</v>
+        <v>863</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
         <v>1208</v>
       </c>
       <c r="B420" s="0" t="s">
         <v>1209</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
         <v>1211</v>
       </c>
       <c r="B421" s="0" t="s">
         <v>1212</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
         <v>1214</v>
       </c>
       <c r="B422" s="0" t="s">
         <v>1215</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>818</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>804</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>815</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1019</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1087</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>894</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1093</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>848</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1157</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1244</v>
+        <v>1253</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1245</v>
+        <v>1254</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1246</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1247</v>
+        <v>1256</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1249</v>
+        <v>860</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>1250</v>
+        <v>1258</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1025</v>
+        <v>846</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>1252</v>
+        <v>1260</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>1253</v>
+        <v>1261</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1019</v>
+        <v>857</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>1254</v>
+        <v>1262</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>1255</v>
+        <v>1263</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>1258</v>
+        <v>1266</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1022</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>1259</v>
+        <v>1268</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1261</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>1262</v>
+        <v>1270</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>1263</v>
+        <v>1271</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1264</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1267</v>
+        <v>936</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1270</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1276</v>
+        <v>890</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>885</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1281</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1256</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>827</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>1289</v>
+        <v>1294</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1291</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>994</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>981</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>1296</v>
+        <v>1301</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>1308</v>
+        <v>1313</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>1312</v>
+        <v>1317</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1301</v>
+        <v>927</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>905</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1323</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1326</v>
+        <v>869</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1332</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1335</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1320</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1112</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1112</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>935</v>
+        <v>947</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1118</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1381</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>1390</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>1393</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1396</v>
+        <v>977</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1405</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
         <v>1406</v>
       </c>
       <c r="B494" s="0" t="s">
         <v>1407</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
         <v>1409</v>
       </c>
       <c r="B495" s="0" t="s">
         <v>1410</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="496">
@@ -18649,216 +18775,216 @@
         <v>1422</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
         <v>1424</v>
       </c>
       <c r="B500" s="0" t="s">
         <v>1425</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>1426</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
         <v>1427</v>
       </c>
       <c r="B501" s="0" t="s">
         <v>1428</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>1372</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>1469</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
         <v>1473</v>
       </c>
       <c r="B517" s="0" t="s">
         <v>1474</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
         <v>1476</v>
       </c>
       <c r="B518" s="0" t="s">
         <v>1477</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>1478</v>
       </c>
     </row>
     <row r="519">
@@ -18979,755 +19105,755 @@
         <v>1510</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
         <v>1512</v>
       </c>
       <c r="B530" s="0" t="s">
         <v>1513</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>1514</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
         <v>1515</v>
       </c>
       <c r="B531" s="0" t="s">
         <v>1516</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>1502</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>1490</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>1496</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>1566</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>1505</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>1577</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>1514</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B560" s="0" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C560" s="0" t="s">
         <v>1595</v>
-      </c>
-[...4 lines deleted...]
-        <v>1597</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>1615</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>1606</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>1635</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>1664</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>1700</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
         <v>1701</v>
       </c>
       <c r="B596" s="0" t="s">
         <v>1702</v>
       </c>
       <c r="C596" s="0" t="s">
         <v>1703</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
         <v>1704</v>
       </c>
       <c r="B597" s="0" t="s">
         <v>1705</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="598">
@@ -19848,469 +19974,469 @@
         <v>1738</v>
       </c>
       <c r="C608" s="0" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
         <v>1740</v>
       </c>
       <c r="B609" s="0" t="s">
         <v>1741</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
         <v>1743</v>
       </c>
       <c r="B610" s="0" t="s">
         <v>1744</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>1697</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>1697</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>1785</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>1756</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>1762</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="C631" s="0" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>1759</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
       <c r="C635" s="0" t="s">
-        <v>1815</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="C636" s="0" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="C637" s="0" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="C638" s="0" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C639" s="0" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C640" s="0" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>1833</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="C642" s="0" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>1839</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="C645" s="0" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="C646" s="0" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="C647" s="0" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="C648" s="0" t="s">
-        <v>1854</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
         <v>1855</v>
       </c>
       <c r="B649" s="0" t="s">
         <v>1856</v>
       </c>
       <c r="C649" s="0" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
         <v>1858</v>
       </c>
       <c r="B650" s="0" t="s">
         <v>1859</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="651">
@@ -20354,755 +20480,755 @@
         <v>1871</v>
       </c>
       <c r="C654" s="0" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
         <v>1873</v>
       </c>
       <c r="B655" s="0" t="s">
         <v>1874</v>
       </c>
       <c r="C655" s="0" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
         <v>1876</v>
       </c>
       <c r="B656" s="0" t="s">
         <v>1877</v>
       </c>
       <c r="C656" s="0" t="s">
-        <v>1791</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="C657" s="0" t="s">
-        <v>1804</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="C658" s="0" t="s">
-        <v>1703</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="C659" s="0" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="C660" s="0" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="C661" s="0" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="C662" s="0" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="C663" s="0" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="C664" s="0" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1900</v>
+        <v>1903</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="C665" s="0" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="C666" s="0" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C667" s="0" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="C668" s="0" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="C669" s="0" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="C670" s="0" t="s">
-        <v>1917</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="C671" s="0" t="s">
-        <v>1920</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="C672" s="0" t="s">
-        <v>1923</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
         <v>1924</v>
       </c>
       <c r="B673" s="0" t="s">
         <v>1925</v>
       </c>
       <c r="C673" s="0" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
         <v>1927</v>
       </c>
       <c r="B674" s="0" t="s">
         <v>1928</v>
       </c>
       <c r="C674" s="0" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
         <v>1930</v>
       </c>
       <c r="B675" s="0" t="s">
         <v>1931</v>
       </c>
       <c r="C675" s="0" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
         <v>1933</v>
       </c>
       <c r="B676" s="0" t="s">
         <v>1934</v>
       </c>
       <c r="C676" s="0" t="s">
-        <v>1899</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="C677" s="0" t="s">
-        <v>1908</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="C678" s="0" t="s">
-        <v>1911</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="C679" s="0" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="C680" s="0" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="C681" s="0" t="s">
-        <v>1923</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="C682" s="0" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="C683" s="0" t="s">
-        <v>1917</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="C684" s="0" t="s">
-        <v>1899</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1954</v>
+        <v>1960</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1955</v>
+        <v>1961</v>
       </c>
       <c r="C685" s="0" t="s">
-        <v>1956</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1957</v>
+        <v>1963</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1958</v>
+        <v>1964</v>
       </c>
       <c r="C686" s="0" t="s">
-        <v>1959</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1960</v>
+        <v>1966</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1961</v>
+        <v>1967</v>
       </c>
       <c r="C687" s="0" t="s">
-        <v>1962</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1963</v>
+        <v>1969</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1964</v>
+        <v>1970</v>
       </c>
       <c r="C688" s="0" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
       <c r="C689" s="0" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="C690" s="0" t="s">
-        <v>1971</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="C691" s="0" t="s">
-        <v>1974</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="C692" s="0" t="s">
-        <v>1977</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="C693" s="0" t="s">
-        <v>1968</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="C694" s="0" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="C695" s="0" t="s">
-        <v>1985</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="C696" s="0" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="C697" s="0" t="s">
-        <v>1991</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="C698" s="0" t="s">
-        <v>1994</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="C699" s="0" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="C700" s="0" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C701" s="0" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C702" s="0" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C703" s="0" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C704" s="0" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C705" s="0" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C706" s="0" t="s">
-        <v>1965</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C707" s="0" t="s">
-        <v>2020</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C708" s="0" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C709" s="0" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="C710" s="0" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="C711" s="0" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="C712" s="0" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="C713" s="0" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="C714" s="0" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="C715" s="0" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="C716" s="0" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="C717" s="0" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="C718" s="0" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="C719" s="0" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="C720" s="0" t="s">
-        <v>2059</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
         <v>2060</v>
       </c>
       <c r="B721" s="0" t="s">
         <v>2061</v>
       </c>
       <c r="C721" s="0" t="s">
         <v>2062</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
         <v>2063</v>
       </c>
       <c r="B722" s="0" t="s">
         <v>2064</v>
       </c>
       <c r="C722" s="0" t="s">
         <v>2065</v>
       </c>
     </row>
     <row r="723">
@@ -21597,799 +21723,799 @@
         <v>2199</v>
       </c>
       <c r="C767" s="0" t="s">
         <v>2200</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
         <v>2201</v>
       </c>
       <c r="B768" s="0" t="s">
         <v>2202</v>
       </c>
       <c r="C768" s="0" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
         <v>2204</v>
       </c>
       <c r="B769" s="0" t="s">
         <v>2205</v>
       </c>
       <c r="C769" s="0" t="s">
-        <v>2197</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="C770" s="0" t="s">
-        <v>2065</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="C771" s="0" t="s">
-        <v>2197</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>2211</v>
+        <v>2214</v>
       </c>
       <c r="C772" s="0" t="s">
-        <v>2212</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>2213</v>
+        <v>2216</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="C773" s="0" t="s">
-        <v>2215</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>2216</v>
+        <v>2219</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>2217</v>
+        <v>2220</v>
       </c>
       <c r="C774" s="0" t="s">
-        <v>2218</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>2219</v>
+        <v>2222</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>2220</v>
+        <v>2223</v>
       </c>
       <c r="C775" s="0" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="C776" s="0" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>2226</v>
+        <v>2229</v>
       </c>
       <c r="C777" s="0" t="s">
-        <v>2074</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>2227</v>
+        <v>2231</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>2228</v>
+        <v>2232</v>
       </c>
       <c r="C778" s="0" t="s">
-        <v>2229</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>2230</v>
+        <v>2234</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>2231</v>
+        <v>2235</v>
       </c>
       <c r="C779" s="0" t="s">
-        <v>2176</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="C780" s="0" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>2235</v>
+        <v>2240</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>2236</v>
+        <v>2241</v>
       </c>
       <c r="C781" s="0" t="s">
-        <v>2237</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>2238</v>
+        <v>2243</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>2239</v>
+        <v>2244</v>
       </c>
       <c r="C782" s="0" t="s">
-        <v>2240</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>2241</v>
+        <v>2246</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>2242</v>
+        <v>2247</v>
       </c>
       <c r="C783" s="0" t="s">
-        <v>2243</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>2244</v>
+        <v>2248</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="C784" s="0" t="s">
-        <v>2229</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="C785" s="0" t="s">
-        <v>2248</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="C786" s="0" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="C787" s="0" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="C788" s="0" t="s">
-        <v>2257</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="C789" s="0" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
       <c r="C790" s="0" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>2265</v>
+        <v>2268</v>
       </c>
       <c r="C791" s="0" t="s">
-        <v>2266</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="C792" s="0" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="C793" s="0" t="s">
-        <v>2272</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="C794" s="0" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="C795" s="0" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="C796" s="0" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="C797" s="0" t="s">
-        <v>2269</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="C798" s="0" t="s">
-        <v>2286</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="C799" s="0" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="C800" s="0" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="C801" s="0" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="C802" s="0" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="C803" s="0" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="C804" s="0" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="C805" s="0" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="C806" s="0" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="C807" s="0" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="C808" s="0" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="C809" s="0" t="s">
-        <v>2295</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="C810" s="0" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="C811" s="0" t="s">
-        <v>2324</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="C812" s="0" t="s">
-        <v>2289</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="C813" s="0" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="C814" s="0" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="C815" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="C816" s="0" t="s">
-        <v>2335</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="C817" s="0" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
       <c r="C818" s="0" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="C819" s="0" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="C820" s="0" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="C821" s="0" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="C822" s="0" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="C823" s="0" t="s">
-        <v>2310</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>2358</v>
+        <v>2361</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="C824" s="0" t="s">
-        <v>2360</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>2361</v>
+        <v>2364</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>2362</v>
+        <v>2365</v>
       </c>
       <c r="C825" s="0" t="s">
-        <v>2363</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>2364</v>
+        <v>2367</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>2365</v>
+        <v>2368</v>
       </c>
       <c r="C826" s="0" t="s">
-        <v>2366</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="C827" s="0" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="C828" s="0" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="C829" s="0" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="B830" s="0" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C830" s="0" t="s">
         <v>2377</v>
-      </c>
-[...1 lines deleted...]
-        <v>2378</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="C831" s="0" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="C832" s="0" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="C833" s="0" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="C834" s="0" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="C835" s="0" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="C836" s="0" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="C837" s="0" t="s">
-        <v>2399</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
         <v>2400</v>
       </c>
       <c r="B838" s="0" t="s">
         <v>2401</v>
       </c>
       <c r="C838" s="0" t="s">
         <v>2402</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
         <v>2403</v>
       </c>
       <c r="B839" s="0" t="s">
         <v>2404</v>
       </c>
       <c r="C839" s="0" t="s">
         <v>2405</v>
       </c>
     </row>
     <row r="840">
@@ -22576,337 +22702,337 @@
         <v>2455</v>
       </c>
       <c r="C856" s="0" t="s">
         <v>2456</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
         <v>2457</v>
       </c>
       <c r="B857" s="0" t="s">
         <v>2458</v>
       </c>
       <c r="C857" s="0" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
         <v>2460</v>
       </c>
       <c r="B858" s="0" t="s">
         <v>2461</v>
       </c>
       <c r="C858" s="0" t="s">
-        <v>2441</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C859" s="0" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="C860" s="0" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="C861" s="0" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="C862" s="0" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="C863" s="0" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="C864" s="0" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="C865" s="0" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="C866" s="0" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="C867" s="0" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="C868" s="0" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="C869" s="0" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="C870" s="0" t="s">
-        <v>2381</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="C871" s="0" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>2501</v>
+        <v>2503</v>
       </c>
       <c r="C872" s="0" t="s">
-        <v>2502</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="C873" s="0" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="C874" s="0" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="C875" s="0" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="C876" s="0" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="C877" s="0" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="C878" s="0" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="C879" s="0" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="C880" s="0" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
       <c r="C881" s="0" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="C882" s="0" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="C883" s="0" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="C884" s="0" t="s">
-        <v>2538</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
         <v>2539</v>
       </c>
       <c r="B885" s="0" t="s">
         <v>2540</v>
       </c>
       <c r="C885" s="0" t="s">
         <v>2541</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
         <v>2542</v>
       </c>
       <c r="B886" s="0" t="s">
         <v>2543</v>
       </c>
       <c r="C886" s="0" t="s">
         <v>2544</v>
       </c>
     </row>
     <row r="887">
@@ -22983,7380 +23109,7534 @@
         <v>2564</v>
       </c>
       <c r="C893" s="0" t="s">
         <v>2565</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
         <v>2566</v>
       </c>
       <c r="B894" s="0" t="s">
         <v>2567</v>
       </c>
       <c r="C894" s="0" t="s">
         <v>2568</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
         <v>2569</v>
       </c>
       <c r="B895" s="0" t="s">
         <v>2570</v>
       </c>
       <c r="C895" s="0" t="s">
-        <v>2538</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="C896" s="0" t="s">
-        <v>2313</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="C897" s="0" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="C898" s="0" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="C899" s="0" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="C900" s="0" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
       <c r="C901" s="0" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="C902" s="0" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="C903" s="0" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="C904" s="0" t="s">
-        <v>2346</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>2596</v>
+        <v>2599</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="C905" s="0" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="C906" s="0" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>2602</v>
+        <v>2605</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="C907" s="0" t="s">
-        <v>2375</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>2604</v>
+        <v>2608</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>2605</v>
+        <v>2609</v>
       </c>
       <c r="C908" s="0" t="s">
-        <v>2606</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>2607</v>
+        <v>2611</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>2608</v>
+        <v>2612</v>
       </c>
       <c r="C909" s="0" t="s">
-        <v>2609</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>2610</v>
+        <v>2613</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="C910" s="0" t="s">
-        <v>2612</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>2613</v>
+        <v>2615</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>2614</v>
+        <v>2616</v>
       </c>
       <c r="C911" s="0" t="s">
-        <v>2615</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>2616</v>
+        <v>2618</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>2617</v>
+        <v>2619</v>
       </c>
       <c r="C912" s="0" t="s">
-        <v>2618</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="C913" s="0" t="s">
-        <v>2621</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>2622</v>
+        <v>2624</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>2623</v>
+        <v>2625</v>
       </c>
       <c r="C914" s="0" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>2625</v>
+        <v>2627</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>2626</v>
+        <v>2628</v>
       </c>
       <c r="C915" s="0" t="s">
-        <v>2627</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>2628</v>
+        <v>2630</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>2629</v>
+        <v>2631</v>
       </c>
       <c r="C916" s="0" t="s">
-        <v>2630</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>2631</v>
+        <v>2633</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>2632</v>
+        <v>2634</v>
       </c>
       <c r="C917" s="0" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>2634</v>
+        <v>2636</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
       <c r="C918" s="0" t="s">
-        <v>2636</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="C919" s="0" t="s">
-        <v>2340</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="C920" s="0" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="C921" s="0" t="s">
-        <v>2346</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>2645</v>
+        <v>2647</v>
       </c>
       <c r="C922" s="0" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
       <c r="C923" s="0" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="C924" s="0" t="s">
-        <v>2633</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
-        <v>2652</v>
+        <v>2655</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>2653</v>
+        <v>2656</v>
       </c>
       <c r="C925" s="0" t="s">
-        <v>2654</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
-        <v>2655</v>
+        <v>2658</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>2656</v>
+        <v>2659</v>
       </c>
       <c r="C926" s="0" t="s">
-        <v>2657</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
-        <v>2658</v>
+        <v>2661</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>2659</v>
+        <v>2662</v>
       </c>
       <c r="C927" s="0" t="s">
-        <v>2660</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>2662</v>
+        <v>2665</v>
       </c>
       <c r="C928" s="0" t="s">
-        <v>2363</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
-        <v>2663</v>
+        <v>2667</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>2664</v>
+        <v>2668</v>
       </c>
       <c r="C929" s="0" t="s">
-        <v>2665</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>2666</v>
+        <v>2670</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>2667</v>
+        <v>2671</v>
       </c>
       <c r="C930" s="0" t="s">
-        <v>2668</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>2669</v>
+        <v>2673</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>2670</v>
+        <v>2674</v>
       </c>
       <c r="C931" s="0" t="s">
-        <v>2671</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>2672</v>
+        <v>2676</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>2673</v>
+        <v>2677</v>
       </c>
       <c r="C932" s="0" t="s">
-        <v>2674</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
-        <v>2675</v>
+        <v>2679</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>2676</v>
+        <v>2680</v>
       </c>
       <c r="C933" s="0" t="s">
-        <v>2677</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>2678</v>
+        <v>2681</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>2679</v>
+        <v>2682</v>
       </c>
       <c r="C934" s="0" t="s">
-        <v>2680</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>2681</v>
+        <v>2684</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="C935" s="0" t="s">
-        <v>2683</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>2684</v>
+        <v>2686</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>2685</v>
+        <v>2687</v>
       </c>
       <c r="C936" s="0" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="C937" s="0" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="C938" s="0" t="s">
-        <v>2692</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
       <c r="C939" s="0" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>2697</v>
+        <v>2698</v>
       </c>
       <c r="C940" s="0" t="s">
-        <v>2698</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
-        <v>2699</v>
+        <v>2700</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
       <c r="C941" s="0" t="s">
-        <v>2301</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="C942" s="0" t="s">
-        <v>2703</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="C943" s="0" t="s">
-        <v>2272</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
       <c r="C944" s="0" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
       <c r="C945" s="0" t="s">
-        <v>2301</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
       <c r="C946" s="0" t="s">
-        <v>2713</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="C947" s="0" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>2717</v>
+        <v>2720</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>2718</v>
+        <v>2721</v>
       </c>
       <c r="C948" s="0" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>2720</v>
+        <v>2723</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>2721</v>
+        <v>2724</v>
       </c>
       <c r="C949" s="0" t="s">
-        <v>2722</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
-        <v>2723</v>
+        <v>2726</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
       <c r="C950" s="0" t="s">
-        <v>2289</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>2725</v>
+        <v>2729</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>2726</v>
+        <v>2730</v>
       </c>
       <c r="C951" s="0" t="s">
-        <v>2727</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>2728</v>
+        <v>2732</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>2729</v>
+        <v>2733</v>
       </c>
       <c r="C952" s="0" t="s">
-        <v>2646</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>2730</v>
+        <v>2735</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>2731</v>
+        <v>2736</v>
       </c>
       <c r="C953" s="0" t="s">
-        <v>2581</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>2732</v>
+        <v>2738</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>2733</v>
+        <v>2739</v>
       </c>
       <c r="C954" s="0" t="s">
-        <v>2734</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>2735</v>
+        <v>2741</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>2736</v>
+        <v>2742</v>
       </c>
       <c r="C955" s="0" t="s">
-        <v>2737</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>2738</v>
+        <v>2743</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>2739</v>
+        <v>2744</v>
       </c>
       <c r="C956" s="0" t="s">
-        <v>2740</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>2741</v>
+        <v>2746</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>2742</v>
+        <v>2747</v>
       </c>
       <c r="C957" s="0" t="s">
-        <v>2321</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>2743</v>
+        <v>2748</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>2744</v>
+        <v>2749</v>
       </c>
       <c r="C958" s="0" t="s">
-        <v>2745</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>2746</v>
+        <v>2751</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>2747</v>
+        <v>2752</v>
       </c>
       <c r="C959" s="0" t="s">
-        <v>2748</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
-        <v>2749</v>
+        <v>2753</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>2750</v>
+        <v>2754</v>
       </c>
       <c r="C960" s="0" t="s">
-        <v>2751</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
-        <v>2752</v>
+        <v>2756</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>2753</v>
+        <v>2757</v>
       </c>
       <c r="C961" s="0" t="s">
-        <v>2754</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="C962" s="0" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
-        <v>2758</v>
+        <v>2762</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>2759</v>
+        <v>2763</v>
       </c>
       <c r="C963" s="0" t="s">
-        <v>2760</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
       <c r="C964" s="0" t="s">
-        <v>2763</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>2765</v>
+        <v>2768</v>
       </c>
       <c r="C965" s="0" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
       <c r="C966" s="0" t="s">
-        <v>2769</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>2770</v>
+        <v>2772</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>2771</v>
+        <v>2773</v>
       </c>
       <c r="C967" s="0" t="s">
-        <v>2194</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
-        <v>2772</v>
+        <v>2774</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>2773</v>
+        <v>2775</v>
       </c>
       <c r="C968" s="0" t="s">
-        <v>2774</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
-        <v>2775</v>
+        <v>2777</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>2776</v>
+        <v>2778</v>
       </c>
       <c r="C969" s="0" t="s">
-        <v>2777</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
-        <v>2778</v>
+        <v>2780</v>
       </c>
       <c r="B970" s="0" t="s">
-        <v>2779</v>
+        <v>2781</v>
       </c>
       <c r="C970" s="0" t="s">
-        <v>2200</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
       <c r="B971" s="0" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
       <c r="C971" s="0" t="s">
-        <v>2782</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
-        <v>2783</v>
+        <v>2785</v>
       </c>
       <c r="B972" s="0" t="s">
-        <v>2784</v>
+        <v>2786</v>
       </c>
       <c r="C972" s="0" t="s">
-        <v>2785</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>2786</v>
+        <v>2788</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
       <c r="C973" s="0" t="s">
-        <v>2788</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>2789</v>
+        <v>2791</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>2790</v>
+        <v>2792</v>
       </c>
       <c r="C974" s="0" t="s">
-        <v>2791</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>2792</v>
+        <v>2794</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>2793</v>
+        <v>2795</v>
       </c>
       <c r="C975" s="0" t="s">
-        <v>2794</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>2795</v>
+        <v>2797</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>2796</v>
+        <v>2798</v>
       </c>
       <c r="C976" s="0" t="s">
-        <v>2797</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>2798</v>
+        <v>2800</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
       <c r="C977" s="0" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
       <c r="C978" s="0" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="C979" s="0" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="C980" s="0" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="C981" s="0" t="s">
-        <v>2038</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="C982" s="0" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="C983" s="0" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
       <c r="C984" s="0" t="s">
-        <v>2056</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="C985" s="0" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>2824</v>
+        <v>2826</v>
       </c>
       <c r="C986" s="0" t="s">
-        <v>2825</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>2826</v>
+        <v>2828</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>2827</v>
+        <v>2829</v>
       </c>
       <c r="C987" s="0" t="s">
-        <v>2828</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>2829</v>
+        <v>2831</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>2830</v>
+        <v>2832</v>
       </c>
       <c r="C988" s="0" t="s">
-        <v>2831</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>2832</v>
+        <v>2834</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>2833</v>
+        <v>2835</v>
       </c>
       <c r="C989" s="0" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>2836</v>
+        <v>2838</v>
       </c>
       <c r="C990" s="0" t="s">
-        <v>2837</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>2838</v>
+        <v>2840</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>2839</v>
+        <v>2841</v>
       </c>
       <c r="C991" s="0" t="s">
-        <v>2254</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
       <c r="C992" s="0" t="s">
-        <v>2089</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>2842</v>
+        <v>2846</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>2843</v>
+        <v>2847</v>
       </c>
       <c r="C993" s="0" t="s">
-        <v>2844</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>2845</v>
+        <v>2849</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>2846</v>
+        <v>2850</v>
       </c>
       <c r="C994" s="0" t="s">
-        <v>2847</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>2848</v>
+        <v>2852</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>2849</v>
+        <v>2853</v>
       </c>
       <c r="C995" s="0" t="s">
-        <v>2850</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="C996" s="0" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="C997" s="0" t="s">
-        <v>2695</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
-        <v>2856</v>
+        <v>2860</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>2857</v>
+        <v>2861</v>
       </c>
       <c r="C998" s="0" t="s">
-        <v>2858</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="C999" s="0" t="s">
-        <v>2861</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>2862</v>
+        <v>2865</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>2863</v>
+        <v>2866</v>
       </c>
       <c r="C1000" s="0" t="s">
-        <v>2080</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>2865</v>
+        <v>2869</v>
       </c>
       <c r="C1001" s="0" t="s">
-        <v>2866</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>2867</v>
+        <v>2871</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>2868</v>
+        <v>2872</v>
       </c>
       <c r="C1002" s="0" t="s">
-        <v>2869</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>2870</v>
+        <v>2874</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
       <c r="C1003" s="0" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
       <c r="C1004" s="0" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>2876</v>
+        <v>2880</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>2877</v>
+        <v>2881</v>
       </c>
       <c r="C1005" s="0" t="s">
-        <v>2878</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>2879</v>
+        <v>2882</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
       <c r="C1006" s="0" t="s">
-        <v>2881</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>2882</v>
+        <v>2884</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>2883</v>
+        <v>2885</v>
       </c>
       <c r="C1007" s="0" t="s">
-        <v>2884</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>2885</v>
+        <v>2887</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>2886</v>
+        <v>2888</v>
       </c>
       <c r="C1008" s="0" t="s">
-        <v>2887</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>2888</v>
+        <v>2890</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>2889</v>
+        <v>2891</v>
       </c>
       <c r="C1009" s="0" t="s">
-        <v>2890</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>2891</v>
+        <v>2893</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>2892</v>
+        <v>2894</v>
       </c>
       <c r="C1010" s="0" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>2894</v>
+        <v>2896</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>2895</v>
+        <v>2897</v>
       </c>
       <c r="C1011" s="0" t="s">
-        <v>2896</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="C1012" s="0" t="s">
-        <v>1988</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
-        <v>2899</v>
+        <v>2901</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="C1013" s="0" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
       <c r="C1014" s="0" t="s">
-        <v>2904</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="C1015" s="0" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
       <c r="C1016" s="0" t="s">
-        <v>1905</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
       <c r="C1017" s="0" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
-        <v>2913</v>
+        <v>2915</v>
       </c>
       <c r="B1018" s="0" t="s">
-        <v>2914</v>
+        <v>2916</v>
       </c>
       <c r="C1018" s="0" t="s">
-        <v>2915</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
-        <v>2916</v>
+        <v>2918</v>
       </c>
       <c r="B1019" s="0" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="C1019" s="0" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
-        <v>2919</v>
+        <v>2921</v>
       </c>
       <c r="B1020" s="0" t="s">
-        <v>2920</v>
+        <v>2922</v>
       </c>
       <c r="C1020" s="0" t="s">
-        <v>2921</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
-        <v>2922</v>
+        <v>2924</v>
       </c>
       <c r="B1021" s="0" t="s">
-        <v>2923</v>
+        <v>2925</v>
       </c>
       <c r="C1021" s="0" t="s">
-        <v>2924</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
-        <v>2925</v>
+        <v>2927</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>2926</v>
+        <v>2928</v>
       </c>
       <c r="C1022" s="0" t="s">
-        <v>2927</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
-        <v>2928</v>
+        <v>2930</v>
       </c>
       <c r="B1023" s="0" t="s">
-        <v>2929</v>
+        <v>2931</v>
       </c>
       <c r="C1023" s="0" t="s">
-        <v>1929</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="0" t="s">
-        <v>2930</v>
+        <v>2933</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>2931</v>
+        <v>2934</v>
       </c>
       <c r="C1024" s="0" t="s">
-        <v>2932</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
-        <v>2933</v>
+        <v>2936</v>
       </c>
       <c r="B1025" s="0" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
       <c r="C1025" s="0" t="s">
-        <v>1715</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
-        <v>2935</v>
+        <v>2939</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>2936</v>
+        <v>2940</v>
       </c>
       <c r="C1026" s="0" t="s">
-        <v>2937</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>2939</v>
+        <v>2942</v>
       </c>
       <c r="C1027" s="0" t="s">
-        <v>2940</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
-        <v>2941</v>
+        <v>2944</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>2942</v>
+        <v>2945</v>
       </c>
       <c r="C1028" s="0" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
       <c r="B1029" s="0" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
       <c r="C1029" s="0" t="s">
-        <v>1801</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
-        <v>2946</v>
+        <v>2950</v>
       </c>
       <c r="B1030" s="0" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
       <c r="C1030" s="0" t="s">
-        <v>2948</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
       <c r="C1031" s="0" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="C1032" s="0" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="C1033" s="0" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
-        <v>2958</v>
+        <v>2961</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>2959</v>
+        <v>2962</v>
       </c>
       <c r="C1034" s="0" t="s">
-        <v>1848</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
       <c r="C1035" s="0" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="C1036" s="0" t="s">
-        <v>1827</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
-        <v>2965</v>
+        <v>2970</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>2966</v>
+        <v>2971</v>
       </c>
       <c r="C1037" s="0" t="s">
-        <v>2967</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
-        <v>2968</v>
+        <v>2972</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>2969</v>
+        <v>2973</v>
       </c>
       <c r="C1038" s="0" t="s">
-        <v>1818</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
-        <v>2970</v>
+        <v>2975</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>2971</v>
+        <v>2976</v>
       </c>
       <c r="C1039" s="0" t="s">
-        <v>2972</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="0" t="s">
-        <v>2973</v>
+        <v>2977</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>2974</v>
+        <v>2978</v>
       </c>
       <c r="C1040" s="0" t="s">
-        <v>2975</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="0" t="s">
-        <v>2976</v>
+        <v>2980</v>
       </c>
       <c r="B1041" s="0" t="s">
-        <v>2977</v>
+        <v>2981</v>
       </c>
       <c r="C1041" s="0" t="s">
-        <v>1842</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="0" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="B1042" s="0" t="s">
-        <v>2979</v>
+        <v>2984</v>
       </c>
       <c r="C1042" s="0" t="s">
-        <v>2980</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="0" t="s">
-        <v>2981</v>
+        <v>2986</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>2982</v>
+        <v>2987</v>
       </c>
       <c r="C1043" s="0" t="s">
-        <v>2983</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="0" t="s">
-        <v>2984</v>
+        <v>2988</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>2985</v>
+        <v>2989</v>
       </c>
       <c r="C1044" s="0" t="s">
-        <v>2986</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="0" t="s">
-        <v>2987</v>
+        <v>2991</v>
       </c>
       <c r="B1045" s="0" t="s">
-        <v>2988</v>
+        <v>2992</v>
       </c>
       <c r="C1045" s="0" t="s">
-        <v>2989</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="0" t="s">
-        <v>2990</v>
+        <v>2994</v>
       </c>
       <c r="B1046" s="0" t="s">
-        <v>2991</v>
+        <v>2995</v>
       </c>
       <c r="C1046" s="0" t="s">
-        <v>2992</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
-        <v>2993</v>
+        <v>2997</v>
       </c>
       <c r="B1047" s="0" t="s">
-        <v>2994</v>
+        <v>2998</v>
       </c>
       <c r="C1047" s="0" t="s">
-        <v>1810</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
-        <v>2995</v>
+        <v>3000</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>2996</v>
+        <v>3001</v>
       </c>
       <c r="C1048" s="0" t="s">
-        <v>1750</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
-        <v>2997</v>
+        <v>3002</v>
       </c>
       <c r="B1049" s="0" t="s">
-        <v>2998</v>
+        <v>3003</v>
       </c>
       <c r="C1049" s="0" t="s">
-        <v>2999</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
-        <v>3000</v>
+        <v>3005</v>
       </c>
       <c r="B1050" s="0" t="s">
-        <v>3001</v>
+        <v>3006</v>
       </c>
       <c r="C1050" s="0" t="s">
-        <v>3002</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
-        <v>3003</v>
+        <v>3007</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>3004</v>
+        <v>3008</v>
       </c>
       <c r="C1051" s="0" t="s">
-        <v>2992</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>3005</v>
+        <v>3010</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>3006</v>
+        <v>3011</v>
       </c>
       <c r="C1052" s="0" t="s">
-        <v>3007</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
-        <v>3008</v>
+        <v>3012</v>
       </c>
       <c r="B1053" s="0" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
       <c r="C1053" s="0" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
-        <v>3011</v>
+        <v>3015</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="C1054" s="0" t="s">
-        <v>3013</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
-        <v>3014</v>
+        <v>3018</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>3015</v>
+        <v>3019</v>
       </c>
       <c r="C1055" s="0" t="s">
-        <v>3016</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
       <c r="B1056" s="0" t="s">
-        <v>3018</v>
+        <v>3021</v>
       </c>
       <c r="C1056" s="0" t="s">
-        <v>1818</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
-        <v>3019</v>
+        <v>3023</v>
       </c>
       <c r="B1057" s="0" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="C1057" s="0" t="s">
-        <v>3021</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
-        <v>3022</v>
+        <v>3026</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>3023</v>
+        <v>3027</v>
       </c>
       <c r="C1058" s="0" t="s">
-        <v>1664</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>3024</v>
+        <v>3029</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>3025</v>
+        <v>3030</v>
       </c>
       <c r="C1059" s="0" t="s">
-        <v>1700</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
-        <v>3026</v>
+        <v>3032</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>3027</v>
+        <v>3033</v>
       </c>
       <c r="C1060" s="0" t="s">
-        <v>1807</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>3028</v>
+        <v>3035</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>3029</v>
+        <v>3036</v>
       </c>
       <c r="C1061" s="0" t="s">
-        <v>3030</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>3031</v>
+        <v>3037</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>3032</v>
+        <v>3038</v>
       </c>
       <c r="C1062" s="0" t="s">
-        <v>1839</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>3033</v>
+        <v>3039</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>3034</v>
+        <v>3040</v>
       </c>
       <c r="C1063" s="0" t="s">
-        <v>1839</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
-        <v>3035</v>
+        <v>3042</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>3036</v>
+        <v>3043</v>
       </c>
       <c r="C1064" s="0" t="s">
-        <v>3037</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
-        <v>3038</v>
+        <v>3045</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>3039</v>
+        <v>3046</v>
       </c>
       <c r="C1065" s="0" t="s">
-        <v>3040</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
-        <v>3041</v>
+        <v>3047</v>
       </c>
       <c r="B1066" s="0" t="s">
-        <v>3042</v>
+        <v>3048</v>
       </c>
       <c r="C1066" s="0" t="s">
-        <v>1860</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
-        <v>3043</v>
+        <v>3050</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>3044</v>
+        <v>3051</v>
       </c>
       <c r="C1067" s="0" t="s">
-        <v>1685</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="0" t="s">
-        <v>3045</v>
+        <v>3053</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>3046</v>
+        <v>3054</v>
       </c>
       <c r="C1068" s="0" t="s">
-        <v>3047</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="0" t="s">
-        <v>3048</v>
+        <v>3056</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>3049</v>
+        <v>3057</v>
       </c>
       <c r="C1069" s="0" t="s">
-        <v>3050</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="0" t="s">
-        <v>3051</v>
+        <v>3059</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>3052</v>
+        <v>3060</v>
       </c>
       <c r="C1070" s="0" t="s">
-        <v>1647</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="0" t="s">
-        <v>3053</v>
+        <v>3061</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>3054</v>
+        <v>3062</v>
       </c>
       <c r="C1071" s="0" t="s">
-        <v>3055</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="0" t="s">
-        <v>3056</v>
+        <v>3064</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>3057</v>
+        <v>3065</v>
       </c>
       <c r="C1072" s="0" t="s">
-        <v>3058</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="0" t="s">
-        <v>3059</v>
+        <v>3066</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>3060</v>
+        <v>3067</v>
       </c>
       <c r="C1073" s="0" t="s">
-        <v>3061</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="0" t="s">
-        <v>3062</v>
+        <v>3068</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>3063</v>
+        <v>3069</v>
       </c>
       <c r="C1074" s="0" t="s">
-        <v>3064</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="0" t="s">
-        <v>3065</v>
+        <v>3070</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>3066</v>
+        <v>3071</v>
       </c>
       <c r="C1075" s="0" t="s">
-        <v>3061</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
-        <v>3067</v>
+        <v>3073</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>3068</v>
+        <v>3074</v>
       </c>
       <c r="C1076" s="0" t="s">
-        <v>3069</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
-        <v>3070</v>
+        <v>3075</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>3071</v>
+        <v>3076</v>
       </c>
       <c r="C1077" s="0" t="s">
-        <v>3072</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
-        <v>3073</v>
+        <v>3077</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
       <c r="C1078" s="0" t="s">
-        <v>3075</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
-        <v>3076</v>
+        <v>3080</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>3077</v>
+        <v>3081</v>
       </c>
       <c r="C1079" s="0" t="s">
-        <v>3078</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
-        <v>3079</v>
+        <v>3083</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>3080</v>
+        <v>3084</v>
       </c>
       <c r="C1080" s="0" t="s">
-        <v>3081</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
-        <v>3082</v>
+        <v>3085</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>3083</v>
+        <v>3086</v>
       </c>
       <c r="C1081" s="0" t="s">
-        <v>3084</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
-        <v>3085</v>
+        <v>3087</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>3086</v>
+        <v>3088</v>
       </c>
       <c r="C1082" s="0" t="s">
-        <v>1615</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
-        <v>3087</v>
+        <v>3090</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
       <c r="C1083" s="0" t="s">
-        <v>1600</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
-        <v>3089</v>
+        <v>3093</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>3090</v>
+        <v>3094</v>
       </c>
       <c r="C1084" s="0" t="s">
-        <v>3091</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="0" t="s">
-        <v>3092</v>
+        <v>3095</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>3093</v>
+        <v>3096</v>
       </c>
       <c r="C1085" s="0" t="s">
-        <v>3094</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="0" t="s">
-        <v>3095</v>
+        <v>3098</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>3096</v>
+        <v>3099</v>
       </c>
       <c r="C1086" s="0" t="s">
-        <v>3097</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="0" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>3099</v>
+        <v>3102</v>
       </c>
       <c r="C1087" s="0" t="s">
-        <v>3081</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="0" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
       <c r="C1088" s="0" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="0" t="s">
+        <v>3107</v>
+      </c>
+      <c r="B1089" s="0" t="s">
+        <v>3108</v>
+      </c>
+      <c r="C1089" s="0" t="s">
         <v>3103</v>
-      </c>
-[...4 lines deleted...]
-        <v>3105</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="0" t="s">
-        <v>3106</v>
+        <v>3109</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>3107</v>
+        <v>3110</v>
       </c>
       <c r="C1090" s="0" t="s">
-        <v>3108</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="0" t="s">
-        <v>3109</v>
+        <v>3112</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
       <c r="C1091" s="0" t="s">
-        <v>3111</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="0" t="s">
-        <v>3112</v>
+        <v>3115</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>3113</v>
+        <v>3116</v>
       </c>
       <c r="C1092" s="0" t="s">
-        <v>3114</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="0" t="s">
-        <v>3115</v>
+        <v>3118</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>3116</v>
+        <v>3119</v>
       </c>
       <c r="C1093" s="0" t="s">
-        <v>3117</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="0" t="s">
-        <v>3118</v>
+        <v>3121</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>3119</v>
+        <v>3122</v>
       </c>
       <c r="C1094" s="0" t="s">
-        <v>3117</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="0" t="s">
-        <v>3120</v>
+        <v>3124</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>3121</v>
+        <v>3125</v>
       </c>
       <c r="C1095" s="0" t="s">
-        <v>3075</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="0" t="s">
-        <v>3122</v>
+        <v>3127</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>3123</v>
+        <v>3128</v>
       </c>
       <c r="C1096" s="0" t="s">
-        <v>3091</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="0" t="s">
-        <v>3124</v>
+        <v>3129</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>3125</v>
+        <v>3130</v>
       </c>
       <c r="C1097" s="0" t="s">
-        <v>3126</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="0" t="s">
-        <v>3127</v>
+        <v>3131</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
       <c r="C1098" s="0" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="0" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>3131</v>
+        <v>3135</v>
       </c>
       <c r="C1099" s="0" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="0" t="s">
-        <v>3133</v>
+        <v>3137</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>3134</v>
+        <v>3138</v>
       </c>
       <c r="C1100" s="0" t="s">
-        <v>3135</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="0" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>3137</v>
+        <v>3141</v>
       </c>
       <c r="C1101" s="0" t="s">
-        <v>3138</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="0" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
       <c r="C1102" s="0" t="s">
-        <v>1626</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="0" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
       <c r="B1103" s="0" t="s">
-        <v>3142</v>
+        <v>3146</v>
       </c>
       <c r="C1103" s="0" t="s">
-        <v>3143</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="0" t="s">
-        <v>3144</v>
+        <v>3148</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>3145</v>
+        <v>3149</v>
       </c>
       <c r="C1104" s="0" t="s">
-        <v>1621</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="0" t="s">
-        <v>3146</v>
+        <v>3151</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>3147</v>
+        <v>3152</v>
       </c>
       <c r="C1105" s="0" t="s">
-        <v>1597</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="0" t="s">
-        <v>3148</v>
+        <v>3154</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>3149</v>
+        <v>3155</v>
       </c>
       <c r="C1106" s="0" t="s">
-        <v>1632</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="0" t="s">
-        <v>3150</v>
+        <v>3157</v>
       </c>
       <c r="B1107" s="0" t="s">
-        <v>3151</v>
+        <v>3158</v>
       </c>
       <c r="C1107" s="0" t="s">
-        <v>3152</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
-        <v>3153</v>
+        <v>3160</v>
       </c>
       <c r="B1108" s="0" t="s">
-        <v>3154</v>
+        <v>3161</v>
       </c>
       <c r="C1108" s="0" t="s">
-        <v>3155</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
-        <v>3156</v>
+        <v>3162</v>
       </c>
       <c r="B1109" s="0" t="s">
-        <v>3157</v>
+        <v>3163</v>
       </c>
       <c r="C1109" s="0" t="s">
-        <v>3158</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
-        <v>3159</v>
+        <v>3164</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>3160</v>
+        <v>3165</v>
       </c>
       <c r="C1110" s="0" t="s">
-        <v>3161</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>3162</v>
+        <v>3166</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>3163</v>
+        <v>3167</v>
       </c>
       <c r="C1111" s="0" t="s">
-        <v>3138</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
-        <v>3164</v>
+        <v>3169</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>3165</v>
+        <v>3170</v>
       </c>
       <c r="C1112" s="0" t="s">
-        <v>3166</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>3167</v>
+        <v>3172</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="C1113" s="0" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>3170</v>
+        <v>3175</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>3171</v>
+        <v>3176</v>
       </c>
       <c r="C1114" s="0" t="s">
-        <v>3172</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="0" t="s">
-        <v>3173</v>
+        <v>3178</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>3174</v>
+        <v>3179</v>
       </c>
       <c r="C1115" s="0" t="s">
-        <v>3175</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="0" t="s">
-        <v>3176</v>
+        <v>3181</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>3177</v>
+        <v>3182</v>
       </c>
       <c r="C1116" s="0" t="s">
-        <v>3178</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="0" t="s">
-        <v>3179</v>
+        <v>3183</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>3180</v>
+        <v>3184</v>
       </c>
       <c r="C1117" s="0" t="s">
-        <v>3181</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="0" t="s">
-        <v>3182</v>
+        <v>3186</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>3183</v>
+        <v>3187</v>
       </c>
       <c r="C1118" s="0" t="s">
-        <v>3184</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="0" t="s">
-        <v>3185</v>
+        <v>3188</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>3186</v>
+        <v>3189</v>
       </c>
       <c r="C1119" s="0" t="s">
-        <v>3187</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="0" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
       <c r="B1120" s="0" t="s">
-        <v>3189</v>
+        <v>3191</v>
       </c>
       <c r="C1120" s="0" t="s">
-        <v>3190</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="0" t="s">
-        <v>3191</v>
+        <v>3192</v>
       </c>
       <c r="B1121" s="0" t="s">
-        <v>3192</v>
+        <v>3193</v>
       </c>
       <c r="C1121" s="0" t="s">
-        <v>3193</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="0" t="s">
-        <v>3194</v>
+        <v>3195</v>
       </c>
       <c r="B1122" s="0" t="s">
-        <v>3195</v>
+        <v>3196</v>
       </c>
       <c r="C1122" s="0" t="s">
-        <v>3196</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="0" t="s">
-        <v>3197</v>
+        <v>3198</v>
       </c>
       <c r="B1123" s="0" t="s">
-        <v>3198</v>
+        <v>3199</v>
       </c>
       <c r="C1123" s="0" t="s">
-        <v>3193</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="0" t="s">
-        <v>3199</v>
+        <v>3201</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>3200</v>
+        <v>3202</v>
       </c>
       <c r="C1124" s="0" t="s">
-        <v>1514</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="0" t="s">
-        <v>3201</v>
+        <v>3204</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>3202</v>
+        <v>3205</v>
       </c>
       <c r="C1125" s="0" t="s">
-        <v>3172</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="0" t="s">
-        <v>3203</v>
+        <v>3206</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>3204</v>
+        <v>3207</v>
       </c>
       <c r="C1126" s="0" t="s">
-        <v>3205</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="0" t="s">
-        <v>3206</v>
+        <v>3209</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>3207</v>
+        <v>3210</v>
       </c>
       <c r="C1127" s="0" t="s">
-        <v>3178</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
       <c r="B1128" s="0" t="s">
-        <v>3209</v>
+        <v>3213</v>
       </c>
       <c r="C1128" s="0" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
-        <v>3211</v>
+        <v>3215</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>3212</v>
+        <v>3216</v>
       </c>
       <c r="C1129" s="0" t="s">
-        <v>3094</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="0" t="s">
-        <v>3213</v>
+        <v>3218</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>3214</v>
+        <v>3219</v>
       </c>
       <c r="C1130" s="0" t="s">
-        <v>3215</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="0" t="s">
-        <v>3216</v>
+        <v>3221</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>3217</v>
+        <v>3222</v>
       </c>
       <c r="C1131" s="0" t="s">
-        <v>3064</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="0" t="s">
-        <v>3218</v>
+        <v>3224</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>3219</v>
+        <v>3225</v>
       </c>
       <c r="C1132" s="0" t="s">
-        <v>3220</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="0" t="s">
-        <v>3221</v>
+        <v>3227</v>
       </c>
       <c r="B1133" s="0" t="s">
-        <v>3222</v>
+        <v>3228</v>
       </c>
       <c r="C1133" s="0" t="s">
-        <v>3223</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="0" t="s">
-        <v>3224</v>
+        <v>3230</v>
       </c>
       <c r="B1134" s="0" t="s">
-        <v>3225</v>
+        <v>3231</v>
       </c>
       <c r="C1134" s="0" t="s">
-        <v>3226</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="0" t="s">
-        <v>3227</v>
+        <v>3233</v>
       </c>
       <c r="B1135" s="0" t="s">
-        <v>3228</v>
+        <v>3234</v>
       </c>
       <c r="C1135" s="0" t="s">
-        <v>3229</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="0" t="s">
-        <v>3230</v>
+        <v>3236</v>
       </c>
       <c r="B1136" s="0" t="s">
-        <v>3231</v>
+        <v>3237</v>
       </c>
       <c r="C1136" s="0" t="s">
-        <v>3232</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="0" t="s">
-        <v>3233</v>
+        <v>3239</v>
       </c>
       <c r="B1137" s="0" t="s">
-        <v>3234</v>
+        <v>3240</v>
       </c>
       <c r="C1137" s="0" t="s">
         <v>3235</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="0" t="s">
-        <v>3236</v>
+        <v>3241</v>
       </c>
       <c r="B1138" s="0" t="s">
-        <v>3237</v>
+        <v>3242</v>
       </c>
       <c r="C1138" s="0" t="s">
-        <v>3238</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
-        <v>3239</v>
+        <v>3243</v>
       </c>
       <c r="B1139" s="0" t="s">
-        <v>3240</v>
+        <v>3244</v>
       </c>
       <c r="C1139" s="0" t="s">
-        <v>3241</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
-        <v>3242</v>
+        <v>3245</v>
       </c>
       <c r="B1140" s="0" t="s">
-        <v>3243</v>
+        <v>3246</v>
       </c>
       <c r="C1140" s="0" t="s">
-        <v>3244</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
-        <v>3245</v>
+        <v>3248</v>
       </c>
       <c r="B1141" s="0" t="s">
-        <v>3246</v>
+        <v>3249</v>
       </c>
       <c r="C1141" s="0" t="s">
-        <v>1629</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="0" t="s">
-        <v>3247</v>
+        <v>3250</v>
       </c>
       <c r="B1142" s="0" t="s">
-        <v>3248</v>
+        <v>3251</v>
       </c>
       <c r="C1142" s="0" t="s">
-        <v>3132</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="0" t="s">
-        <v>3249</v>
+        <v>3253</v>
       </c>
       <c r="B1143" s="0" t="s">
-        <v>3250</v>
+        <v>3254</v>
       </c>
       <c r="C1143" s="0" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="0" t="s">
-        <v>3251</v>
+        <v>3255</v>
       </c>
       <c r="B1144" s="0" t="s">
-        <v>3252</v>
+        <v>3256</v>
       </c>
       <c r="C1144" s="0" t="s">
-        <v>3253</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="0" t="s">
-        <v>3254</v>
+        <v>3258</v>
       </c>
       <c r="B1145" s="0" t="s">
-        <v>3255</v>
+        <v>3259</v>
       </c>
       <c r="C1145" s="0" t="s">
-        <v>3220</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="0" t="s">
-        <v>3256</v>
+        <v>3260</v>
       </c>
       <c r="B1146" s="0" t="s">
-        <v>3257</v>
+        <v>3261</v>
       </c>
       <c r="C1146" s="0" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="0" t="s">
-        <v>3259</v>
+        <v>3263</v>
       </c>
       <c r="B1147" s="0" t="s">
-        <v>3260</v>
+        <v>3264</v>
       </c>
       <c r="C1147" s="0" t="s">
-        <v>3084</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="0" t="s">
-        <v>3261</v>
+        <v>3266</v>
       </c>
       <c r="B1148" s="0" t="s">
-        <v>3262</v>
+        <v>3267</v>
       </c>
       <c r="C1148" s="0" t="s">
-        <v>3263</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="0" t="s">
-        <v>3264</v>
+        <v>3269</v>
       </c>
       <c r="B1149" s="0" t="s">
-        <v>3265</v>
+        <v>3270</v>
       </c>
       <c r="C1149" s="0" t="s">
-        <v>1612</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="0" t="s">
-        <v>3266</v>
+        <v>3272</v>
       </c>
       <c r="B1150" s="0" t="s">
-        <v>3267</v>
+        <v>3273</v>
       </c>
       <c r="C1150" s="0" t="s">
-        <v>3268</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="0" t="s">
-        <v>3269</v>
+        <v>3275</v>
       </c>
       <c r="B1151" s="0" t="s">
-        <v>3270</v>
+        <v>3276</v>
       </c>
       <c r="C1151" s="0" t="s">
-        <v>3271</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
-        <v>3272</v>
+        <v>3278</v>
       </c>
       <c r="B1152" s="0" t="s">
-        <v>3273</v>
+        <v>3279</v>
       </c>
       <c r="C1152" s="0" t="s">
-        <v>3274</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
-        <v>3275</v>
+        <v>3281</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>3276</v>
+        <v>3282</v>
       </c>
       <c r="C1153" s="0" t="s">
-        <v>3223</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="0" t="s">
-        <v>3277</v>
+        <v>3284</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>3278</v>
+        <v>3285</v>
       </c>
       <c r="C1154" s="0" t="s">
-        <v>3279</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="0" t="s">
-        <v>3280</v>
+        <v>3287</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>3281</v>
+        <v>3288</v>
       </c>
       <c r="C1155" s="0" t="s">
-        <v>3282</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="0" t="s">
-        <v>3283</v>
+        <v>3289</v>
       </c>
       <c r="B1156" s="0" t="s">
-        <v>3284</v>
+        <v>3290</v>
       </c>
       <c r="C1156" s="0" t="s">
-        <v>3285</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
-        <v>3286</v>
+        <v>3291</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>3287</v>
+        <v>3292</v>
       </c>
       <c r="C1157" s="0" t="s">
-        <v>3288</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
-        <v>3289</v>
+        <v>3293</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>3290</v>
+        <v>3294</v>
       </c>
       <c r="C1158" s="0" t="s">
-        <v>3291</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
-        <v>3292</v>
+        <v>3296</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>3293</v>
+        <v>3297</v>
       </c>
       <c r="C1159" s="0" t="s">
-        <v>3294</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>3295</v>
+        <v>3298</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>3296</v>
+        <v>3299</v>
       </c>
       <c r="C1160" s="0" t="s">
-        <v>3297</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
-        <v>3298</v>
+        <v>3301</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>3299</v>
+        <v>3302</v>
       </c>
       <c r="C1161" s="0" t="s">
-        <v>3300</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>3301</v>
+        <v>3303</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>3302</v>
+        <v>3304</v>
       </c>
       <c r="C1162" s="0" t="s">
-        <v>3303</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>3304</v>
+        <v>3306</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>3305</v>
+        <v>3307</v>
       </c>
       <c r="C1163" s="0" t="s">
-        <v>3306</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>3307</v>
+        <v>3308</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>3308</v>
+        <v>3309</v>
       </c>
       <c r="C1164" s="0" t="s">
-        <v>1857</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>3309</v>
+        <v>3311</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>3310</v>
+        <v>3312</v>
       </c>
       <c r="C1165" s="0" t="s">
-        <v>1638</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>3311</v>
+        <v>3314</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>3312</v>
+        <v>3315</v>
       </c>
       <c r="C1166" s="0" t="s">
-        <v>3313</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>3314</v>
+        <v>3317</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>3315</v>
+        <v>3318</v>
       </c>
       <c r="C1167" s="0" t="s">
-        <v>3316</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>3317</v>
+        <v>3319</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>3318</v>
+        <v>3320</v>
       </c>
       <c r="C1168" s="0" t="s">
-        <v>3319</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>3321</v>
+        <v>3323</v>
       </c>
       <c r="C1169" s="0" t="s">
-        <v>1788</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>3322</v>
+        <v>3325</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>3323</v>
+        <v>3326</v>
       </c>
       <c r="C1170" s="0" t="s">
-        <v>3324</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
-        <v>3325</v>
+        <v>3328</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>3326</v>
+        <v>3329</v>
       </c>
       <c r="C1171" s="0" t="s">
-        <v>3327</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>3328</v>
+        <v>3331</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>3329</v>
+        <v>3332</v>
       </c>
       <c r="C1172" s="0" t="s">
-        <v>3330</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
-        <v>3331</v>
+        <v>3334</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>3332</v>
+        <v>3335</v>
       </c>
       <c r="C1173" s="0" t="s">
-        <v>1759</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>3333</v>
+        <v>3337</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>3334</v>
+        <v>3338</v>
       </c>
       <c r="C1174" s="0" t="s">
-        <v>3335</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>3336</v>
+        <v>3340</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="C1175" s="0" t="s">
-        <v>3338</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
-        <v>3339</v>
+        <v>3343</v>
       </c>
       <c r="B1176" s="0" t="s">
-        <v>3340</v>
+        <v>3344</v>
       </c>
       <c r="C1176" s="0" t="s">
-        <v>3341</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
-        <v>3342</v>
+        <v>3346</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>3343</v>
+        <v>3347</v>
       </c>
       <c r="C1177" s="0" t="s">
-        <v>3344</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
-        <v>3345</v>
+        <v>3349</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>3346</v>
+        <v>3350</v>
       </c>
       <c r="C1178" s="0" t="s">
-        <v>3347</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
-        <v>3348</v>
+        <v>3351</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>3349</v>
+        <v>3352</v>
       </c>
       <c r="C1179" s="0" t="s">
-        <v>3350</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
-        <v>3351</v>
+        <v>3353</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>3352</v>
+        <v>3354</v>
       </c>
       <c r="C1180" s="0" t="s">
-        <v>1774</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
-        <v>3353</v>
+        <v>3356</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>3354</v>
+        <v>3357</v>
       </c>
       <c r="C1181" s="0" t="s">
-        <v>3355</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
-        <v>3356</v>
+        <v>3359</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>3357</v>
+        <v>3360</v>
       </c>
       <c r="C1182" s="0" t="s">
-        <v>3358</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="0" t="s">
-        <v>3359</v>
+        <v>3362</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>3360</v>
+        <v>3363</v>
       </c>
       <c r="C1183" s="0" t="s">
-        <v>3361</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="0" t="s">
-        <v>3362</v>
+        <v>3364</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>3363</v>
+        <v>3365</v>
       </c>
       <c r="C1184" s="0" t="s">
-        <v>3364</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="0" t="s">
-        <v>3365</v>
+        <v>3367</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>3366</v>
+        <v>3368</v>
       </c>
       <c r="C1185" s="0" t="s">
-        <v>3367</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="0" t="s">
-        <v>3368</v>
+        <v>3370</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>3369</v>
+        <v>3371</v>
       </c>
       <c r="C1186" s="0" t="s">
-        <v>3361</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="0" t="s">
-        <v>3370</v>
+        <v>3373</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>3371</v>
+        <v>3374</v>
       </c>
       <c r="C1187" s="0" t="s">
-        <v>3372</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="0" t="s">
-        <v>3373</v>
+        <v>3375</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
       <c r="C1188" s="0" t="s">
-        <v>1733</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="0" t="s">
-        <v>3375</v>
+        <v>3378</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>3376</v>
+        <v>3379</v>
       </c>
       <c r="C1189" s="0" t="s">
-        <v>3377</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="0" t="s">
-        <v>3378</v>
+        <v>3381</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>3379</v>
+        <v>3382</v>
       </c>
       <c r="C1190" s="0" t="s">
-        <v>3380</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="0" t="s">
-        <v>3381</v>
+        <v>3384</v>
       </c>
       <c r="B1191" s="0" t="s">
-        <v>3382</v>
+        <v>3385</v>
       </c>
       <c r="C1191" s="0" t="s">
-        <v>3383</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="0" t="s">
-        <v>3384</v>
+        <v>3387</v>
       </c>
       <c r="B1192" s="0" t="s">
-        <v>3385</v>
+        <v>3388</v>
       </c>
       <c r="C1192" s="0" t="s">
-        <v>3386</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="0" t="s">
-        <v>3387</v>
+        <v>3390</v>
       </c>
       <c r="B1193" s="0" t="s">
-        <v>3388</v>
+        <v>3391</v>
       </c>
       <c r="C1193" s="0" t="s">
-        <v>3389</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="0" t="s">
-        <v>3390</v>
+        <v>3393</v>
       </c>
       <c r="B1194" s="0" t="s">
-        <v>3391</v>
+        <v>3394</v>
       </c>
       <c r="C1194" s="0" t="s">
-        <v>3392</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="0" t="s">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>3394</v>
+        <v>3396</v>
       </c>
       <c r="C1195" s="0" t="s">
-        <v>1712</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="0" t="s">
-        <v>3395</v>
+        <v>3398</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>3396</v>
+        <v>3399</v>
       </c>
       <c r="C1196" s="0" t="s">
-        <v>2937</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
-        <v>3397</v>
+        <v>3401</v>
       </c>
       <c r="B1197" s="0" t="s">
-        <v>3398</v>
+        <v>3402</v>
       </c>
       <c r="C1197" s="0" t="s">
-        <v>1908</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
-        <v>3399</v>
+        <v>3404</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>3400</v>
+        <v>3405</v>
       </c>
       <c r="C1198" s="0" t="s">
-        <v>1902</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
-        <v>3401</v>
+        <v>3407</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>3402</v>
+        <v>3408</v>
       </c>
       <c r="C1199" s="0" t="s">
-        <v>3403</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
-        <v>3404</v>
+        <v>3410</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>3405</v>
+        <v>3411</v>
       </c>
       <c r="C1200" s="0" t="s">
-        <v>2937</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
-        <v>3406</v>
+        <v>3412</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>3407</v>
+        <v>3413</v>
       </c>
       <c r="C1201" s="0" t="s">
-        <v>1899</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
-        <v>3408</v>
+        <v>3415</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>3409</v>
+        <v>3416</v>
       </c>
       <c r="C1202" s="0" t="s">
-        <v>1896</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
-        <v>3410</v>
+        <v>3417</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>3411</v>
+        <v>3418</v>
       </c>
       <c r="C1203" s="0" t="s">
-        <v>3412</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
-        <v>3413</v>
+        <v>3420</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>3414</v>
+        <v>3421</v>
       </c>
       <c r="C1204" s="0" t="s">
-        <v>1923</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
-        <v>3415</v>
+        <v>3423</v>
       </c>
       <c r="B1205" s="0" t="s">
-        <v>3416</v>
+        <v>3424</v>
       </c>
       <c r="C1205" s="0" t="s">
-        <v>3417</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
-        <v>3418</v>
+        <v>3426</v>
       </c>
       <c r="B1206" s="0" t="s">
-        <v>3419</v>
+        <v>3427</v>
       </c>
       <c r="C1206" s="0" t="s">
-        <v>3420</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
-        <v>3421</v>
+        <v>3429</v>
       </c>
       <c r="B1207" s="0" t="s">
-        <v>3422</v>
+        <v>3430</v>
       </c>
       <c r="C1207" s="0" t="s">
-        <v>3423</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>3424</v>
+        <v>3432</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>3425</v>
+        <v>3433</v>
       </c>
       <c r="C1208" s="0" t="s">
-        <v>3426</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="0" t="s">
-        <v>3427</v>
+        <v>3435</v>
       </c>
       <c r="B1209" s="0" t="s">
-        <v>3428</v>
+        <v>3436</v>
       </c>
       <c r="C1209" s="0" t="s">
-        <v>3429</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="0" t="s">
-        <v>3430</v>
+        <v>3437</v>
       </c>
       <c r="B1210" s="0" t="s">
-        <v>3431</v>
+        <v>3438</v>
       </c>
       <c r="C1210" s="0" t="s">
-        <v>3432</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="0" t="s">
-        <v>3433</v>
+        <v>3439</v>
       </c>
       <c r="B1211" s="0" t="s">
-        <v>3434</v>
+        <v>3440</v>
       </c>
       <c r="C1211" s="0" t="s">
-        <v>3435</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="0" t="s">
-        <v>3436</v>
+        <v>3441</v>
       </c>
       <c r="B1212" s="0" t="s">
-        <v>3437</v>
+        <v>3442</v>
       </c>
       <c r="C1212" s="0" t="s">
-        <v>2893</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="0" t="s">
-        <v>3438</v>
+        <v>3443</v>
       </c>
       <c r="B1213" s="0" t="s">
-        <v>3439</v>
+        <v>3444</v>
       </c>
       <c r="C1213" s="0" t="s">
-        <v>3440</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="0" t="s">
-        <v>3441</v>
+        <v>3446</v>
       </c>
       <c r="B1214" s="0" t="s">
-        <v>3442</v>
+        <v>3447</v>
       </c>
       <c r="C1214" s="0" t="s">
-        <v>3443</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="0" t="s">
-        <v>3444</v>
+        <v>3448</v>
       </c>
       <c r="B1215" s="0" t="s">
-        <v>3445</v>
+        <v>3449</v>
       </c>
       <c r="C1215" s="0" t="s">
-        <v>3446</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="0" t="s">
-        <v>3447</v>
+        <v>3450</v>
       </c>
       <c r="B1216" s="0" t="s">
-        <v>3448</v>
+        <v>3451</v>
       </c>
       <c r="C1216" s="0" t="s">
-        <v>3449</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="0" t="s">
-        <v>3450</v>
+        <v>3452</v>
       </c>
       <c r="B1217" s="0" t="s">
-        <v>3451</v>
+        <v>3453</v>
       </c>
       <c r="C1217" s="0" t="s">
-        <v>3452</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="0" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
       <c r="B1218" s="0" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
       <c r="C1218" s="0" t="s">
-        <v>3455</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="0" t="s">
-        <v>3456</v>
+        <v>3457</v>
       </c>
       <c r="B1219" s="0" t="s">
-        <v>3457</v>
+        <v>3458</v>
       </c>
       <c r="C1219" s="0" t="s">
-        <v>2890</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
-        <v>3458</v>
+        <v>3460</v>
       </c>
       <c r="B1220" s="0" t="s">
-        <v>3459</v>
+        <v>3461</v>
       </c>
       <c r="C1220" s="0" t="s">
-        <v>3460</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
-        <v>3461</v>
+        <v>3463</v>
       </c>
       <c r="B1221" s="0" t="s">
-        <v>3462</v>
+        <v>3464</v>
       </c>
       <c r="C1221" s="0" t="s">
-        <v>3446</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
-        <v>3463</v>
+        <v>3466</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>3464</v>
+        <v>3467</v>
       </c>
       <c r="C1222" s="0" t="s">
-        <v>1914</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>3465</v>
+        <v>3469</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>3466</v>
+        <v>3470</v>
       </c>
       <c r="C1223" s="0" t="s">
-        <v>3449</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>3467</v>
+        <v>3472</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>3468</v>
+        <v>3473</v>
       </c>
       <c r="C1224" s="0" t="s">
-        <v>3469</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>3470</v>
+        <v>3475</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>3471</v>
+        <v>3476</v>
       </c>
       <c r="C1225" s="0" t="s">
-        <v>3472</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>3473</v>
+        <v>3478</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>3474</v>
+        <v>3479</v>
       </c>
       <c r="C1226" s="0" t="s">
-        <v>1982</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
-        <v>3475</v>
+        <v>3480</v>
       </c>
       <c r="B1227" s="0" t="s">
-        <v>3476</v>
+        <v>3481</v>
       </c>
       <c r="C1227" s="0" t="s">
-        <v>2890</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
-        <v>3477</v>
+        <v>3483</v>
       </c>
       <c r="B1228" s="0" t="s">
-        <v>3478</v>
+        <v>3484</v>
       </c>
       <c r="C1228" s="0" t="s">
-        <v>3479</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
-        <v>3480</v>
+        <v>3486</v>
       </c>
       <c r="B1229" s="0" t="s">
-        <v>3481</v>
+        <v>3487</v>
       </c>
       <c r="C1229" s="0" t="s">
-        <v>3482</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
-        <v>3483</v>
+        <v>3489</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>3484</v>
+        <v>3490</v>
       </c>
       <c r="C1230" s="0" t="s">
-        <v>3485</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
-        <v>3486</v>
+        <v>3492</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>3487</v>
+        <v>3493</v>
       </c>
       <c r="C1231" s="0" t="s">
-        <v>2003</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>3488</v>
+        <v>3495</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>3489</v>
+        <v>3496</v>
       </c>
       <c r="C1232" s="0" t="s">
-        <v>1997</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>3490</v>
+        <v>3498</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>3491</v>
+        <v>3499</v>
       </c>
       <c r="C1233" s="0" t="s">
-        <v>3492</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>3493</v>
+        <v>3500</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>3494</v>
+        <v>3501</v>
       </c>
       <c r="C1234" s="0" t="s">
-        <v>3495</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
-        <v>3496</v>
+        <v>3503</v>
       </c>
       <c r="B1235" s="0" t="s">
-        <v>3497</v>
+        <v>3504</v>
       </c>
       <c r="C1235" s="0" t="s">
-        <v>3498</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
-        <v>3499</v>
+        <v>3505</v>
       </c>
       <c r="B1236" s="0" t="s">
-        <v>3500</v>
+        <v>3506</v>
       </c>
       <c r="C1236" s="0" t="s">
-        <v>3501</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
-        <v>3502</v>
+        <v>3507</v>
       </c>
       <c r="B1237" s="0" t="s">
-        <v>3503</v>
+        <v>3508</v>
       </c>
       <c r="C1237" s="0" t="s">
-        <v>2000</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
-        <v>3504</v>
+        <v>3509</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>3505</v>
+        <v>3510</v>
       </c>
       <c r="C1238" s="0" t="s">
-        <v>3506</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
-        <v>3507</v>
+        <v>3512</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>3508</v>
+        <v>3513</v>
       </c>
       <c r="C1239" s="0" t="s">
-        <v>1968</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="0" t="s">
-        <v>3509</v>
+        <v>3515</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>3510</v>
+        <v>3516</v>
       </c>
       <c r="C1240" s="0" t="s">
-        <v>3511</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="0" t="s">
-        <v>3512</v>
+        <v>3517</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>3513</v>
+        <v>3518</v>
       </c>
       <c r="C1241" s="0" t="s">
-        <v>3514</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="0" t="s">
-        <v>3515</v>
+        <v>3519</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>3516</v>
+        <v>3520</v>
       </c>
       <c r="C1242" s="0" t="s">
-        <v>3432</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="0" t="s">
-        <v>3517</v>
+        <v>3522</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>3518</v>
+        <v>3523</v>
       </c>
       <c r="C1243" s="0" t="s">
-        <v>3519</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="0" t="s">
-        <v>3520</v>
+        <v>3525</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>3521</v>
+        <v>3526</v>
       </c>
       <c r="C1244" s="0" t="s">
-        <v>3522</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="0" t="s">
-        <v>3523</v>
+        <v>3528</v>
       </c>
       <c r="B1245" s="0" t="s">
-        <v>3524</v>
+        <v>3529</v>
       </c>
       <c r="C1245" s="0" t="s">
-        <v>3525</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="0" t="s">
-        <v>3526</v>
+        <v>3530</v>
       </c>
       <c r="B1246" s="0" t="s">
-        <v>3527</v>
+        <v>3531</v>
       </c>
       <c r="C1246" s="0" t="s">
-        <v>3506</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="0" t="s">
-        <v>3528</v>
+        <v>3532</v>
       </c>
       <c r="B1247" s="0" t="s">
-        <v>3529</v>
+        <v>3533</v>
       </c>
       <c r="C1247" s="0" t="s">
-        <v>3506</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="0" t="s">
-        <v>3530</v>
+        <v>3535</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>3531</v>
+        <v>3536</v>
       </c>
       <c r="C1248" s="0" t="s">
-        <v>3532</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="0" t="s">
-        <v>3533</v>
+        <v>3538</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>3534</v>
+        <v>3539</v>
       </c>
       <c r="C1249" s="0" t="s">
-        <v>3535</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="0" t="s">
-        <v>3536</v>
+        <v>3541</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>3537</v>
+        <v>3542</v>
       </c>
       <c r="C1250" s="0" t="s">
-        <v>3538</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="0" t="s">
-        <v>3539</v>
+        <v>3544</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>3540</v>
+        <v>3545</v>
       </c>
       <c r="C1251" s="0" t="s">
-        <v>1962</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="0" t="s">
-        <v>3541</v>
+        <v>3546</v>
       </c>
       <c r="B1252" s="0" t="s">
-        <v>3542</v>
+        <v>3547</v>
       </c>
       <c r="C1252" s="0" t="s">
-        <v>2887</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="0" t="s">
-        <v>3543</v>
+        <v>3549</v>
       </c>
       <c r="B1253" s="0" t="s">
-        <v>3544</v>
+        <v>3550</v>
       </c>
       <c r="C1253" s="0" t="s">
-        <v>3545</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="0" t="s">
-        <v>3546</v>
+        <v>3551</v>
       </c>
       <c r="B1254" s="0" t="s">
-        <v>3547</v>
+        <v>3552</v>
       </c>
       <c r="C1254" s="0" t="s">
-        <v>2023</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="0" t="s">
-        <v>3548</v>
+        <v>3554</v>
       </c>
       <c r="B1255" s="0" t="s">
-        <v>3549</v>
+        <v>3555</v>
       </c>
       <c r="C1255" s="0" t="s">
-        <v>1977</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="0" t="s">
-        <v>3550</v>
+        <v>3557</v>
       </c>
       <c r="B1256" s="0" t="s">
-        <v>3551</v>
+        <v>3558</v>
       </c>
       <c r="C1256" s="0" t="s">
-        <v>3552</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="0" t="s">
-        <v>3553</v>
+        <v>3559</v>
       </c>
       <c r="B1257" s="0" t="s">
-        <v>3554</v>
+        <v>3560</v>
       </c>
       <c r="C1257" s="0" t="s">
-        <v>3555</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="0" t="s">
-        <v>3556</v>
+        <v>3562</v>
       </c>
       <c r="B1258" s="0" t="s">
-        <v>3557</v>
+        <v>3563</v>
       </c>
       <c r="C1258" s="0" t="s">
-        <v>1974</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="0" t="s">
-        <v>3558</v>
+        <v>3565</v>
       </c>
       <c r="B1259" s="0" t="s">
-        <v>3559</v>
+        <v>3566</v>
       </c>
       <c r="C1259" s="0" t="s">
-        <v>3560</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="0" t="s">
-        <v>3561</v>
+        <v>3568</v>
       </c>
       <c r="B1260" s="0" t="s">
-        <v>3562</v>
+        <v>3569</v>
       </c>
       <c r="C1260" s="0" t="s">
-        <v>1974</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="0" t="s">
-        <v>3563</v>
+        <v>3570</v>
       </c>
       <c r="B1261" s="0" t="s">
-        <v>3564</v>
+        <v>3571</v>
       </c>
       <c r="C1261" s="0" t="s">
-        <v>3565</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="0" t="s">
-        <v>3566</v>
+        <v>3572</v>
       </c>
       <c r="B1262" s="0" t="s">
-        <v>3567</v>
+        <v>3573</v>
       </c>
       <c r="C1262" s="0" t="s">
-        <v>3568</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
-        <v>3569</v>
+        <v>3575</v>
       </c>
       <c r="B1263" s="0" t="s">
-        <v>3570</v>
+        <v>3576</v>
       </c>
       <c r="C1263" s="0" t="s">
-        <v>3560</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
-        <v>3571</v>
+        <v>3578</v>
       </c>
       <c r="B1264" s="0" t="s">
-        <v>3572</v>
+        <v>3579</v>
       </c>
       <c r="C1264" s="0" t="s">
-        <v>3573</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="0" t="s">
-        <v>3574</v>
+        <v>3581</v>
       </c>
       <c r="B1265" s="0" t="s">
-        <v>3575</v>
+        <v>3582</v>
       </c>
       <c r="C1265" s="0" t="s">
-        <v>3472</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="0" t="s">
-        <v>3576</v>
+        <v>3583</v>
       </c>
       <c r="B1266" s="0" t="s">
-        <v>3577</v>
+        <v>3584</v>
       </c>
       <c r="C1266" s="0" t="s">
-        <v>3578</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="0" t="s">
-        <v>3579</v>
+        <v>3585</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>3580</v>
+        <v>3586</v>
       </c>
       <c r="C1267" s="0" t="s">
-        <v>3581</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="0" t="s">
-        <v>3582</v>
+        <v>3588</v>
       </c>
       <c r="B1268" s="0" t="s">
-        <v>3583</v>
+        <v>3589</v>
       </c>
       <c r="C1268" s="0" t="s">
-        <v>3485</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="0" t="s">
-        <v>3584</v>
+        <v>3590</v>
       </c>
       <c r="B1269" s="0" t="s">
-        <v>3585</v>
+        <v>3591</v>
       </c>
       <c r="C1269" s="0" t="s">
-        <v>3514</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="0" t="s">
-        <v>3586</v>
+        <v>3592</v>
       </c>
       <c r="B1270" s="0" t="s">
-        <v>3587</v>
+        <v>3593</v>
       </c>
       <c r="C1270" s="0" t="s">
-        <v>3588</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="0" t="s">
-        <v>3589</v>
+        <v>3595</v>
       </c>
       <c r="B1271" s="0" t="s">
-        <v>3590</v>
+        <v>3596</v>
       </c>
       <c r="C1271" s="0" t="s">
-        <v>3591</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="0" t="s">
-        <v>3592</v>
+        <v>3598</v>
       </c>
       <c r="B1272" s="0" t="s">
-        <v>3593</v>
+        <v>3599</v>
       </c>
       <c r="C1272" s="0" t="s">
-        <v>3594</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="0" t="s">
-        <v>3595</v>
+        <v>3600</v>
       </c>
       <c r="B1273" s="0" t="s">
-        <v>3596</v>
+        <v>3601</v>
       </c>
       <c r="C1273" s="0" t="s">
-        <v>3597</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="0" t="s">
-        <v>3598</v>
+        <v>3603</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>3599</v>
+        <v>3604</v>
       </c>
       <c r="C1274" s="0" t="s">
-        <v>3501</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="0" t="s">
-        <v>3600</v>
+        <v>3605</v>
       </c>
       <c r="B1275" s="0" t="s">
-        <v>3601</v>
+        <v>3606</v>
       </c>
       <c r="C1275" s="0" t="s">
-        <v>3602</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="0" t="s">
-        <v>3603</v>
+        <v>3608</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>3604</v>
+        <v>3609</v>
       </c>
       <c r="C1276" s="0" t="s">
-        <v>3605</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
-        <v>3606</v>
+        <v>3611</v>
       </c>
       <c r="B1277" s="0" t="s">
-        <v>3607</v>
+        <v>3612</v>
       </c>
       <c r="C1277" s="0" t="s">
-        <v>1962</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
-        <v>3608</v>
+        <v>3613</v>
       </c>
       <c r="B1278" s="0" t="s">
-        <v>3609</v>
+        <v>3614</v>
       </c>
       <c r="C1278" s="0" t="s">
-        <v>3495</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
-        <v>3610</v>
+        <v>3616</v>
       </c>
       <c r="B1279" s="0" t="s">
-        <v>3611</v>
+        <v>3617</v>
       </c>
       <c r="C1279" s="0" t="s">
-        <v>3612</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
-        <v>3613</v>
+        <v>3618</v>
       </c>
       <c r="B1280" s="0" t="s">
-        <v>3614</v>
+        <v>3619</v>
       </c>
       <c r="C1280" s="0" t="s">
-        <v>3615</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
-        <v>3616</v>
+        <v>3621</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>3617</v>
+        <v>3622</v>
       </c>
       <c r="C1281" s="0" t="s">
-        <v>3522</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
-        <v>3618</v>
+        <v>3624</v>
       </c>
       <c r="B1282" s="0" t="s">
-        <v>3619</v>
+        <v>3625</v>
       </c>
       <c r="C1282" s="0" t="s">
-        <v>3620</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="0" t="s">
-        <v>3621</v>
+        <v>3626</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>3622</v>
+        <v>3627</v>
       </c>
       <c r="C1283" s="0" t="s">
-        <v>3545</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="0" t="s">
-        <v>3623</v>
+        <v>3628</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>3624</v>
+        <v>3629</v>
       </c>
       <c r="C1284" s="0" t="s">
-        <v>3625</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="0" t="s">
-        <v>3626</v>
+        <v>3631</v>
       </c>
       <c r="B1285" s="0" t="s">
-        <v>3627</v>
+        <v>3632</v>
       </c>
       <c r="C1285" s="0" t="s">
-        <v>3581</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="0" t="s">
-        <v>3628</v>
+        <v>3634</v>
       </c>
       <c r="B1286" s="0" t="s">
-        <v>3629</v>
+        <v>3635</v>
       </c>
       <c r="C1286" s="0" t="s">
-        <v>3630</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="0" t="s">
-        <v>3631</v>
+        <v>3637</v>
       </c>
       <c r="B1287" s="0" t="s">
-        <v>3632</v>
+        <v>3638</v>
       </c>
       <c r="C1287" s="0" t="s">
-        <v>3552</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="0" t="s">
-        <v>3633</v>
+        <v>3640</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>3634</v>
+        <v>3641</v>
       </c>
       <c r="C1288" s="0" t="s">
-        <v>3525</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="0" t="s">
-        <v>3635</v>
+        <v>3642</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>3636</v>
+        <v>3643</v>
       </c>
       <c r="C1289" s="0" t="s">
-        <v>3637</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="0" t="s">
-        <v>3638</v>
+        <v>3645</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>3639</v>
+        <v>3646</v>
       </c>
       <c r="C1290" s="0" t="s">
-        <v>3640</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="0" t="s">
-        <v>3641</v>
+        <v>3648</v>
       </c>
       <c r="B1291" s="0" t="s">
-        <v>3642</v>
+        <v>3649</v>
       </c>
       <c r="C1291" s="0" t="s">
-        <v>3643</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="0" t="s">
-        <v>3644</v>
+        <v>3650</v>
       </c>
       <c r="B1292" s="0" t="s">
-        <v>3645</v>
+        <v>3651</v>
       </c>
       <c r="C1292" s="0" t="s">
-        <v>2006</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="0" t="s">
-        <v>3646</v>
+        <v>3652</v>
       </c>
       <c r="B1293" s="0" t="s">
-        <v>3647</v>
+        <v>3653</v>
       </c>
       <c r="C1293" s="0" t="s">
-        <v>3605</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="0" t="s">
-        <v>3648</v>
+        <v>3655</v>
       </c>
       <c r="B1294" s="0" t="s">
-        <v>3649</v>
+        <v>3656</v>
       </c>
       <c r="C1294" s="0" t="s">
-        <v>3650</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="0" t="s">
-        <v>3651</v>
+        <v>3658</v>
       </c>
       <c r="B1295" s="0" t="s">
-        <v>3652</v>
+        <v>3659</v>
       </c>
       <c r="C1295" s="0" t="s">
-        <v>3653</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="0" t="s">
-        <v>3654</v>
+        <v>3660</v>
       </c>
       <c r="B1296" s="0" t="s">
-        <v>3655</v>
+        <v>3661</v>
       </c>
       <c r="C1296" s="0" t="s">
-        <v>3656</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="0" t="s">
-        <v>3657</v>
+        <v>3663</v>
       </c>
       <c r="B1297" s="0" t="s">
-        <v>3658</v>
+        <v>3664</v>
       </c>
       <c r="C1297" s="0" t="s">
-        <v>3659</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
-        <v>3660</v>
+        <v>3665</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>3661</v>
+        <v>3666</v>
       </c>
       <c r="C1298" s="0" t="s">
-        <v>3662</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
-        <v>3663</v>
+        <v>3668</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>3664</v>
+        <v>3669</v>
       </c>
       <c r="C1299" s="0" t="s">
-        <v>3665</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
-        <v>3666</v>
+        <v>3670</v>
       </c>
       <c r="B1300" s="0" t="s">
-        <v>3667</v>
+        <v>3671</v>
       </c>
       <c r="C1300" s="0" t="s">
-        <v>2229</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
-        <v>3668</v>
+        <v>3673</v>
       </c>
       <c r="B1301" s="0" t="s">
-        <v>3669</v>
+        <v>3674</v>
       </c>
       <c r="C1301" s="0" t="s">
-        <v>3670</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
-        <v>3671</v>
+        <v>3675</v>
       </c>
       <c r="B1302" s="0" t="s">
-        <v>3672</v>
+        <v>3676</v>
       </c>
       <c r="C1302" s="0" t="s">
-        <v>3673</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
-        <v>3674</v>
+        <v>3677</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>3675</v>
+        <v>3678</v>
       </c>
       <c r="C1303" s="0" t="s">
-        <v>3676</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
-        <v>3677</v>
+        <v>3680</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>3678</v>
+        <v>3681</v>
       </c>
       <c r="C1304" s="0" t="s">
-        <v>3679</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
-        <v>3680</v>
+        <v>3683</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>3681</v>
+        <v>3684</v>
       </c>
       <c r="C1305" s="0" t="s">
-        <v>3682</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
-        <v>3683</v>
+        <v>3686</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>3684</v>
+        <v>3687</v>
       </c>
       <c r="C1306" s="0" t="s">
-        <v>3685</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>3686</v>
+        <v>3688</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>3687</v>
+        <v>3689</v>
       </c>
       <c r="C1307" s="0" t="s">
-        <v>3688</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>3689</v>
+        <v>3690</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>3690</v>
+        <v>3691</v>
       </c>
       <c r="C1308" s="0" t="s">
-        <v>3691</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
-        <v>3692</v>
+        <v>3693</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>3693</v>
+        <v>3694</v>
       </c>
       <c r="C1309" s="0" t="s">
-        <v>3694</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
-        <v>3695</v>
+        <v>3696</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>3696</v>
+        <v>3697</v>
       </c>
       <c r="C1310" s="0" t="s">
-        <v>3697</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
-        <v>3698</v>
+        <v>3699</v>
       </c>
       <c r="B1311" s="0" t="s">
-        <v>3699</v>
+        <v>3700</v>
       </c>
       <c r="C1311" s="0" t="s">
-        <v>2107</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
-        <v>3700</v>
+        <v>3702</v>
       </c>
       <c r="B1312" s="0" t="s">
-        <v>3701</v>
+        <v>3703</v>
       </c>
       <c r="C1312" s="0" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
-        <v>3703</v>
+        <v>3705</v>
       </c>
       <c r="B1313" s="0" t="s">
-        <v>3704</v>
+        <v>3706</v>
       </c>
       <c r="C1313" s="0" t="s">
-        <v>2757</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="0" t="s">
-        <v>3705</v>
+        <v>3708</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>3706</v>
+        <v>3709</v>
       </c>
       <c r="C1314" s="0" t="s">
-        <v>2751</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="0" t="s">
-        <v>3707</v>
+        <v>3710</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>3708</v>
+        <v>3711</v>
       </c>
       <c r="C1315" s="0" t="s">
-        <v>3709</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="0" t="s">
-        <v>3710</v>
+        <v>3713</v>
       </c>
       <c r="B1316" s="0" t="s">
-        <v>3711</v>
+        <v>3714</v>
       </c>
       <c r="C1316" s="0" t="s">
-        <v>3712</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="0" t="s">
-        <v>3713</v>
+        <v>3716</v>
       </c>
       <c r="B1317" s="0" t="s">
-        <v>3714</v>
+        <v>3717</v>
       </c>
       <c r="C1317" s="0" t="s">
-        <v>3715</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="0" t="s">
-        <v>3716</v>
+        <v>3719</v>
       </c>
       <c r="B1318" s="0" t="s">
-        <v>3717</v>
+        <v>3720</v>
       </c>
       <c r="C1318" s="0" t="s">
-        <v>3718</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="0" t="s">
-        <v>3719</v>
+        <v>3722</v>
       </c>
       <c r="B1319" s="0" t="s">
-        <v>3720</v>
+        <v>3723</v>
       </c>
       <c r="C1319" s="0" t="s">
-        <v>3721</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="0" t="s">
-        <v>3722</v>
+        <v>3725</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>3723</v>
+        <v>3726</v>
       </c>
       <c r="C1320" s="0" t="s">
-        <v>2716</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="0" t="s">
-        <v>3724</v>
+        <v>3728</v>
       </c>
       <c r="B1321" s="0" t="s">
-        <v>3725</v>
+        <v>3729</v>
       </c>
       <c r="C1321" s="0" t="s">
-        <v>3726</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="0" t="s">
-        <v>3727</v>
+        <v>3731</v>
       </c>
       <c r="B1322" s="0" t="s">
-        <v>3728</v>
+        <v>3732</v>
       </c>
       <c r="C1322" s="0" t="s">
-        <v>3726</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="0" t="s">
-        <v>3729</v>
+        <v>3734</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>3730</v>
+        <v>3735</v>
       </c>
       <c r="C1323" s="0" t="s">
-        <v>3731</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="0" t="s">
-        <v>3732</v>
+        <v>3737</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>3733</v>
+        <v>3738</v>
       </c>
       <c r="C1324" s="0" t="s">
-        <v>2740</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="0" t="s">
-        <v>3734</v>
+        <v>3740</v>
       </c>
       <c r="B1325" s="0" t="s">
-        <v>3735</v>
+        <v>3741</v>
       </c>
       <c r="C1325" s="0" t="s">
-        <v>3718</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="0" t="s">
-        <v>3736</v>
+        <v>3742</v>
       </c>
       <c r="B1326" s="0" t="s">
-        <v>3737</v>
+        <v>3743</v>
       </c>
       <c r="C1326" s="0" t="s">
-        <v>3738</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="0" t="s">
-        <v>3739</v>
+        <v>3745</v>
       </c>
       <c r="B1327" s="0" t="s">
-        <v>3740</v>
+        <v>3746</v>
       </c>
       <c r="C1327" s="0" t="s">
-        <v>3738</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="0" t="s">
-        <v>3741</v>
+        <v>3747</v>
       </c>
       <c r="B1328" s="0" t="s">
-        <v>3742</v>
+        <v>3748</v>
       </c>
       <c r="C1328" s="0" t="s">
-        <v>3743</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="0" t="s">
-        <v>3744</v>
+        <v>3749</v>
       </c>
       <c r="B1329" s="0" t="s">
-        <v>3745</v>
+        <v>3750</v>
       </c>
       <c r="C1329" s="0" t="s">
-        <v>2535</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="0" t="s">
-        <v>3746</v>
+        <v>3752</v>
       </c>
       <c r="B1330" s="0" t="s">
-        <v>3747</v>
+        <v>3753</v>
       </c>
       <c r="C1330" s="0" t="s">
-        <v>2630</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="0" t="s">
-        <v>3748</v>
+        <v>3755</v>
       </c>
       <c r="B1331" s="0" t="s">
-        <v>3749</v>
+        <v>3756</v>
       </c>
       <c r="C1331" s="0" t="s">
-        <v>3750</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="0" t="s">
-        <v>3751</v>
+        <v>3758</v>
       </c>
       <c r="B1332" s="0" t="s">
-        <v>3752</v>
+        <v>3759</v>
       </c>
       <c r="C1332" s="0" t="s">
-        <v>3753</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="0" t="s">
-        <v>3754</v>
+        <v>3761</v>
       </c>
       <c r="B1333" s="0" t="s">
-        <v>3755</v>
+        <v>3762</v>
       </c>
       <c r="C1333" s="0" t="s">
-        <v>3756</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="0" t="s">
-        <v>3757</v>
+        <v>3764</v>
       </c>
       <c r="B1334" s="0" t="s">
-        <v>3758</v>
+        <v>3765</v>
       </c>
       <c r="C1334" s="0" t="s">
-        <v>3759</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="0" t="s">
-        <v>3760</v>
+        <v>3766</v>
       </c>
       <c r="B1335" s="0" t="s">
-        <v>3761</v>
+        <v>3767</v>
       </c>
       <c r="C1335" s="0" t="s">
-        <v>3762</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="0" t="s">
-        <v>3763</v>
+        <v>3769</v>
       </c>
       <c r="B1336" s="0" t="s">
-        <v>3764</v>
+        <v>3770</v>
       </c>
       <c r="C1336" s="0" t="s">
-        <v>2488</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="0" t="s">
-        <v>3765</v>
+        <v>3771</v>
       </c>
       <c r="B1337" s="0" t="s">
-        <v>3766</v>
+        <v>3772</v>
       </c>
       <c r="C1337" s="0" t="s">
-        <v>3767</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="0" t="s">
-        <v>3768</v>
+        <v>3774</v>
       </c>
       <c r="B1338" s="0" t="s">
-        <v>3769</v>
+        <v>3775</v>
       </c>
       <c r="C1338" s="0" t="s">
-        <v>3770</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="0" t="s">
-        <v>3771</v>
+        <v>3776</v>
       </c>
       <c r="B1339" s="0" t="s">
-        <v>3772</v>
+        <v>3777</v>
       </c>
       <c r="C1339" s="0" t="s">
-        <v>3773</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="0" t="s">
-        <v>3774</v>
+        <v>3778</v>
       </c>
       <c r="B1340" s="0" t="s">
-        <v>3775</v>
+        <v>3779</v>
       </c>
       <c r="C1340" s="0" t="s">
-        <v>3776</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="0" t="s">
-        <v>3777</v>
+        <v>3781</v>
       </c>
       <c r="B1341" s="0" t="s">
-        <v>3778</v>
+        <v>3782</v>
       </c>
       <c r="C1341" s="0" t="s">
-        <v>2578</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="0" t="s">
-        <v>3779</v>
+        <v>3783</v>
       </c>
       <c r="B1342" s="0" t="s">
-        <v>3780</v>
+        <v>3784</v>
       </c>
       <c r="C1342" s="0" t="s">
-        <v>2584</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="0" t="s">
-        <v>3781</v>
+        <v>3786</v>
       </c>
       <c r="B1343" s="0" t="s">
-        <v>3782</v>
+        <v>3787</v>
       </c>
       <c r="C1343" s="0" t="s">
-        <v>3783</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="0" t="s">
-        <v>3784</v>
+        <v>3788</v>
       </c>
       <c r="B1344" s="0" t="s">
-        <v>3785</v>
+        <v>3789</v>
       </c>
       <c r="C1344" s="0" t="s">
-        <v>3786</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="0" t="s">
-        <v>3787</v>
+        <v>3790</v>
       </c>
       <c r="B1345" s="0" t="s">
-        <v>3788</v>
+        <v>3791</v>
       </c>
       <c r="C1345" s="0" t="s">
-        <v>3789</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="0" t="s">
-        <v>3790</v>
+        <v>3793</v>
       </c>
       <c r="B1346" s="0" t="s">
-        <v>3791</v>
+        <v>3794</v>
       </c>
       <c r="C1346" s="0" t="s">
-        <v>3792</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="0" t="s">
-        <v>3793</v>
+        <v>3796</v>
       </c>
       <c r="B1347" s="0" t="s">
-        <v>3794</v>
+        <v>3797</v>
       </c>
       <c r="C1347" s="0" t="s">
-        <v>2360</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="0" t="s">
-        <v>3795</v>
+        <v>3799</v>
       </c>
       <c r="B1348" s="0" t="s">
-        <v>3796</v>
+        <v>3800</v>
       </c>
       <c r="C1348" s="0" t="s">
-        <v>3797</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="0" t="s">
-        <v>3798</v>
+        <v>3802</v>
       </c>
       <c r="B1349" s="0" t="s">
-        <v>3799</v>
+        <v>3803</v>
       </c>
       <c r="C1349" s="0" t="s">
-        <v>3800</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="0" t="s">
-        <v>3801</v>
+        <v>3805</v>
       </c>
       <c r="B1350" s="0" t="s">
-        <v>3802</v>
+        <v>3806</v>
       </c>
       <c r="C1350" s="0" t="s">
-        <v>3803</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="0" t="s">
-        <v>3804</v>
+        <v>3807</v>
       </c>
       <c r="B1351" s="0" t="s">
-        <v>3805</v>
+        <v>3808</v>
       </c>
       <c r="C1351" s="0" t="s">
-        <v>2581</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="0" t="s">
-        <v>3806</v>
+        <v>3810</v>
       </c>
       <c r="B1352" s="0" t="s">
-        <v>3807</v>
+        <v>3811</v>
       </c>
       <c r="C1352" s="0" t="s">
-        <v>3808</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="0" t="s">
-        <v>3809</v>
+        <v>3813</v>
       </c>
       <c r="B1353" s="0" t="s">
-        <v>3810</v>
+        <v>3814</v>
       </c>
       <c r="C1353" s="0" t="s">
-        <v>3811</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="0" t="s">
-        <v>3812</v>
+        <v>3816</v>
       </c>
       <c r="B1354" s="0" t="s">
-        <v>3813</v>
+        <v>3817</v>
       </c>
       <c r="C1354" s="0" t="s">
-        <v>2581</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="0" t="s">
-        <v>3814</v>
+        <v>3819</v>
       </c>
       <c r="B1355" s="0" t="s">
-        <v>3815</v>
+        <v>3820</v>
       </c>
       <c r="C1355" s="0" t="s">
-        <v>3816</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="0" t="s">
-        <v>3817</v>
+        <v>3821</v>
       </c>
       <c r="B1356" s="0" t="s">
-        <v>3818</v>
+        <v>3822</v>
       </c>
       <c r="C1356" s="0" t="s">
-        <v>3819</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="0" t="s">
-        <v>3820</v>
+        <v>3823</v>
       </c>
       <c r="B1357" s="0" t="s">
-        <v>3821</v>
+        <v>3824</v>
       </c>
       <c r="C1357" s="0" t="s">
-        <v>3822</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="0" t="s">
-        <v>3823</v>
+        <v>3826</v>
       </c>
       <c r="B1358" s="0" t="s">
-        <v>3824</v>
+        <v>3827</v>
       </c>
       <c r="C1358" s="0" t="s">
-        <v>3825</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="0" t="s">
-        <v>3826</v>
+        <v>3829</v>
       </c>
       <c r="B1359" s="0" t="s">
-        <v>3827</v>
+        <v>3830</v>
       </c>
       <c r="C1359" s="0" t="s">
-        <v>3828</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="0" t="s">
-        <v>3829</v>
+        <v>3832</v>
       </c>
       <c r="B1360" s="0" t="s">
-        <v>3830</v>
+        <v>3833</v>
       </c>
       <c r="C1360" s="0" t="s">
-        <v>3831</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="0" t="s">
-        <v>3832</v>
+        <v>3835</v>
       </c>
       <c r="B1361" s="0" t="s">
-        <v>3833</v>
+        <v>3836</v>
       </c>
       <c r="C1361" s="0" t="s">
-        <v>2657</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" s="0" t="s">
-        <v>3834</v>
+        <v>3837</v>
       </c>
       <c r="B1362" s="0" t="s">
-        <v>3835</v>
+        <v>3838</v>
       </c>
       <c r="C1362" s="0" t="s">
-        <v>3750</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" s="0" t="s">
-        <v>3836</v>
+        <v>3840</v>
       </c>
       <c r="B1363" s="0" t="s">
-        <v>3837</v>
+        <v>3841</v>
       </c>
       <c r="C1363" s="0" t="s">
-        <v>3838</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="0" t="s">
-        <v>3839</v>
+        <v>3843</v>
       </c>
       <c r="B1364" s="0" t="s">
-        <v>3840</v>
+        <v>3844</v>
       </c>
       <c r="C1364" s="0" t="s">
-        <v>3841</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="0" t="s">
-        <v>3842</v>
+        <v>3846</v>
       </c>
       <c r="B1365" s="0" t="s">
-        <v>3843</v>
+        <v>3847</v>
       </c>
       <c r="C1365" s="0" t="s">
-        <v>3844</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="0" t="s">
-        <v>3845</v>
+        <v>3848</v>
       </c>
       <c r="B1366" s="0" t="s">
-        <v>3846</v>
+        <v>3849</v>
       </c>
       <c r="C1366" s="0" t="s">
-        <v>3838</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="0" t="s">
-        <v>3847</v>
+        <v>3851</v>
       </c>
       <c r="B1367" s="0" t="s">
-        <v>3848</v>
+        <v>3852</v>
       </c>
       <c r="C1367" s="0" t="s">
-        <v>3849</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="0" t="s">
-        <v>3850</v>
+        <v>3854</v>
       </c>
       <c r="B1368" s="0" t="s">
-        <v>3851</v>
+        <v>3855</v>
       </c>
       <c r="C1368" s="0" t="s">
-        <v>2369</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="0" t="s">
-        <v>3852</v>
+        <v>3856</v>
       </c>
       <c r="B1369" s="0" t="s">
-        <v>3853</v>
+        <v>3857</v>
       </c>
       <c r="C1369" s="0" t="s">
-        <v>3854</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="0" t="s">
-        <v>3855</v>
+        <v>3859</v>
       </c>
       <c r="B1370" s="0" t="s">
-        <v>3856</v>
+        <v>3860</v>
       </c>
       <c r="C1370" s="0" t="s">
-        <v>2657</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="0" t="s">
-        <v>3857</v>
+        <v>3862</v>
       </c>
       <c r="B1371" s="0" t="s">
-        <v>3858</v>
+        <v>3863</v>
       </c>
       <c r="C1371" s="0" t="s">
-        <v>3859</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="0" t="s">
-        <v>3860</v>
+        <v>3865</v>
       </c>
       <c r="B1372" s="0" t="s">
-        <v>3861</v>
+        <v>3866</v>
       </c>
       <c r="C1372" s="0" t="s">
-        <v>3862</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="0" t="s">
-        <v>3863</v>
+        <v>3868</v>
       </c>
       <c r="B1373" s="0" t="s">
-        <v>3864</v>
+        <v>3869</v>
       </c>
       <c r="C1373" s="0" t="s">
-        <v>3865</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="0" t="s">
-        <v>3866</v>
+        <v>3871</v>
       </c>
       <c r="B1374" s="0" t="s">
-        <v>3867</v>
+        <v>3872</v>
       </c>
       <c r="C1374" s="0" t="s">
-        <v>3770</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="0" t="s">
-        <v>3868</v>
+        <v>3874</v>
       </c>
       <c r="B1375" s="0" t="s">
-        <v>3869</v>
+        <v>3875</v>
       </c>
       <c r="C1375" s="0" t="s">
-        <v>3870</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="0" t="s">
-        <v>3871</v>
+        <v>3876</v>
       </c>
       <c r="B1376" s="0" t="s">
-        <v>3872</v>
+        <v>3877</v>
       </c>
       <c r="C1376" s="0" t="s">
-        <v>3873</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="0" t="s">
-        <v>3874</v>
+        <v>3878</v>
       </c>
       <c r="B1377" s="0" t="s">
-        <v>3875</v>
+        <v>3879</v>
       </c>
       <c r="C1377" s="0" t="s">
-        <v>3876</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="0" t="s">
-        <v>3877</v>
+        <v>3881</v>
       </c>
       <c r="B1378" s="0" t="s">
-        <v>3878</v>
+        <v>3882</v>
       </c>
       <c r="C1378" s="0" t="s">
-        <v>2654</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="0" t="s">
-        <v>3879</v>
+        <v>3884</v>
       </c>
       <c r="B1379" s="0" t="s">
-        <v>3880</v>
+        <v>3885</v>
       </c>
       <c r="C1379" s="0" t="s">
-        <v>3881</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="0" t="s">
-        <v>3882</v>
+        <v>3887</v>
       </c>
       <c r="B1380" s="0" t="s">
-        <v>3883</v>
+        <v>3888</v>
       </c>
       <c r="C1380" s="0" t="s">
-        <v>3884</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="0" t="s">
-        <v>3885</v>
+        <v>3889</v>
       </c>
       <c r="B1381" s="0" t="s">
-        <v>3886</v>
+        <v>3890</v>
       </c>
       <c r="C1381" s="0" t="s">
-        <v>2581</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="0" t="s">
-        <v>3887</v>
+        <v>3892</v>
       </c>
       <c r="B1382" s="0" t="s">
-        <v>3888</v>
+        <v>3893</v>
       </c>
       <c r="C1382" s="0" t="s">
-        <v>3889</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="0" t="s">
-        <v>3890</v>
+        <v>3894</v>
       </c>
       <c r="B1383" s="0" t="s">
-        <v>3891</v>
+        <v>3895</v>
       </c>
       <c r="C1383" s="0" t="s">
-        <v>3786</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="0" t="s">
-        <v>3892</v>
+        <v>3897</v>
       </c>
       <c r="B1384" s="0" t="s">
-        <v>3893</v>
+        <v>3898</v>
       </c>
       <c r="C1384" s="0" t="s">
-        <v>3894</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="0" t="s">
-        <v>3895</v>
+        <v>3899</v>
       </c>
       <c r="B1385" s="0" t="s">
-        <v>3896</v>
+        <v>3900</v>
       </c>
       <c r="C1385" s="0" t="s">
-        <v>3897</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="0" t="s">
-        <v>3898</v>
+        <v>3902</v>
       </c>
       <c r="B1386" s="0" t="s">
-        <v>3899</v>
+        <v>3903</v>
       </c>
       <c r="C1386" s="0" t="s">
-        <v>3900</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="0" t="s">
-        <v>3901</v>
+        <v>3905</v>
       </c>
       <c r="B1387" s="0" t="s">
-        <v>3902</v>
+        <v>3906</v>
       </c>
       <c r="C1387" s="0" t="s">
-        <v>3903</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="0" t="s">
-        <v>3904</v>
+        <v>3908</v>
       </c>
       <c r="B1388" s="0" t="s">
-        <v>3905</v>
+        <v>3909</v>
       </c>
       <c r="C1388" s="0" t="s">
-        <v>3906</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="0" t="s">
-        <v>3907</v>
+        <v>3910</v>
       </c>
       <c r="B1389" s="0" t="s">
-        <v>3908</v>
+        <v>3911</v>
       </c>
       <c r="C1389" s="0" t="s">
-        <v>2349</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="0" t="s">
-        <v>3909</v>
+        <v>3913</v>
       </c>
       <c r="B1390" s="0" t="s">
-        <v>3910</v>
+        <v>3914</v>
       </c>
       <c r="C1390" s="0" t="s">
-        <v>3911</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="0" t="s">
-        <v>3912</v>
+        <v>3916</v>
       </c>
       <c r="B1391" s="0" t="s">
-        <v>3913</v>
+        <v>3917</v>
       </c>
       <c r="C1391" s="0" t="s">
-        <v>3773</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="0" t="s">
-        <v>3914</v>
+        <v>3919</v>
       </c>
       <c r="B1392" s="0" t="s">
-        <v>3915</v>
+        <v>3920</v>
       </c>
       <c r="C1392" s="0" t="s">
-        <v>3870</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="0" t="s">
-        <v>3916</v>
+        <v>3921</v>
       </c>
       <c r="B1393" s="0" t="s">
-        <v>3917</v>
+        <v>3922</v>
       </c>
       <c r="C1393" s="0" t="s">
-        <v>2346</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="0" t="s">
-        <v>3918</v>
+        <v>3924</v>
       </c>
       <c r="B1394" s="0" t="s">
-        <v>3919</v>
+        <v>3925</v>
       </c>
       <c r="C1394" s="0" t="s">
-        <v>3897</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="0" t="s">
-        <v>3920</v>
+        <v>3927</v>
       </c>
       <c r="B1395" s="0" t="s">
-        <v>3921</v>
+        <v>3928</v>
       </c>
       <c r="C1395" s="0" t="s">
-        <v>3922</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="0" t="s">
-        <v>3923</v>
+        <v>3929</v>
       </c>
       <c r="B1396" s="0" t="s">
-        <v>3924</v>
+        <v>3930</v>
       </c>
       <c r="C1396" s="0" t="s">
-        <v>3925</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="0" t="s">
-        <v>3926</v>
+        <v>3932</v>
       </c>
       <c r="B1397" s="0" t="s">
-        <v>3927</v>
+        <v>3933</v>
       </c>
       <c r="C1397" s="0" t="s">
-        <v>2593</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="0" t="s">
-        <v>3928</v>
+        <v>3934</v>
       </c>
       <c r="B1398" s="0" t="s">
-        <v>3929</v>
+        <v>3935</v>
       </c>
       <c r="C1398" s="0" t="s">
-        <v>3930</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="0" t="s">
-        <v>3931</v>
+        <v>3937</v>
       </c>
       <c r="B1399" s="0" t="s">
-        <v>3932</v>
+        <v>3938</v>
       </c>
       <c r="C1399" s="0" t="s">
-        <v>3933</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="0" t="s">
-        <v>3934</v>
+        <v>3940</v>
       </c>
       <c r="B1400" s="0" t="s">
-        <v>3935</v>
+        <v>3941</v>
       </c>
       <c r="C1400" s="0" t="s">
-        <v>2671</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="0" t="s">
-        <v>3936</v>
+        <v>3943</v>
       </c>
       <c r="B1401" s="0" t="s">
-        <v>3937</v>
+        <v>3944</v>
       </c>
       <c r="C1401" s="0" t="s">
-        <v>3884</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="0" t="s">
-        <v>3938</v>
+        <v>3946</v>
       </c>
       <c r="B1402" s="0" t="s">
-        <v>3939</v>
+        <v>3947</v>
       </c>
       <c r="C1402" s="0" t="s">
-        <v>3889</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="0" t="s">
-        <v>3940</v>
+        <v>3949</v>
       </c>
       <c r="B1403" s="0" t="s">
-        <v>3941</v>
+        <v>3950</v>
       </c>
       <c r="C1403" s="0" t="s">
-        <v>3819</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="0" t="s">
-        <v>3942</v>
+        <v>3951</v>
       </c>
       <c r="B1404" s="0" t="s">
-        <v>3943</v>
+        <v>3952</v>
       </c>
       <c r="C1404" s="0" t="s">
-        <v>3786</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="0" t="s">
-        <v>3944</v>
+        <v>3954</v>
       </c>
       <c r="B1405" s="0" t="s">
-        <v>3945</v>
+        <v>3955</v>
       </c>
       <c r="C1405" s="0" t="s">
-        <v>2641</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="0" t="s">
-        <v>3946</v>
+        <v>3956</v>
       </c>
       <c r="B1406" s="0" t="s">
-        <v>3947</v>
+        <v>3957</v>
       </c>
       <c r="C1406" s="0" t="s">
-        <v>3948</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="0" t="s">
-        <v>3949</v>
+        <v>3958</v>
       </c>
       <c r="B1407" s="0" t="s">
-        <v>3950</v>
+        <v>3959</v>
       </c>
       <c r="C1407" s="0" t="s">
-        <v>3951</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="0" t="s">
-        <v>3952</v>
+        <v>3960</v>
       </c>
       <c r="B1408" s="0" t="s">
-        <v>3953</v>
+        <v>3961</v>
       </c>
       <c r="C1408" s="0" t="s">
-        <v>2532</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="0" t="s">
-        <v>3954</v>
+        <v>3962</v>
       </c>
       <c r="B1409" s="0" t="s">
-        <v>3955</v>
+        <v>3963</v>
       </c>
       <c r="C1409" s="0" t="s">
-        <v>3956</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="0" t="s">
-        <v>3957</v>
+        <v>3965</v>
       </c>
       <c r="B1410" s="0" t="s">
-        <v>3958</v>
+        <v>3966</v>
       </c>
       <c r="C1410" s="0" t="s">
-        <v>3959</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="0" t="s">
-        <v>3960</v>
+        <v>3968</v>
       </c>
       <c r="B1411" s="0" t="s">
-        <v>3961</v>
+        <v>3969</v>
       </c>
       <c r="C1411" s="0" t="s">
-        <v>3962</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="0" t="s">
-        <v>3963</v>
+        <v>3970</v>
       </c>
       <c r="B1412" s="0" t="s">
-        <v>3964</v>
+        <v>3971</v>
       </c>
       <c r="C1412" s="0" t="s">
-        <v>2649</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="0" t="s">
-        <v>3965</v>
+        <v>3973</v>
       </c>
       <c r="B1413" s="0" t="s">
-        <v>3966</v>
+        <v>3974</v>
       </c>
       <c r="C1413" s="0" t="s">
-        <v>2372</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="0" t="s">
-        <v>3967</v>
+        <v>3976</v>
       </c>
       <c r="B1414" s="0" t="s">
-        <v>3968</v>
+        <v>3977</v>
       </c>
       <c r="C1414" s="0" t="s">
-        <v>2609</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="0" t="s">
-        <v>3969</v>
+        <v>3978</v>
       </c>
       <c r="B1415" s="0" t="s">
-        <v>3970</v>
+        <v>3979</v>
       </c>
       <c r="C1415" s="0" t="s">
-        <v>2485</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="0" t="s">
-        <v>3971</v>
+        <v>3980</v>
       </c>
       <c r="B1416" s="0" t="s">
-        <v>3972</v>
+        <v>3981</v>
       </c>
       <c r="C1416" s="0" t="s">
-        <v>3973</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="0" t="s">
-        <v>3974</v>
+        <v>3982</v>
       </c>
       <c r="B1417" s="0" t="s">
-        <v>3975</v>
+        <v>3983</v>
       </c>
       <c r="C1417" s="0" t="s">
-        <v>3976</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="0" t="s">
-        <v>3977</v>
+        <v>3984</v>
       </c>
       <c r="B1418" s="0" t="s">
-        <v>3978</v>
+        <v>3985</v>
       </c>
       <c r="C1418" s="0" t="s">
-        <v>3979</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="0" t="s">
-        <v>3980</v>
+        <v>3986</v>
       </c>
       <c r="B1419" s="0" t="s">
-        <v>3981</v>
+        <v>3987</v>
       </c>
       <c r="C1419" s="0" t="s">
-        <v>3982</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="0" t="s">
-        <v>3983</v>
+        <v>3988</v>
       </c>
       <c r="B1420" s="0" t="s">
-        <v>3984</v>
+        <v>3989</v>
       </c>
       <c r="C1420" s="0" t="s">
-        <v>3985</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
-        <v>3986</v>
+        <v>3991</v>
       </c>
       <c r="B1421" s="0" t="s">
-        <v>3987</v>
+        <v>3992</v>
       </c>
       <c r="C1421" s="0" t="s">
-        <v>3988</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
-        <v>3989</v>
+        <v>3994</v>
       </c>
       <c r="B1422" s="0" t="s">
-        <v>3990</v>
+        <v>3995</v>
       </c>
       <c r="C1422" s="0" t="s">
-        <v>3991</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
-        <v>3992</v>
+        <v>3996</v>
       </c>
       <c r="B1423" s="0" t="s">
-        <v>3993</v>
+        <v>3997</v>
       </c>
       <c r="C1423" s="0" t="s">
-        <v>3994</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
-        <v>3995</v>
+        <v>3999</v>
       </c>
       <c r="B1424" s="0" t="s">
-        <v>3996</v>
+        <v>4000</v>
       </c>
       <c r="C1424" s="0" t="s">
-        <v>3997</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
-        <v>3998</v>
+        <v>4002</v>
       </c>
       <c r="B1425" s="0" t="s">
-        <v>3999</v>
+        <v>4003</v>
       </c>
       <c r="C1425" s="0" t="s">
-        <v>3994</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
-        <v>4000</v>
+        <v>4005</v>
       </c>
       <c r="B1426" s="0" t="s">
-        <v>4001</v>
+        <v>4006</v>
       </c>
       <c r="C1426" s="0" t="s">
-        <v>2464</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="0" t="s">
-        <v>4002</v>
+        <v>4007</v>
       </c>
       <c r="B1427" s="0" t="s">
-        <v>4003</v>
+        <v>4008</v>
       </c>
       <c r="C1427" s="0" t="s">
-        <v>4004</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="0" t="s">
-        <v>4005</v>
+        <v>4009</v>
       </c>
       <c r="B1428" s="0" t="s">
-        <v>4006</v>
+        <v>4010</v>
       </c>
       <c r="C1428" s="0" t="s">
-        <v>4007</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="0" t="s">
-        <v>4008</v>
+        <v>4011</v>
       </c>
       <c r="B1429" s="0" t="s">
-        <v>4009</v>
+        <v>4012</v>
       </c>
       <c r="C1429" s="0" t="s">
-        <v>3988</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="0" t="s">
-        <v>4010</v>
+        <v>4013</v>
       </c>
       <c r="B1430" s="0" t="s">
-        <v>4011</v>
+        <v>4014</v>
       </c>
       <c r="C1430" s="0" t="s">
-        <v>4012</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="0" t="s">
-        <v>4013</v>
+        <v>4016</v>
       </c>
       <c r="B1431" s="0" t="s">
-        <v>4014</v>
+        <v>4017</v>
       </c>
       <c r="C1431" s="0" t="s">
-        <v>4015</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="0" t="s">
-        <v>4016</v>
+        <v>4019</v>
       </c>
       <c r="B1432" s="0" t="s">
-        <v>4017</v>
+        <v>4020</v>
       </c>
       <c r="C1432" s="0" t="s">
-        <v>4004</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="0" t="s">
-        <v>4018</v>
+        <v>4022</v>
       </c>
       <c r="B1433" s="0" t="s">
-        <v>4019</v>
+        <v>4023</v>
       </c>
       <c r="C1433" s="0" t="s">
-        <v>4020</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="0" t="s">
-        <v>4021</v>
+        <v>4025</v>
       </c>
       <c r="B1434" s="0" t="s">
-        <v>4022</v>
+        <v>4026</v>
       </c>
       <c r="C1434" s="0" t="s">
-        <v>4023</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="0" t="s">
-        <v>4024</v>
+        <v>4028</v>
       </c>
       <c r="B1435" s="0" t="s">
-        <v>4025</v>
+        <v>4029</v>
       </c>
       <c r="C1435" s="0" t="s">
-        <v>4026</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="0" t="s">
-        <v>4027</v>
+        <v>4031</v>
       </c>
       <c r="B1436" s="0" t="s">
-        <v>4028</v>
+        <v>4032</v>
       </c>
       <c r="C1436" s="0" t="s">
-        <v>2485</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="0" t="s">
-        <v>4029</v>
+        <v>4034</v>
       </c>
       <c r="B1437" s="0" t="s">
-        <v>4030</v>
+        <v>4035</v>
       </c>
       <c r="C1437" s="0" t="s">
-        <v>4031</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="0" t="s">
-        <v>4032</v>
+        <v>4037</v>
       </c>
       <c r="B1438" s="0" t="s">
-        <v>4033</v>
+        <v>4038</v>
       </c>
       <c r="C1438" s="0" t="s">
-        <v>4034</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="0" t="s">
-        <v>4035</v>
+        <v>4040</v>
       </c>
       <c r="B1439" s="0" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C1439" s="0" t="s">
         <v>4036</v>
-      </c>
-[...1 lines deleted...]
-        <v>2502</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="0" t="s">
-        <v>4037</v>
+        <v>4042</v>
       </c>
       <c r="B1440" s="0" t="s">
-        <v>4038</v>
+        <v>4043</v>
       </c>
       <c r="C1440" s="0" t="s">
-        <v>2470</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="0" t="s">
-        <v>4039</v>
+        <v>4044</v>
       </c>
       <c r="B1441" s="0" t="s">
-        <v>4040</v>
+        <v>4045</v>
       </c>
       <c r="C1441" s="0" t="s">
-        <v>4041</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="0" t="s">
-        <v>4042</v>
+        <v>4047</v>
       </c>
       <c r="B1442" s="0" t="s">
-        <v>4043</v>
+        <v>4048</v>
       </c>
       <c r="C1442" s="0" t="s">
-        <v>4044</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="0" t="s">
-        <v>4045</v>
+        <v>4050</v>
       </c>
       <c r="B1443" s="0" t="s">
-        <v>4046</v>
+        <v>4051</v>
       </c>
       <c r="C1443" s="0" t="s">
-        <v>4047</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="0" t="s">
-        <v>4048</v>
+        <v>4052</v>
       </c>
       <c r="B1444" s="0" t="s">
-        <v>4049</v>
+        <v>4053</v>
       </c>
       <c r="C1444" s="0" t="s">
-        <v>4050</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="0" t="s">
-        <v>4051</v>
+        <v>4055</v>
       </c>
       <c r="B1445" s="0" t="s">
-        <v>4052</v>
+        <v>4056</v>
       </c>
       <c r="C1445" s="0" t="s">
-        <v>4053</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="0" t="s">
-        <v>4054</v>
+        <v>4058</v>
       </c>
       <c r="B1446" s="0" t="s">
-        <v>4055</v>
+        <v>4059</v>
       </c>
       <c r="C1446" s="0" t="s">
-        <v>4056</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="0" t="s">
-        <v>4057</v>
+        <v>4060</v>
       </c>
       <c r="B1447" s="0" t="s">
-        <v>4058</v>
+        <v>4061</v>
       </c>
       <c r="C1447" s="0" t="s">
-        <v>4059</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="0" t="s">
-        <v>4060</v>
+        <v>4063</v>
       </c>
       <c r="B1448" s="0" t="s">
-        <v>4061</v>
+        <v>4064</v>
       </c>
       <c r="C1448" s="0" t="s">
-        <v>4062</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="0" t="s">
-        <v>4063</v>
+        <v>4066</v>
       </c>
       <c r="B1449" s="0" t="s">
-        <v>4064</v>
+        <v>4067</v>
       </c>
       <c r="C1449" s="0" t="s">
-        <v>4065</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="0" t="s">
-        <v>4066</v>
+        <v>4069</v>
       </c>
       <c r="B1450" s="0" t="s">
-        <v>4067</v>
+        <v>4070</v>
       </c>
       <c r="C1450" s="0" t="s">
-        <v>4068</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
-        <v>4069</v>
+        <v>4071</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>4070</v>
+        <v>4072</v>
       </c>
       <c r="C1451" s="0" t="s">
-        <v>4071</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
       <c r="B1452" s="0" t="s">
-        <v>4073</v>
+        <v>4075</v>
       </c>
       <c r="C1452" s="0" t="s">
-        <v>4074</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
-        <v>4075</v>
+        <v>4077</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>4076</v>
+        <v>4078</v>
       </c>
       <c r="C1453" s="0" t="s">
-        <v>4077</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
-        <v>4078</v>
+        <v>4079</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>4079</v>
+        <v>4080</v>
       </c>
       <c r="C1454" s="0" t="s">
-        <v>4080</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="0" t="s">
         <v>4081</v>
       </c>
       <c r="B1455" s="0" t="s">
         <v>4082</v>
       </c>
       <c r="C1455" s="0" t="s">
         <v>4083</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="0" t="s">
         <v>4084</v>
       </c>
       <c r="B1456" s="0" t="s">
         <v>4085</v>
       </c>
       <c r="C1456" s="0" t="s">
-        <v>4059</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="0" t="s">
-        <v>4086</v>
+        <v>4087</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>4087</v>
+        <v>4088</v>
       </c>
       <c r="C1457" s="0" t="s">
-        <v>2441</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="0" t="s">
-        <v>4088</v>
+        <v>4090</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>4089</v>
+        <v>4091</v>
       </c>
       <c r="C1458" s="0" t="s">
-        <v>4090</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
-        <v>4091</v>
+        <v>4093</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>4092</v>
+        <v>4094</v>
       </c>
       <c r="C1459" s="0" t="s">
-        <v>4093</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
-        <v>4094</v>
+        <v>4096</v>
       </c>
       <c r="B1460" s="0" t="s">
-        <v>4095</v>
+        <v>4097</v>
       </c>
       <c r="C1460" s="0" t="s">
-        <v>4096</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
-        <v>4097</v>
+        <v>4099</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>4098</v>
+        <v>4100</v>
       </c>
       <c r="C1461" s="0" t="s">
-        <v>4099</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
-        <v>4100</v>
+        <v>4102</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>4101</v>
+        <v>4103</v>
       </c>
       <c r="C1462" s="0" t="s">
-        <v>2441</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
-        <v>4102</v>
+        <v>4105</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>4103</v>
+        <v>4106</v>
       </c>
       <c r="C1463" s="0" t="s">
-        <v>4104</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
-        <v>4105</v>
+        <v>4108</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>4106</v>
+        <v>4109</v>
       </c>
       <c r="C1464" s="0" t="s">
-        <v>4107</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="0" t="s">
-        <v>4108</v>
+        <v>4111</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>4109</v>
+        <v>4112</v>
       </c>
       <c r="C1465" s="0" t="s">
-        <v>4110</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
-        <v>4111</v>
+        <v>4114</v>
       </c>
       <c r="B1466" s="0" t="s">
-        <v>4112</v>
+        <v>4115</v>
       </c>
       <c r="C1466" s="0" t="s">
-        <v>4107</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
-        <v>4113</v>
+        <v>4117</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>4114</v>
+        <v>4118</v>
       </c>
       <c r="C1467" s="0" t="s">
-        <v>4115</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
-        <v>4116</v>
+        <v>4120</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>4117</v>
+        <v>4121</v>
       </c>
       <c r="C1468" s="0" t="s">
-        <v>4118</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
-        <v>4119</v>
+        <v>4123</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>4120</v>
+        <v>4124</v>
       </c>
       <c r="C1469" s="0" t="s">
-        <v>2411</v>
+        <v>4125</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
-        <v>4121</v>
+        <v>4126</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>4122</v>
+        <v>4127</v>
       </c>
       <c r="C1470" s="0" t="s">
-        <v>4093</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
-        <v>4123</v>
+        <v>4128</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>4124</v>
+        <v>4129</v>
       </c>
       <c r="C1471" s="0" t="s">
-        <v>4125</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
-        <v>4126</v>
+        <v>4130</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>4127</v>
+        <v>4131</v>
       </c>
       <c r="C1472" s="0" t="s">
-        <v>2399</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
-        <v>4128</v>
+        <v>4133</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>4129</v>
+        <v>4134</v>
       </c>
       <c r="C1473" s="0" t="s">
-        <v>2414</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
-        <v>4130</v>
+        <v>4136</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>4131</v>
+        <v>4137</v>
       </c>
       <c r="C1474" s="0" t="s">
-        <v>4132</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
-        <v>4133</v>
+        <v>4139</v>
       </c>
       <c r="B1475" s="0" t="s">
-        <v>4134</v>
+        <v>4140</v>
       </c>
       <c r="C1475" s="0" t="s">
-        <v>4135</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="0" t="s">
-        <v>4136</v>
+        <v>4142</v>
       </c>
       <c r="B1476" s="0" t="s">
-        <v>4137</v>
+        <v>4143</v>
       </c>
       <c r="C1476" s="0" t="s">
-        <v>4138</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="0" t="s">
-        <v>4139</v>
+        <v>4144</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>4140</v>
+        <v>4145</v>
       </c>
       <c r="C1477" s="0" t="s">
-        <v>4141</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="0" t="s">
-        <v>4142</v>
+        <v>4147</v>
       </c>
       <c r="B1478" s="0" t="s">
-        <v>4143</v>
+        <v>4148</v>
       </c>
       <c r="C1478" s="0" t="s">
-        <v>4144</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="0" t="s">
-        <v>4145</v>
+        <v>4150</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>4146</v>
+        <v>4151</v>
       </c>
       <c r="C1479" s="0" t="s">
-        <v>4147</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="0" t="s">
-        <v>4148</v>
+        <v>4153</v>
       </c>
       <c r="B1480" s="0" t="s">
+        <v>4154</v>
+      </c>
+      <c r="C1480" s="0" t="s">
         <v>4149</v>
-      </c>
-[...1 lines deleted...]
-        <v>4150</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="0" t="s">
-        <v>4151</v>
+        <v>4155</v>
       </c>
       <c r="B1481" s="0" t="s">
-        <v>4152</v>
+        <v>4156</v>
       </c>
       <c r="C1481" s="0" t="s">
-        <v>4153</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="0" t="s">
-        <v>4154</v>
+        <v>4158</v>
       </c>
       <c r="B1482" s="0" t="s">
-        <v>4155</v>
+        <v>4159</v>
       </c>
       <c r="C1482" s="0" t="s">
-        <v>4156</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
-        <v>4157</v>
+        <v>4161</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>4158</v>
+        <v>4162</v>
       </c>
       <c r="C1483" s="0" t="s">
-        <v>4159</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
-        <v>4160</v>
+        <v>4163</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>4161</v>
+        <v>4164</v>
       </c>
       <c r="C1484" s="0" t="s">
-        <v>4153</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
-        <v>4162</v>
+        <v>4165</v>
       </c>
       <c r="B1485" s="0" t="s">
-        <v>4163</v>
+        <v>4166</v>
       </c>
       <c r="C1485" s="0" t="s">
-        <v>4164</v>
+        <v>4167</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
-        <v>4165</v>
+        <v>4168</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>4166</v>
+        <v>4169</v>
       </c>
       <c r="C1486" s="0" t="s">
-        <v>4167</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
-        <v>4168</v>
+        <v>4170</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>4169</v>
+        <v>4171</v>
       </c>
       <c r="C1487" s="0" t="s">
-        <v>4170</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
-        <v>4171</v>
+        <v>4172</v>
       </c>
       <c r="B1488" s="0" t="s">
-        <v>4172</v>
+        <v>4173</v>
       </c>
       <c r="C1488" s="0" t="s">
-        <v>4173</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
-        <v>4174</v>
+        <v>4175</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>4175</v>
+        <v>4176</v>
       </c>
       <c r="C1489" s="0" t="s">
-        <v>4176</v>
+        <v>4177</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
-        <v>4177</v>
+        <v>4178</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>4178</v>
+        <v>4179</v>
       </c>
       <c r="C1490" s="0" t="s">
-        <v>4179</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
-        <v>4180</v>
+        <v>4181</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>4181</v>
+        <v>4182</v>
       </c>
       <c r="C1491" s="0" t="s">
-        <v>4182</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>4183</v>
+        <v>4184</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>4184</v>
+        <v>4185</v>
       </c>
       <c r="C1492" s="0" t="s">
-        <v>4185</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>4186</v>
+        <v>4187</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>4187</v>
+        <v>4188</v>
       </c>
       <c r="C1493" s="0" t="s">
-        <v>4188</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>4189</v>
+        <v>4190</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>4190</v>
+        <v>4191</v>
       </c>
       <c r="C1494" s="0" t="s">
-        <v>4191</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>4192</v>
+        <v>4193</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>4193</v>
+        <v>4194</v>
       </c>
       <c r="C1495" s="0" t="s">
-        <v>4194</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
-        <v>4195</v>
+        <v>4196</v>
       </c>
       <c r="B1496" s="0" t="s">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="C1496" s="0" t="s">
-        <v>4197</v>
+        <v>4198</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
-        <v>4198</v>
+        <v>4199</v>
       </c>
       <c r="B1497" s="0" t="s">
-        <v>4199</v>
+        <v>4200</v>
       </c>
       <c r="C1497" s="0" t="s">
-        <v>4200</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
-        <v>4201</v>
+        <v>4202</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>4202</v>
+        <v>4203</v>
       </c>
       <c r="C1498" s="0" t="s">
-        <v>4203</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
         <v>4204</v>
       </c>
       <c r="B1499" s="0" t="s">
         <v>4205</v>
       </c>
       <c r="C1499" s="0" t="s">
         <v>4206</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
         <v>4207</v>
       </c>
       <c r="B1500" s="0" t="s">
         <v>4208</v>
       </c>
       <c r="C1500" s="0" t="s">
-        <v>3838</v>
+        <v>4209</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>4209</v>
+        <v>4210</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>4210</v>
+        <v>4211</v>
       </c>
       <c r="C1501" s="0" t="s">
-        <v>4211</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>4212</v>
+        <v>4213</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>4213</v>
+        <v>4214</v>
       </c>
       <c r="C1502" s="0" t="s">
-        <v>4211</v>
+        <v>4215</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>4214</v>
+        <v>4216</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>4215</v>
+        <v>4217</v>
       </c>
       <c r="C1503" s="0" t="s">
-        <v>4216</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
-        <v>4217</v>
+        <v>4219</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>4218</v>
+        <v>4220</v>
       </c>
       <c r="C1504" s="0" t="s">
-        <v>4219</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
-        <v>4220</v>
+        <v>4222</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>4221</v>
+        <v>4223</v>
       </c>
       <c r="C1505" s="0" t="s">
-        <v>2657</v>
+        <v>4224</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>4222</v>
+        <v>4225</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>4223</v>
+        <v>4226</v>
       </c>
       <c r="C1506" s="0" t="s">
-        <v>4224</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>4225</v>
+        <v>4228</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>4226</v>
+        <v>4229</v>
       </c>
       <c r="C1507" s="0" t="s">
-        <v>4227</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
-        <v>4228</v>
+        <v>4231</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>4229</v>
+        <v>4232</v>
       </c>
       <c r="C1508" s="0" t="s">
-        <v>4230</v>
+        <v>4233</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
-        <v>4231</v>
+        <v>4234</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>4232</v>
+        <v>4235</v>
       </c>
       <c r="C1509" s="0" t="s">
-        <v>4233</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
-        <v>4234</v>
+        <v>4237</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>4235</v>
+        <v>4238</v>
       </c>
       <c r="C1510" s="0" t="s">
-        <v>4236</v>
+        <v>4239</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
-        <v>4237</v>
+        <v>4240</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>4238</v>
+        <v>4241</v>
       </c>
       <c r="C1511" s="0" t="s">
-        <v>4236</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
-        <v>4239</v>
+        <v>4243</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>4240</v>
+        <v>4244</v>
       </c>
       <c r="C1512" s="0" t="s">
-        <v>4241</v>
+        <v>4245</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
-        <v>4242</v>
+        <v>4246</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>4243</v>
+        <v>4247</v>
       </c>
       <c r="C1513" s="0" t="s">
-        <v>4241</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
-        <v>4244</v>
+        <v>4249</v>
       </c>
       <c r="B1514" s="0" t="s">
-        <v>4245</v>
+        <v>4250</v>
       </c>
       <c r="C1514" s="0" t="s">
-        <v>2853</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="0" t="s">
-        <v>4246</v>
+        <v>4251</v>
       </c>
       <c r="B1515" s="0" t="s">
-        <v>4247</v>
+        <v>4252</v>
       </c>
       <c r="C1515" s="0" t="s">
-        <v>4248</v>
+        <v>4253</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="0" t="s">
-        <v>4249</v>
+        <v>4254</v>
       </c>
       <c r="B1516" s="0" t="s">
-        <v>4250</v>
+        <v>4255</v>
       </c>
       <c r="C1516" s="0" t="s">
-        <v>4251</v>
+        <v>4253</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
-        <v>4252</v>
+        <v>4256</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>4253</v>
+        <v>4257</v>
       </c>
       <c r="C1517" s="0" t="s">
-        <v>4254</v>
+        <v>4258</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
-        <v>4255</v>
+        <v>4259</v>
       </c>
       <c r="B1518" s="0" t="s">
-        <v>4256</v>
+        <v>4260</v>
       </c>
       <c r="C1518" s="0" t="s">
-        <v>4257</v>
+        <v>4261</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
-        <v>4258</v>
+        <v>4262</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>4259</v>
+        <v>4263</v>
       </c>
       <c r="C1519" s="0" t="s">
-        <v>2853</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
-        <v>4260</v>
+        <v>4264</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>4261</v>
+        <v>4265</v>
       </c>
       <c r="C1520" s="0" t="s">
-        <v>4262</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
-        <v>4263</v>
+        <v>4267</v>
       </c>
       <c r="B1521" s="0" t="s">
-        <v>4264</v>
+        <v>4268</v>
       </c>
       <c r="C1521" s="0" t="s">
-        <v>4265</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="0" t="s">
-        <v>4266</v>
+        <v>4270</v>
       </c>
       <c r="B1522" s="0" t="s">
-        <v>4267</v>
+        <v>4271</v>
       </c>
       <c r="C1522" s="0" t="s">
-        <v>4268</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="0" t="s">
-        <v>4269</v>
+        <v>4273</v>
       </c>
       <c r="B1523" s="0" t="s">
-        <v>4270</v>
+        <v>4274</v>
       </c>
       <c r="C1523" s="0" t="s">
-        <v>4271</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="0" t="s">
-        <v>4272</v>
+        <v>4276</v>
       </c>
       <c r="B1524" s="0" t="s">
-        <v>4273</v>
+        <v>4277</v>
       </c>
       <c r="C1524" s="0" t="s">
-        <v>4274</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="0" t="s">
-        <v>4275</v>
+        <v>4279</v>
       </c>
       <c r="B1525" s="0" t="s">
-        <v>4276</v>
+        <v>4280</v>
       </c>
       <c r="C1525" s="0" t="s">
-        <v>4277</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="0" t="s">
-        <v>4278</v>
+        <v>4281</v>
       </c>
       <c r="B1526" s="0" t="s">
-        <v>4279</v>
+        <v>4282</v>
       </c>
       <c r="C1526" s="0" t="s">
-        <v>2275</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="0" t="s">
-        <v>4280</v>
+        <v>4284</v>
       </c>
       <c r="B1527" s="0" t="s">
-        <v>4281</v>
+        <v>4285</v>
       </c>
       <c r="C1527" s="0" t="s">
-        <v>3738</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="0" t="s">
-        <v>4282</v>
+        <v>4286</v>
       </c>
       <c r="B1528" s="0" t="s">
-        <v>4283</v>
+        <v>4287</v>
       </c>
       <c r="C1528" s="0" t="s">
-        <v>2716</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="0" t="s">
-        <v>4284</v>
+        <v>4288</v>
       </c>
       <c r="B1529" s="0" t="s">
-        <v>4285</v>
+        <v>4289</v>
       </c>
       <c r="C1529" s="0" t="s">
-        <v>4286</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="0" t="s">
-        <v>4287</v>
+        <v>4291</v>
       </c>
       <c r="B1530" s="0" t="s">
-        <v>4288</v>
+        <v>4292</v>
       </c>
       <c r="C1530" s="0" t="s">
-        <v>3731</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="0" t="s">
-        <v>4289</v>
+        <v>4294</v>
       </c>
       <c r="B1531" s="0" t="s">
-        <v>4290</v>
+        <v>4295</v>
       </c>
       <c r="C1531" s="0" t="s">
-        <v>4291</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="0" t="s">
-        <v>4292</v>
+        <v>4297</v>
       </c>
       <c r="B1532" s="0" t="s">
-        <v>4293</v>
+        <v>4298</v>
       </c>
       <c r="C1532" s="0" t="s">
-        <v>4262</v>
+        <v>4299</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="0" t="s">
-        <v>4294</v>
+        <v>4300</v>
       </c>
       <c r="B1533" s="0" t="s">
-        <v>4295</v>
+        <v>4301</v>
       </c>
       <c r="C1533" s="0" t="s">
-        <v>2269</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="0" t="s">
-        <v>4296</v>
+        <v>4302</v>
       </c>
       <c r="B1534" s="0" t="s">
-        <v>4297</v>
+        <v>4303</v>
       </c>
       <c r="C1534" s="0" t="s">
-        <v>4298</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="0" t="s">
-        <v>4299</v>
+        <v>4305</v>
       </c>
       <c r="B1535" s="0" t="s">
-        <v>4300</v>
+        <v>4306</v>
       </c>
       <c r="C1535" s="0" t="s">
-        <v>2269</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="0" t="s">
-        <v>4301</v>
+        <v>4308</v>
       </c>
       <c r="B1536" s="0" t="s">
-        <v>4302</v>
+        <v>4309</v>
       </c>
       <c r="C1536" s="0" t="s">
-        <v>3721</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="0" t="s">
-        <v>4303</v>
+        <v>4311</v>
       </c>
       <c r="B1537" s="0" t="s">
-        <v>4304</v>
+        <v>4312</v>
       </c>
       <c r="C1537" s="0" t="s">
-        <v>4305</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="0" t="s">
-        <v>4306</v>
+        <v>4314</v>
       </c>
       <c r="B1538" s="0" t="s">
-        <v>4307</v>
+        <v>4315</v>
       </c>
       <c r="C1538" s="0" t="s">
-        <v>4308</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="0" t="s">
-        <v>4309</v>
+        <v>4317</v>
       </c>
       <c r="B1539" s="0" t="s">
-        <v>4310</v>
+        <v>4318</v>
       </c>
       <c r="C1539" s="0" t="s">
-        <v>2321</v>
+        <v>4319</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="0" t="s">
-        <v>4311</v>
+        <v>4320</v>
       </c>
       <c r="B1540" s="0" t="s">
-        <v>4312</v>
+        <v>4321</v>
       </c>
       <c r="C1540" s="0" t="s">
-        <v>2304</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="0" t="s">
-        <v>4313</v>
+        <v>4322</v>
       </c>
       <c r="B1541" s="0" t="s">
-        <v>4314</v>
+        <v>4323</v>
       </c>
       <c r="C1541" s="0" t="s">
-        <v>4315</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
-        <v>4316</v>
+        <v>4324</v>
       </c>
       <c r="B1542" s="0" t="s">
-        <v>4317</v>
+        <v>4325</v>
       </c>
       <c r="C1542" s="0" t="s">
-        <v>4318</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
-        <v>4319</v>
+        <v>4326</v>
       </c>
       <c r="B1543" s="0" t="s">
-        <v>4320</v>
+        <v>4327</v>
       </c>
       <c r="C1543" s="0" t="s">
-        <v>2875</v>
+        <v>4328</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="0" t="s">
-        <v>4321</v>
+        <v>4329</v>
       </c>
       <c r="B1544" s="0" t="s">
-        <v>4322</v>
+        <v>4330</v>
       </c>
       <c r="C1544" s="0" t="s">
-        <v>4286</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="0" t="s">
-        <v>4323</v>
+        <v>4331</v>
       </c>
       <c r="B1545" s="0" t="s">
-        <v>4324</v>
+        <v>4332</v>
       </c>
       <c r="C1545" s="0" t="s">
-        <v>4325</v>
+        <v>4333</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="0" t="s">
-        <v>4326</v>
+        <v>4334</v>
       </c>
       <c r="B1546" s="0" t="s">
-        <v>4327</v>
+        <v>4335</v>
       </c>
       <c r="C1546" s="0" t="s">
-        <v>2544</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="0" t="s">
-        <v>4328</v>
+        <v>4336</v>
       </c>
       <c r="B1547" s="0" t="s">
-        <v>4329</v>
+        <v>4337</v>
       </c>
       <c r="C1547" s="0" t="s">
-        <v>2289</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="0" t="s">
-        <v>4330</v>
+        <v>4338</v>
       </c>
       <c r="B1548" s="0" t="s">
-        <v>4331</v>
+        <v>4339</v>
       </c>
       <c r="C1548" s="0" t="s">
-        <v>2307</v>
+        <v>4340</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="0" t="s">
-        <v>4332</v>
+        <v>4341</v>
       </c>
       <c r="B1549" s="0" t="s">
-        <v>4333</v>
+        <v>4342</v>
       </c>
       <c r="C1549" s="0" t="s">
-        <v>2544</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="0" t="s">
-        <v>4334</v>
+        <v>4343</v>
       </c>
       <c r="B1550" s="0" t="s">
-        <v>4335</v>
+        <v>4344</v>
       </c>
       <c r="C1550" s="0" t="s">
-        <v>2321</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="0" t="s">
-        <v>4336</v>
+        <v>4345</v>
       </c>
       <c r="B1551" s="0" t="s">
-        <v>4337</v>
+        <v>4346</v>
       </c>
       <c r="C1551" s="0" t="s">
-        <v>2321</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="0" t="s">
-        <v>4338</v>
+        <v>4348</v>
       </c>
       <c r="B1552" s="0" t="s">
-        <v>4339</v>
+        <v>4349</v>
       </c>
       <c r="C1552" s="0" t="s">
-        <v>2321</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="0" t="s">
-        <v>4340</v>
+        <v>4351</v>
       </c>
       <c r="B1553" s="0" t="s">
-        <v>4341</v>
+        <v>4352</v>
       </c>
       <c r="C1553" s="0" t="s">
-        <v>2304</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="0" t="s">
-        <v>4342</v>
+        <v>4353</v>
       </c>
       <c r="B1554" s="0" t="s">
-        <v>4343</v>
+        <v>4354</v>
       </c>
       <c r="C1554" s="0" t="s">
-        <v>2304</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="0" t="s">
-        <v>4344</v>
+        <v>4355</v>
       </c>
       <c r="B1555" s="0" t="s">
-        <v>4345</v>
+        <v>4356</v>
       </c>
       <c r="C1555" s="0" t="s">
-        <v>2304</v>
+        <v>4357</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="0" t="s">
-        <v>4346</v>
+        <v>4358</v>
       </c>
       <c r="B1556" s="0" t="s">
-        <v>4347</v>
+        <v>4359</v>
       </c>
       <c r="C1556" s="0" t="s">
-        <v>2304</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="0" t="s">
-        <v>4348</v>
+        <v>4361</v>
       </c>
       <c r="B1557" s="0" t="s">
-        <v>4349</v>
+        <v>4362</v>
       </c>
       <c r="C1557" s="0" t="s">
-        <v>2304</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="0" t="s">
-        <v>4350</v>
+        <v>4363</v>
       </c>
       <c r="B1558" s="0" t="s">
-        <v>4351</v>
+        <v>4364</v>
       </c>
       <c r="C1558" s="0" t="s">
-        <v>4352</v>
+        <v>4328</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="0" t="s">
-        <v>4353</v>
+        <v>4365</v>
       </c>
       <c r="B1559" s="0" t="s">
-        <v>4354</v>
+        <v>4366</v>
       </c>
       <c r="C1559" s="0" t="s">
-        <v>4352</v>
+        <v>4367</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="0" t="s">
-        <v>4355</v>
+        <v>4368</v>
       </c>
       <c r="B1560" s="0" t="s">
-        <v>4356</v>
+        <v>4369</v>
       </c>
       <c r="C1560" s="0" t="s">
-        <v>4352</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="0" t="s">
-        <v>4357</v>
+        <v>4370</v>
       </c>
       <c r="B1561" s="0" t="s">
-        <v>4358</v>
+        <v>4371</v>
       </c>
       <c r="C1561" s="0" t="s">
-        <v>4352</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="0" t="s">
-        <v>4359</v>
+        <v>4372</v>
       </c>
       <c r="B1562" s="0" t="s">
-        <v>4360</v>
+        <v>4373</v>
       </c>
       <c r="C1562" s="0" t="s">
-        <v>4352</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="0" t="s">
-        <v>4361</v>
+        <v>4374</v>
       </c>
       <c r="B1563" s="0" t="s">
-        <v>4362</v>
+        <v>4375</v>
       </c>
       <c r="C1563" s="0" t="s">
-        <v>4352</v>
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="1564">
+      <c r="A1564" s="0" t="s">
+        <v>4376</v>
+      </c>
+      <c r="B1564" s="0" t="s">
+        <v>4377</v>
+      </c>
+      <c r="C1564" s="0" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="1565">
+      <c r="A1565" s="0" t="s">
+        <v>4378</v>
+      </c>
+      <c r="B1565" s="0" t="s">
+        <v>4379</v>
+      </c>
+      <c r="C1565" s="0" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="1566">
+      <c r="A1566" s="0" t="s">
+        <v>4380</v>
+      </c>
+      <c r="B1566" s="0" t="s">
+        <v>4381</v>
+      </c>
+      <c r="C1566" s="0" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="1567">
+      <c r="A1567" s="0" t="s">
+        <v>4382</v>
+      </c>
+      <c r="B1567" s="0" t="s">
+        <v>4383</v>
+      </c>
+      <c r="C1567" s="0" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="1568">
+      <c r="A1568" s="0" t="s">
+        <v>4384</v>
+      </c>
+      <c r="B1568" s="0" t="s">
+        <v>4385</v>
+      </c>
+      <c r="C1568" s="0" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="1569">
+      <c r="A1569" s="0" t="s">
+        <v>4386</v>
+      </c>
+      <c r="B1569" s="0" t="s">
+        <v>4387</v>
+      </c>
+      <c r="C1569" s="0" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="1570">
+      <c r="A1570" s="0" t="s">
+        <v>4388</v>
+      </c>
+      <c r="B1570" s="0" t="s">
+        <v>4389</v>
+      </c>
+      <c r="C1570" s="0" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="1571">
+      <c r="A1571" s="0" t="s">
+        <v>4390</v>
+      </c>
+      <c r="B1571" s="0" t="s">
+        <v>4391</v>
+      </c>
+      <c r="C1571" s="0" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="1572">
+      <c r="A1572" s="0" t="s">
+        <v>4392</v>
+      </c>
+      <c r="B1572" s="0" t="s">
+        <v>4393</v>
+      </c>
+      <c r="C1572" s="0" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="1573">
+      <c r="A1573" s="0" t="s">
+        <v>4395</v>
+      </c>
+      <c r="B1573" s="0" t="s">
+        <v>4396</v>
+      </c>
+      <c r="C1573" s="0" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="1574">
+      <c r="A1574" s="0" t="s">
+        <v>4397</v>
+      </c>
+      <c r="B1574" s="0" t="s">
+        <v>4398</v>
+      </c>
+      <c r="C1574" s="0" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="1575">
+      <c r="A1575" s="0" t="s">
+        <v>4399</v>
+      </c>
+      <c r="B1575" s="0" t="s">
+        <v>4400</v>
+      </c>
+      <c r="C1575" s="0" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="1576">
+      <c r="A1576" s="0" t="s">
+        <v>4401</v>
+      </c>
+      <c r="B1576" s="0" t="s">
+        <v>4402</v>
+      </c>
+      <c r="C1576" s="0" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="1577">
+      <c r="A1577" s="0" t="s">
+        <v>4403</v>
+      </c>
+      <c r="B1577" s="0" t="s">
+        <v>4404</v>
+      </c>
+      <c r="C1577" s="0" t="s">
+        <v>4394</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>