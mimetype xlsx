--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -4,98 +4,191 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ESALIENS 2070" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <si>
     <t>ESALIENS 2070</t>
   </si>
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>50.03</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>50.02</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>50.01</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>2026-02-27</t>
   </si>
   <si>
     <t>50.00</t>
   </si>
   <si>
-    <t>2</t>
+    <t>16</t>
   </si>
   <si>
     <t>2026-02-26</t>
   </si>
   <si>
-    <t>3</t>
+    <t>17</t>
   </si>
   <si>
     <t>2026-02-25</t>
   </si>
   <si>
-    <t>4</t>
+    <t>18</t>
   </si>
   <si>
     <t>2026-02-24</t>
   </si>
   <si>
-    <t>5</t>
+    <t>19</t>
   </si>
   <si>
     <t>2026-02-11</t>
   </si>
   <si>
-    <t>6</t>
+    <t>20</t>
   </si>
   <si>
     <t>2026-02-10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -103,51 +196,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C8"/>
+  <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
@@ -166,54 +259,208 @@
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>